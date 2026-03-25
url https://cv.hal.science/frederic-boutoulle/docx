--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,52 +2,52 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:116.36363636364px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Boutoulle </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur histoire médiévale, Université Bordeaux-Montaigne (France)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0928-6995</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059872675</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur d'histoire médiévale (Université Bordeaux Montaigne, France), membre de l'UMR Ausonius (Université Bordeaux Montaigne, CNRS, Min.Culture) . Thèmes de recherche sur </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">les sociétés et l’organisation des pouvoirs au Moyen Âge (Xe-XIVe siècles),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> principalement dans l'espace dominé par la dynastie des Plantagenêts et le sud-ouest de la France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Paysanneries et cultures des villageois</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Peuplements et occupation du sol dans les contextes ruraux et urbains,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Systèmes agro-pastoraux,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Seigneurie et territorialisation des pouvoirs locaux,Coordination de projets de recherche : &amp;quot;Système agropastoral dans les landes gasconnes au Moyen Âge&amp;quot; (2021-2024), &amp;quot;Atlas historique de Bayonne&amp;quot; (2015-2019), &amp;quot;Saint-Émilion et sa juridiction. Genèse, architectures et formes d'un paysage&amp;quot; (2011-2015), &amp;quot;Gascon rolls project&amp;quot; (2011-2013).Précédemment Vice-président recherche Université Bordeaux Montaigne (2016-2020), directeur UFR Humamités et département histoire (2015-2016, 2012-2015).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Tanneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Guionneau Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, collection B@sic 4, 978-2-35613-509-4. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356135094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clameur des campagnes. Édition du procès verbal de l’enquête de 1236-1237 sur les excès des baillis royaux dans l’Entre-deux-Mers bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Collection Textes @quitains, Françoise Lainé, Pierre Simon, 978-2-35613-536-0. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/textesaquitains2.9782356135346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1137. Aliénor d’Aquitaine épouse Louis le Jeune et devient reine de France,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions Midi-Pyrénéenes, 2021, Cette Année-là</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routiers et mercenaires pendant la guerre de Cent ans. Hommage à Jonathan Sumption, Actes du colloque de Berbiguières 13-14 octobre 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lainé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pépin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/his.2017.0058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01438771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Emilion. Une ville et son habitat médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Grandchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux-Dits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 114, 2016, Cahier du Patrimoine, 2362191257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l’espace Plantagenêt (c. 1150-1250) , Colloque international organisé à Bordeaux et Saint-Emilion 3-5 mai 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Aurell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurell; M. et Boutoulle; Frédéric. Ausonius Editions, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l'espace Plantagenêt (c. 1150-1250) , Colloque international organisé à Bordeaux et Saint-Emilion 3-5 mai 2007, dir. M. Aurell et Fr. Boutoulle, Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le duc et la société. Pouvoirs et groupes sociaux dans la Gascogne bordelaise au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric. Ausonius Editions, 439 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du cinquième colloque L'Entre-deux-Mers et son identité tenu en l'abbaye de La Sauve Majeure les 9, 10, 16 et 17 septembre 1995, Camiac-et-Saint-Denis, 1996, 2 vol. (co.dir. avec Bernard Larrieu)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Comité de Liaison des associations historiques et archéologi, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abbaye de La Sauve-Majeure. Actes du cinquième colloque L'Entre-deux-Mers et son identité tenu en l'abbaye de La Sauve Majeure les 9, 10, 16 et 17 septembre 1995</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Larrieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric et Larrieu, B. Comité de Liaison des associations historiques et archéologiques de l'Entre-deux-Mers (CLEM), 2 vol., 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye Notre-Dame de l’Isle et le peuplement des campagnes du Médoc au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Médulliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 83, pp.5-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventer un passé urbain. La production et l’utilisation de faux à Bayonne au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Agenais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 150 (2), pp.83-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le service militaire des paysans dans les prévôtés royales en Gascogne occidentale au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (323-324), pp.305-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trois sièges de Marmande (1212, 1214, 1219)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 74, pp.99-120. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/medievales.8572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le complexe palatial alto-médiéval de Saint-Projet (Bordeaux, Gironde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquitania</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32, pp.267-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant les prévôts royaux. Le rôle des élites paysannes dans la médiation de l’autorité ducale au sein des campagnes de l’Aquitaine anglaise ( XIIe et XIIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22, pp.31-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiévaux courraient-ils (autrement que nus) ? A la recherche des traces de la course à pied dans les sociétés médiévales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 295, pp.431-442</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chartes et documents hagiographiques de l'abbaye de Saint-Sever (Landes), 988-1359</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, p. 201-203 (t. 58, n°230)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye et l’ordre de Grandmont. Entre ascétisme et opulence (XIe-XVIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.n°287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enquêtes de Saint Louis. Gouverner et sauver son âme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.n°287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristocraties méridionales, Toulousain-Quercy, XIe-XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Moyen Age. Revue d'histoire et de philologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, p. 235-236 (t. CXX)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diocèse de Bordeaux. Répertoire prosopographique des évêques, dignitaires et chanoines des diocèses de France de 1200 à 1500</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.n°282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crime et justice en Gascogne à la fin du Moyen Âge (1360-1526)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, p.203-205 (n°65)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroisses et communes de France. Ariège. Dictionnaire d’histoire administrative et démographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, p.154-155 (n°281)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude technique et économique d’une activité industrielle rurale : les moulins de l’Entre-deux-Mers bordelais de la fin du XIe siècle à la Révolution française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, p. 267-270 (n°277)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoirs et protagonistes territoriaux dans le domaine ducal gascon : l'Entre-deux-Mers bordelais d'après l'enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de l’École française de Rome – Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Les pouvoirs territoriaux en Italie centrale et dans le sud de la France. Hiérarchies, institutions et langages (XIIIe-XIVe siècle) : études comparée, 123-2, pp.361--381. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mefrm.627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Introduction », dans Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquitania</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, suppl'{e}ment n°26, pp.11--18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'apogée d'une “bonne ville”. Saint-Émilion pendant les premiers temps de la jurade (1199-1253) », dans Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquitani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Aquitania suppl\'{e}ment 26, pp.313--345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard cœur de Lion, Bayonne et le Labourd (1169-1199)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 275, pp.325-351. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/anami.2011.7370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dîme dans l’Europe médiévale et moderne, Actes des XXXe journées internationales d’histoire de l’abbaye de Flaran 3-4 octobre 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.n°274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, p. 111-112 (n°277)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les monuments souterrains », « Église collégiale », « Tour du Roy et enceinte», « Grandes Murailles et couvent des Cordeliers », dans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Festin (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.74-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filles, sœurs, épouses au siècle d’Aliénor d’Aquitaine. À propos de l’exclusion des filles dotées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 15, pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pierre, le métal, l’eau et le bois : économie castrale en territoire audois (XIe-XIVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.t.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes dans les cartulaires gascons au siècle d'Aliénor d'Aquitaine. À propos de l'exclusion des filles dotées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 15, pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haro sur le Seigneur ! Les luttes anti-seigneuriales dans l’Europe médiévale et moderne, Actes des XXIXe Journées internationales d’Histoire de Flaran 5 et 6 octobre 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, p. 578-582 (n°272)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence, l’ordre et la paix. Résoudre les conflits en Gascogne du XIe au début du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, p. 573-575 (n°268)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordre du Temple dans la basse vallée du Rhône (1124-1312). Ordres militaires, croisades et société méridionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 138-141 (n°261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dax et la société dacquoise d’après le Livre Rouge (1152- milieu du XIIe siècle). Les paysages de la ville et du suburbium (Deuxième partie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 491, pp.247-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers de Fanjeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 141-142 (n°261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogues raimondins. Actes des comtes de Toulouse, ducs de Narbonne et marquis de Provence (1112-1229)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 408-411 (n°267)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les textiles en Méditerranée (XVe-XIXe siècles) : Fabrication, commercialisation et consommation, Rives nord méditerranéennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 437 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Gombaud de Vayres aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Léopard. Histoire et familles de Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, pp.8-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Barthélemy et Olivier Bruand (dir.) Les pouvoirs locaux dans la France du Centre et de l’Ouest (VIIIe-XIe siècles). Implantation et moyens d’action Rennes, Presses universitaires de Rennes, 2004, 250 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 1041-1042 (63e année, n°5). </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0395264900025130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dax et la société dacquoise d’après le Livre Rouge (1152- milieu du XIIe siècle). Première partie. Société et pouvoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 490, pp.117-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par peur des Normands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99, pp.25-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces et pouvoirs. Édifices et cortèges de l'Antiquité à nos jours. Temporalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue annuelle du CERHILIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p.275 (n°266)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chartrier de l’abbaye Saint-Pierre de Saint-Astier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 261-262 (n°266)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformer l’Église, réformer l’État : une quête de légitimité (XIe-XIVe siècles), Rives nord-méditerranéennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 436 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rewriting the Middle Ages in the Twentieth Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 562-563 (n°260)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cartulaire de Bigorre (XIe-XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 551-555 (n°260)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échos de la Reconquista en Gascogne bordelaise (1079-milieu du XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Pau et du Béarn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 34, pp.33-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye cistercienne de Grandselve et sa place dans l’économie et la société méridionales (XIIe-XIVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 421-423 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneurs des eaux. Juridiction et contrôle des cours d'eau dans la Gascogne médiévale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9-10, pp.169-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limousin médiéval, le temps des créations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 423-425 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La justice à Manosque au XIIIe siècle. Evolution et représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 593-596 (n°256, t. 118)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tour et le château de Bisqueytan en Bordelais : une forteresse ducale révélée par l’archéologie et par les textes (XIe-XIVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Piat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Résidences aristocratiques, résidences du pouvoir, Xe-XVe siècles, Actes du colloque de Pau des 3, 4 et 5 octobre 2002, textes réunis par D. Barraud, Fl. Hautefeuille, Chr. Remy, supplément n°4, pp.194-213. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/amime.2006.1586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit Guide de Recherches sur les Eglises des Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, p. 650-651 (n°480)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conflit béarno-dacquois et les croisades de 1149</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 479, pp.341-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prieuré de La Réole lors de la mort d’Abbon : entre comtes et vicomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Bazadais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 150, pp.31-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre roi-duc et roi de France : fidélité ou ralliement du pays gascon (1259-1360)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.99-104 (tome 117, n°249)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prieuré de La Réole en 1004 : entre comtes et vicomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Bazadais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 150, pp.31-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les variations territoriales de l’Aquitaine ducale (1152-1453)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine ducale, Histoire médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, hors série n°7, pp.4-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Empire des Plantagenêts, 1154-1224</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.tome 116, n°247</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiefs et féodalité dans l’Europe méridionale (Italie, France du Midi, Péninsule ibérique) du Xe au XIIIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.226-229 (tome 116, n°246)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un épisode méconnu de l’offensive d’Alphonse VIII de Castille en Gascogne : le siège de Bourg-sur-Gironde (1205-1206)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du Vitrezais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 96, pp.33-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélie de Malemort, archevêque de Bordeaux. Un prélat politique au service de Jean Sans Terre (1199-1207)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, t.3, pp.8-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aquitaine d'Aliénor (1137-1204)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Festin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, n°51, p. 89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03308837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« Aquitaine » d’Aliénor (1137-1204)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Festin (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 51, pp.89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du casal à l’estage. L’enclos habité dans les campagnes du Bordelais et du Bazadais du XIe au début du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Troisième série (2), pp.25-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le quartier de La Rousselle à Bordeaux aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, XCIV, pp.85-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enceintes, tours, palais et castrum à Bordeaux, du XIe siècle au début du XIIIe siècle, d'après les textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, XCIV, pp.59-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vigne et le négoce du vin en Bordelais et Bazadais de la fin du XIe siècle au milieu du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 231, pp.275-298. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/anami.2000.2668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les premiers seigneurs de Blaignac (fin XIe- milieu du XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires des Pays de Branne en Entre-deux-Mers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des moines de La Sauve-Majeure dans la mise en valeur et le peuplement d'un secteur de l'Entre-deux-Mers, Daignac, Guillac et Faleyras (fin XIe-début XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires des Pays de Branne en Entre-deux-Mers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.7-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une paroisse désertée pendant la guerre de Cent Ans dans la région de Branne : Guibon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires des pays de Branne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, pp.27-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quête des hommes francs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1829-1832, 2025, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Sauve-Majeure et ses sauvetés dans les Landes orientales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions; Ausonius éditions, pp.1811-1814, 2025, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’optimum paroissial de la Haute Lande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1823-1828, 2025, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etre bourgeois et troubadour à Bazas (XIIIe-XIVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande, vol. 3. Regards sur une œuvre,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1801-1804., 2025, B@sic 4, 978-2-35613-654-1. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette et la Lande maritime au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions; Ausonius éditions, pp.1819-1822, 2025, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sur la genèse d’un réseau paroissial au sud des Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande, vol. 3. Regards sur une œuvre,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions; Ausonius éditions, pp.1805-1810, 2025, B@sic 4, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal Inquests in Western Gascony during the Reign of Henry III (1228– 1255)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jörg Peltzer; Nicholas Vincent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans-Regnal Kingship in the Thirteenth Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.236-258, 2025, Proceedings of the British Academy, 978-1-83-624591-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiographie d’un diocèse landais du XIIIe au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius editions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande, vol. 3. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1797-1800, 2025, B@sic 4, 978-2-35613-654-1. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Government Practices : Power and Norm in the Angevin Empire (c. 1150-C. 1216)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Billore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephen Church; Matthew Strickland. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angevin Empire : New Interpretation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01778016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un sanctuaire souterrain de confins diocésains. Saint-Émilion en Bordelais aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’abbaye Saint-Roman de l’aiguille à Beaucaire, actes, du colloque 18-19 et 20 novembre 2022 Fourques, dir. Jean-Luc Piat,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Communauté de communes Beaucaire Terre d’Argens, pp.247-267, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évêque, le roi et les bourgeois à Bazas au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1815-1818, 2025, </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du site , structure et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bourgeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Bourgeois; Frédéric Prodéo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les seigneurs du marais. La résidence fossoyée de la Mothe de Pineuilh (Gironde, Xe-XIIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Caen, pp.219-285, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des landes, des dunes et des hommes. La seigneurie du chapitre cathédral de Saint-André de Bordeaux à Lège au XIIIe siècle [Lège-Cap-Ferret, Gironde] . Suivi de l'édition et traduction de l'arbitrage devant l’archevêque Guillaume [Amanieu] de Bordeaux entre les chanoines de la cathédrale de Bordeaux et leur prévôt de Lège .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRBC, Université Bretagne Occidentale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La propriété ecclésiastique dans l’Europe atlantique au Moyen Âge et à l’époque moderne IXe-XIXe siècle, dir. Cédric Jeanneau et Philippe Jarnoux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.515-559, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En guise de conclusion : comment (re)trouver l’image de ces villes médiévales dans nos villes actuelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius édition-Archives départementales de la Gironde, Bordeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue de l’exposition « Villes en Gironde au Moyen Âge », Archives départementales de la Gironde (28-11-2023 au 7-04-2024), dir. S. Faravel et A. Vatican</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-146, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartulaire-rouleau de l’abbaye Sainte-Croix de Bordeaux relatif au prieuré de Saint-Macaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Baptiste Renault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil des cartulaires-rouleaux français antérieurs au XIVe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brepols, A paraître, Tome II, Établissements réguliers des provinces de Bordeaux, Bourges et Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius édition-Archives départementales de la Gironde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue de l’exposition « Villes en Gironde au Moyen Âge », Archives départementales de la Gironde (28-11-2023 au 7-04-2024), dir. S. Faravel et A. Vatican</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-107, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoir sur la ville, pouvoir de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crouzier-Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius édition-Archives départementales de la Gironde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villes en Gironde au Moyen Âge -Catalogue exposition Archives départementales de la Gironde (28-11-2023 au 7-04-2024), dir. S. Faravel et A. Vatican</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.27-79, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prince en ville dans l’Aquitaine anglo-gasconne. Le Château-Vieux de Bayonne (XIIe -XVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouverner et administrer les principautés des Alpes aux Pyrénées (XIIIe-début XVIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Éditions, pp.97-110, 2023, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/primaluna20.9782356135438.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aquitania. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labrit, castrum de la Grande Lande. Aux origines de la famille d’Albret, dir. J-B. Marquette et Y. Laborie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, sup. XX, pp.15-24, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1450. Le Bordeaux de Pey Berland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aquitania. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Portraits de Bordeaux, s.d. Jean-Pierre Bost, Louis Maurin, Jean-Michel Roddaz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Confluence, pp.77-89, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1250. Bordeaux, capitale de l’Aquitaine anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Portraits de Bordeaux, s.d. Jean-Pierre Bost, Louis Maurin, Jean-Michel Roddaz,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Confluences-Aquitania, pp.63-75, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1137. Mariage royal à Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Portraits de Bordeaux, s.d. Jean-Pierre Bost, Louis Maurin, Jean-Michel Roddaz,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Confluences, pp.51-61, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statuts communaux et dialogue avec le roi-duc dans l’Aquitaine anglo-gasconne aux xiiie-xive siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les statuts communaux vus de l’extérieur dans les sociétés méditerranéennes de l’Occident (XIIe-XVe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.165-186, 2020, </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.88415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Noblia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.192-201, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Pontet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.179-191, 2019, Sittes et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Lapurdum à Bayonne. La croissance de la ville médiévale (VIe-milieu XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Ausonius éditions, pp.133-160, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.120-125, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enceintes médiévales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.32-77, 2019, Sites et Monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pont Saint-Esprit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chevrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius Editions, pp.210-213, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évêché, palais épiscopal et groupe épiscopal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Pontet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.145-153, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ils lui concédèrent la justice pour le maintien de la paix&amp;quot;. Une image du contrat politique et de l’origine des franchises au sein de la paysannerie gasconne au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Sorbonne- Casa de Velázquez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des chartes aux constitutions- Autour de l'idée constitutionnelle en Europe (XIIe-XVIIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, pp.81-98, 2019, Le pouvoir symbolique en Occident (1300-1640), 979-10-351-0278-4. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.54327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Château-Vieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.37-43, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Boutoulle, Sandrine Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castet, porte Orientale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.33-36, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace urbain au Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fr. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Ausonius editions, pp.193-222, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apogée et revers d’une ville royale (milieu XIIIe siècle-milieu XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 161-192, Ausonius éditions, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hôtel de ville, maison commune, maison de la Vesiau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Pontet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.44-48, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pont Mayou, Majour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chevrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.202-204, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les confins de l’Agenais, du Périgord et du Bordelais au tournant de l’an Mil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prodéo, F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DFS Pineuilh </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SRA, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que las galeas estavan au port Sent-Pey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Araguas, Ph. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Navires et gens de guerre à Bordeaux et sur la basse Garonne au XIIIe siècle, Actes des séminaires du programme Garonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaye aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blaye à la quête de son identité : Regards croisés, 1ères Journées d’archéologie &amp; d’histoire organisées par l’Association Archéologique «OS» avec le soutien de la Ville de Blaye 24-25 octobre 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de la question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric et Gomis, Stéphane </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures villageoises au Moyen Âge et à l’époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Mirail, pp.7-23, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lainé, Françoise et Vergé, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le livre du chapitre de Saint-Émilion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie des inscription et Belles Lettres, pp.11-18, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal bailiffs and peasant communities in Western Gascony during the reign of Henry III (1216-1272)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pépin, G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglo-Gascon Aquitaine, Problems and Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boydell Press, pp.13-27, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal bailiffs and village communities in Gascony during the reign of Henry III (1216-1272)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pépin, G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglo-Gascon Aquitaine-Problems and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boydell, pp.13-25, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chapitre de Saint-Émilion aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lainé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lainé, Françoise et Vergé, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le livre du chapitre de Saint-Émilion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie des inscription et Belles Lettres, pp.18-48, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages collectifs des incultes en Gascogne occidentale au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les communautés rurales dans l’Ouest du Moyen Âge à l’époque moderne : perceptions, solidarités et conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-183, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grandes phases de l’histoire de la ville de Saint-Emilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Boutoulle, David Souny, Agnès Marin, Pierre Garrigou Grandchamp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint-Émilion. Une ville et son habitat médiéval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114, Lieux-Dits, pp.41-73, 2016, Cahiers du Patrimoine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dir. Guilhem Pépin et Françoise Lainé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routiers et mercenaires pendant la guerre de Cent ans,. Hommage à Jonathan Sumption, Actes du colloque de Berbiguières 13-14 octobre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.9-13, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture matérielle viti-vinicole à Saint-Émilion (Moyen Âge-XVIe siècle), Regard croisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hébrard-Salinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Loyce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dir. Marguerite Figeac-Monthus et Stéphanie Lachaud-Martin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoines viticoles. Les lieux et les objets de la vigne et du vin de l’Antiquité à nos jours. Actes du colloque tenu à Saint-Émilion les 6 et 7 septembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FHSO, pp.41-68, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant le Parlement. Reconsidérations sur le château de l’Ombrière (c. 1070-1451)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bertrand Favreau (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Parlement de Bordeaux 1462-2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-45, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élites : des concepts anthropologiques à l'histoire médiévale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Rémy, Luc Bourgeois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l'archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées. Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Chauvigny, 14-16 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des publications Chauvinoises, pp.8, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enceinte médiévale de Saint-Emilion ou le mythe d'une muraille forte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Granchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Rémy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l'archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées. Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Chauvigny, 14-16 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des publications Chauvinoises,, pp.14, 2014, 979-1090534209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résidences de la petite aristocratie (Bordelais et Landes, XIe-XIIe-XIIIe s.). Réflexions à partir d'un corpus de textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Rémy, Luc Bourgeois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l'archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées. Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Chauvigny, 14-16 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des publications Chauvinoises, pp.8, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les laboureurs gascons pendant la révolte contre Simon de Montfort (1248-1252)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FHSO. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine révoltée. Actes du LXVIe Congrès d’études régionales de la FHSO, Sainte-Foy-la-Grande 12 et 13 octobre 2013,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-68, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archevêque et les communautés canoniales en Bordelais à l’époque de la réforme grégorienne (1079-1145)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazel, Florian and Fournié, Michelle and Le Blévec, Daniel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Réforme grégorienne dans le Midi (milieu XIe-début XIIIe siècle, 48 journées de Fanjeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Privat, pp.394-418, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'appel du large. Jaufré Rudel et les autres seigneurs de Blaye au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard, K. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jaufre Rudel. Prince, amant et poète, Trobada Jaufre Rudel tenue à Blaye les 24-25 juin 2011, s.d. Katy Bernard, Cahiers de Carrefour Ventadour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.22, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apogée d’une “bonne ville”. Saint-Émilion pendant les premiers temps de la jurade (1199-1253)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric and Barraud, Dany and Piat, Jean-Luc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique d’une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aquitania, pp.313-345, 2011, Supplément Aquitania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La numérisation et la visualisation 3D de l'épitaphe de Costaulus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Boutoulle and Dany Barraud and Jean-Luc Piat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Supplément 26, Ausonius Éditions, 2011, Aquitania, 978-2-910763-27-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il est un meilleur roi que le roi d'Angleterre&amp;quot;. Note sur la diffusion et la fonction d'une rumeur dans la paysannerie du Bordelais au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maïté Billoré; Myriam Soria. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La rumeur au Moyen âge. Du mépris à la manipulation, Ve-XVe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.279-291, 2011, 978-2-7535-1285-6. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.119706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les résidences rurales de la petite aristocratie en Gascogne occidentale (XI e -XIII e siècle) : état de la recherche et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coste, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maisons de campagne, maisons de la campagne de l'antiquité à nos jours, LXIIIe Congrès d'Etudes régionales de la Fédération Historique du Sud-Oues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société archéologique et historique du canton de Créon, Baron &amp; Tresses, pp.177-198, 2011, 978-2-9507668-6-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homicides et violences dans les conflits familiaux de la Gascogne occidentale (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Aurell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La famille déchirée. Luttes intestines dans la parent médièvale. (Actes du colloque de Poitiers 13-14 mars 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'études supérieures de civilisation médiévale (CESCM), pp.203-212, 2011, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/m.hifa-eb.3.3366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux vies de Guilhemine. Cours d'amour, veuvage et politique à Benauges au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Benauge à Verdelais 12e colloque L'Entre-deux-Mers et son identité, 9, 10 et 11 octobre 2009, CLEM,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15, 2011, CLEM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoirs et protagonistes territoriaux dans le domaine ducal gascon : l’Entre-deux-Mers bordelais d’après l’enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Andrea Zorzi; Guido Castelnuovo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pouvoirs territoriaux en Italie centrale et dans le sud de la France. Hiérarchies, institutions et langages (XIIIe-XIVe siècle) : études comparées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2 (123), École française de Rome, pp.361-381, 2011, Mélanges de l’Ecole Française de Rome Moyen Âge, 978-2-7283-0954-2. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mefrm.627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric and Barraud, Dany and Piat, Jean-Luc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique d’une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aquitania, pp.11-18, 2011, Supplément Aquitania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le palais de l’Ombrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Léo Drouyn et Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Les éditions de l’Entre-deux-Mers, pp.268-271, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Sans conseil ne fais rien et tu ne te repentiras pas de tes actes”. Le consilium des cartulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charageat, Martine and Leveleux-Teixera, Corinne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consulter, délibérer, décider : donner son avis au Moyen Âge (France-Espagne, VIIe-XVIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.95-108, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;consilium&amp;quot; des cartulaires. &amp;quot;Sans conseil ne fais rien et tu ne te repentiras pas de tes actes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martine Charageat; Corinne Leveleux-Teixera. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consulter, délibérer, décider : donner son avis au Moyen âge (France-Espagne, VIIe-XVIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Méridiennes / IUF / CÉRA, pp.95-108, 2010, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pumi.38688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castillon-sur-Dordogne et les agglomérations d'origine castrale du Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Chedeville, D Pichot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des villes à l'ombre des châteaux. Naissance et essor des villes castrales en France au Moyen Âge, dir. D. Pichot et A. Chedeville, Actes du colloque de Vitré, 16-17 octobre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.175-189, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « Gascogne allodiale » : reconsidérations sur un thème historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mondot, Jean and Loupès, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Provinciales, Hommages à Anne-Marie Cocula</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.553-562, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palais de l’archevêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Leulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Ausonius Editions, pp.202-206, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'investiture au comté de Bordeaux à Saint-Seurin : un rite sans précédents locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Saint-Seurin de Bordeaux. Lieu, mémoire et pouvoir (IVe-XVe siècles), dans colloque organisée par D. Barraud, I. Cartron, P. Henriet, A. Michel, 12-14 octobre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-265, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Gascogne allodiale: reconsidérations sur un thème historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mondot, Jean and Loup, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Provinciales, Hommages à Anne-Marie Cocula</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.553-562, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palais et castrum de l’Ombrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Ausonius Editions, pp.72-73, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l’espace Plantagenêt (c. 1150-1250). Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Aurell, Frédéric Boutoulle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l’espace Plantagenêt (c. 1150-1250)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius, pp.9-28, 2009, Etudes, 978-2-35613-020-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00444008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rite d’intronisation ducale à Saint-Seurin de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Saint-Seurin de Bordeaux. Lieu, mémoire et pouvoir (IVe-XVe siècles), colloque organisée par D. Barraud, I. Cartron, P. Henriet, A. Michel, 12-14 octobre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.255-265, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexe palatial de Saint-Projet : enceinte, palais de la Salle et monnaie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Ausonius Editions, pp.76-77, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Grégoire de Tours à l’enceinte du bourg (fin VIe siècle-c. 1220)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius Editions, pp.40-65, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L&amp;quot;enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pécout, Thierry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quand gouverner c'est enquêter Les pratiques politiques de l'enquête princière. Occident. XIIIe-XVe siècles. Actes du colloque international UMR Telemme, Aix-Marseille 19-21 mars 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Telemme, pp.117-131, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye de Saint-Sever dans la politique des premiers Plantagenêts (1154-1216)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société de Borda-CEHAG. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abbaye de Saint-Sever, Nouvelles approches documentaires (988-1359), Journées d’études, dir. J. Cabanot, G. Pon et B. Cursente, Saint-Sever 13-14 septembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.179-195, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vicomtes de Castillon et leur dominium (XIe -début XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Debax. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vicomtes et vicomtés dans l’Occident médiéval, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Mirail, pp.103-114, 2008, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pumi.10917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur des banquets paysans en Entre-deux-Mers bordelais au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société historique et archéologique d’Arcachon et des pays de Buch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fête en Aquitaine, Actes du XLIXe Congrès d’études régionales de la fédération historique du Sud-ouest, Arcachon, 12-13 mai 2007, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-86, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La généalogie des premiers vicomtes de Fronsac d’après la Chronique de Guîtres (Xe-XIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CAHMC. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Châteaux et stratégies familiales, Actes des Rencontres l’archéologie et d’histoire en Périgord, les 22, 23, et 24 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-51, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«L’empire Plantagenêt. Quand l’Aquitaine devint &amp;quot;anglaise&amp;quot;», «L’Aquitaine dans la guerre de Cent ans», «Les premiers châteaux-forts aquitains»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Larrieu, Bernard et Faravel, Sylvie et Boutoulle, Frédéric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre art et science, Léo Drouyn ou L'invention du château-fort médiéval aquitain au XIXe siècle : catalogue de l'exposition présentée au Centre d'architecture de la Méditerranée (KAM), la ville de La Canée, Entre-deux-Mers-Région d’Europe, avec le concours de l'Ambassade de France à Athènes, l'Institut Français d'Athènes, le Conseil général de la Gironde, les Archives départementales de la Gironde, 31 octobre 2007, La Canée, Grèce</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éd. de l'Entre-deux-Mers, pp.4-9, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bordeaux pendant le haut Moyen Âge, Acquis et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lachaise, Bernard et Schmitt, B. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bordeaux-Hamburg Zwei Stâdte und ihre Geschichte. Bordeaux-Hambourg. Deux villes dans l’Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dobu Verlag, pp.139-158, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Gascogne sous les premiers Plantagenêt (1152-1204)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Aurell; N.-Y. Tonnerre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plantagenêts et Capétiens : confrontations et héritages, Colloque international des 13-15 mai 2004 organisé par les Universités de Poitiers et d'Angers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brépols, pp.285-318, 2006, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/m.hifa-eb.3.612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prieuré Saint-Romain de Loupiac au Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du IXe colloque Entre-deux-Mers et son identité ténu à Cadillac, les 24-25-26 octobre 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-27, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen âge en Bordelais et Bazadais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Figeac, Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bordessoules, pp.128-164, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pouvoirs seigneuriaux à Escoussans à la charnière du XIe et du XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Escoussans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la sauvegarde du patrimoine et de l’environnement du canton de Targon, pp.85-93, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pouvoir seigneuriaux à Escoussans (Gironde) à la charnière du XIe et du XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Escoussans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 85-93, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03308189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Amanieu de Benauges, un grand seigneur justicier du Bordelais à la fin du XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Benauges, Essai historique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASPECT, pp.45-53, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur les milices paysannes de la prévôté royale de l’Entre-deux-Mers au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du dix-huitième colloque L’Entre-deux-Mers et son identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité Liaison Entre-deux-Mers, 2021, Créon, Saint-Léon et Camiac-et-Saint-Denis, France. pp.27-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures villageoises au Moyen Âge et à l’époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures villageoises au Moyen Âge et à l’époque moderne. XXXVIIe journées internationales d’histoire de l’abbaye de Flaran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Boutoulle; Stéphane Gomis, Oct 2015, Valence-sur-Baïse, France. pp.7-23, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pumi.9943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les statuts communaux de l’Aquitaine anglo-gasconne vus depuis la chancellerie anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statuts, écritures et pratiques sociales dans les sociétés de la Méditerranée occidentale à la fin du Moyen Âge (XIIe-XVe siècle) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures villageoises dans l’Europe médiévale et moderne. 39e journées internationales d’histoire de l’abbaye de Flaran (Valence-sur-Baïse)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Boutoulle et Stéphane Gomis, Oct 2015, Flaran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture politique et mémoire paysanne au XIIIe s. Enjeux d’une révision historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence inaugurale de la semaine d'études médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Manifestation internationale interdisciplinaire francophone organisée par le Centre d’Etudes Supérieures de Civilisation Médiévale (CESCM) de l’Université de Poitiers, Jun 2014, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse médiévale d'un territoire suburbain. La banlieue de Saint-Émilion (Gironde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fondations Urbaines et Définition des Territoires </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire de l’équipe « Dynamique des Peuplements et des Paysages » CEPAM — UMR 7264, coordination, Philippe Jansen — Ricardo Gonzalez-Villaescusa, Oct 2014, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiévaux couraient-ils (autrement que nus) ? À la recherche des traces de la course dans les sociétés médiévales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Petit déjeuner du Lascarbx : « courir et combattre au Moyen Âge »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Tolède à l'Angleterre. Horizons bordelais au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours public 2014 : "Cosmopolitismes bordelais, des chances pour le cité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société archéologique de Bordeaux, Mar 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prud’hommes des campagnes. Fonctions et représentations des élites paysannes en Gascogne occidentale au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concept d’élites en Europe de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Pessac, France. pp.47-65., </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.msha.18841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enceinte médiévale de Saint-Emilion ou le mythe d’une muraille forte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Grandchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESCM; SRA Poitou-Charentes; Ville de Chauvigny, Jun 2012, Chauvigny, France. pp.505-518</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture matérielle viti-vinicole à Saint-Émilion (Moyen Âge-XVIe siècle). Regards croisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Loyce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regaldo Saint-Blancard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Fédération Historique du Sud-Ouest. Lieux et objets de la vigne et du vin en aquitaine de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Saint-Emilion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation paysanne dans la révolte des Gascons contre Simon de Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine révoltée, Congrès de la Fédération historique du Sud-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Sainte-Foy-la-Grande France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routiers et mercenaires d’Aquitaine, d’Angleterre et d’ailleurs
-(v. 1340 - 1453) : rôle militaire et impact sur les sociétés locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque international organisé par Guilhem Pépin, Sep 2013, château de Berbiguières (Périgord), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant les prévôts royaux. Le rôle des élites paysannes dans la médiation de l’autorité ducale dans les campagnes de l’Aquitaine anglaise aux XIIe et XIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jean-Paul Trabut-Cussac (1924-1969) et les études sur l’Aquitaine médiévale anglaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives départementales de la Gironde, Apr 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages collectifs dans les franchises rurales gasconnes : un enjeu tardif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les communautés rurales dans l’ouest de la France au Moyen Âge et à l’Époque moderne : solidarités et distinctions sociales, 2e journée d’études “Communautés rurales en Bretagne et dans les regions de l’ouest au Moyen-Âge et à l’époque moderne”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cédric Jeanneau et Philippe Jarnoux, Université de Brest, May 2013, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Aquitaine anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agoras de l’Association des professeurs d’histoire-géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant le Parlement : la tour puis le Château de l’Ombrière (1070-1451)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">550e anniversaire du Parlement de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque international organisé par l’Institut des Droits de l’Homme du Barreau de Bordeaux et l’université Montesquieu-Bordeaux 4, Nov 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archevêque et les communautés canoniales pendant la réforme grégorienne en Bordelais (1079-1145)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Réforme grégorienne dans le Midi (milieu XIe-début XIIIe siècle), 48 journées de Fanjeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florian Mazel, Michelle Fournié, Daniel Le Blévec,, Jul 2012, Fanjeaux, France. pp.394-419</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture politique et enjeux élitaires dans la paysannerie gasconne du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire d’études médiévales Framespa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse le Mirail, Dec 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élites : des concepts anthropologiques à l’histoire médiévale (Participation à la table ronde 1 : Existe-t-il une expression mobilière du mode de vie élitaire ?)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Jun 2012, Chauvigny, France. pp.677-685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résidences de la petite aristocratie (Bordelais et Landes, XIe-XIIe-XIIIe s.). Réfléxions à partir d’un corpus de textes (participation à la table ronde 2 : Nommer le château. Approche lexicographique des espaces castraux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESCM; SRA Poitou-Charentes; Ville de Chauvigny, Jun 2012, Chauvigny, France. pp.601-608</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche L’enceinte médiévale de Saint-Emilion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Grandchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Jun 2012, Chauvigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chanoines réguliers pendant la réforme grégorienne en Bordelais (1079-1145)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Réforme grégorienne, 48 journées de Fanjeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florian Mazel, Jul 2012, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appel du large. Jaufré Rudel et les autres seigneurs de Blaye au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trobada Jaufre Rudel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Katy Bernard, Jun 2011, Blaye, France. p. 81-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prud’hommes au XIIIe siècle. Profils élitaires, fonctions et représentations à partir de l'exemple des campagnes du domaine royal en Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire A la recherche des élites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent Coste et Fr. Charles Mougel, MSHA, Mar 2011, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux vies de Guilhemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Benauge à Verdelais. 12e colloque L'Entre-deux-Mers et son identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLEM, Oct 2009, Arbis, France. pp.31-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homicides et violences dans les conflits familiaux de la Gascogne occidentale (XIe-XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La famille déchirée. Luttes intestines dans la parenté médiévale </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poitiers, Région indéterminée. pp.203-212, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/m.hifa-eb.3.3366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Census quam propter participes dare non possum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jaufré Rudel et les autres seigneurs de Blaye au XIIe siècle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Katy Bernard, Jun 2011, Blaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castillon-sur-Dordogne et les agglomérations d’origine castrale du Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des villes à l’ombre des châteaux. Naissance et essor des villes castrales en France au Moyen Âge, Actes du colloque de Vitré, 16-17 octobre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Rennes, France. pp.175-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les origines du castrum de Castillon (Gironde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études du Projet collectif de recherche Résidences élitaires du haut Moyen Âge entre Loire et Garonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Luc Bourgeois, Jun 2010, Blaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il est un meilleur roi que le roi d’Angleterre. » Note sur la diffusion et la fonction d’une rumeur dans la paysannerie du Bordelais au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La rumeur au Moyen Âge. Construction, usages, diffusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque organisé par Myriam Soria Audebert et Maïté Billoré, Sep 2009, Poitiers, France. pp.279-290, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.119706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prud’hommes et communautés dans l’Aquitaine anglo-gasconne du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire du groupe thématique PraThéMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe Depreux (EA 4270), Université de Limoges, May 2009, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homicides et violences dans les conflits familiaux de la Gascogne occidentale (XIe-XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La famille déchirée. Luttes intestines dans la parenté médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Martin Aurell, CESCM, Mar 2009, Poitiers, France. pp.203-212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaye aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blaye à la quête de son identité : lorsque le passé se conjugue avec l’avenir, 1eres journées d’archéologie et d’histoire de Blaye</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Blaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubadours et jeux seigneuriaux à Benauges au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Entre-deux-Mers et son identité, XIIe Colloque du CLEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, par les Amis de Benauge, l’Association des Amis du Musée de l’art religieux de Verdelais et le CLEM, Oct 2009, Arbis, Benauge et Verdelais France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élites et le roi : l’enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quand gouverner c’est enquêter. Les pratiques politiques de l’enquête princière. Occident, XIIIe-XVe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Thierry Pécout, UMR Telemme, Mar 2009, Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enceinte et le complexe palatial de Saint-Projet à Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du PCR Fortifications et résidences élitaires du haut Moyen Âge entre Loire et Garonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, coord. Luc Bourgeois (CESCM) May 2008, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castillon-sur-Dordogne et les agglomérations d’origine castrale du Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des villes à l'ombre des châteaux. Naissance et essor des villes castrales en France au Moyen Âge, dir. D. Pichot et A. Chedeville, Actes du colloque de Vitré, 16-17 octobre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Vitré, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filles, sœurs , épouses au temps d’Aliénor. Les femmes dans les cartulaires gascons (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine au féminin, colloque Fédération Historique du Sud-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Le Mao, C., Oct 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peuplement et société à Saint-Émilion de la création de la commune aux premiers temps de la Jurade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique et identité d’une ville au Moyen Âge : Saint-Émilion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Fr. Boutoulle, D. Barraud et J.-L. Piat, Dec 2008, Saint-Emilion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’île du Charnier et les traditions d’hivernage scandinave en Gascogne bordelaise (VIIIe- XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études d’histoire et d’archéologie régionale Iles et Palus des basses vallées de la Garonne et de la Dordogne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ph. Araguas, Mar 2007, Bordeaux-Cadillac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elites et communautés rurales gasconnes au Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les élites au Moyen Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale Lettres-Droit, U. Jean-Moulin-Lyon 3, Jan 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banquets et communautés rurales dans la Gascogne bordelaise (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fête en Aquitaine, Congrès de la fédération historique du Sud-ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le consilium des donations : origines et fonctions (XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opinion, conseil et délibération en France et en Espagne VIe-XVIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2e rencontre organisée par M. Charageat et C. Leveleux-Texeira, Sep 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société à Dax au XIIe siècle, d’après le Liber Rubeus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études organisée par la société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures lignagères des premiers vicomtes de Fronsac d’après l’Histoire de Guîtres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Châteaux et stratégies familiales, Rencontres l’archéologie et d’histoire en Périgord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Cocula, Sep 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le domaine ducal en Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CESCM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échos de la reconquista en Gascogne Bordelaise (fin XIe-milieu XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Espagne et l’Aquitaine : influences et échanges. Colloque de la Fédération Historique du Sud-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chr. Desplat, May 2006, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les châteaux de la Gascogne bordelaise au XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de castellologie du CESCM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Fauchère, Mar 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vicomté de Castillon aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vicomtes et vicomtés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisé par H. Debax, Oct 2006, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicomtes et vicomtés en Bordelais et Bazadais du XIe au XIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Vicomtes et vicomtés </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisé par H. Débax, Sep 2005, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les galées du roi à Bordeaux et sur la Gironde au début du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire maritime, archéologie et paléoenvironnement des ports atlantiques (table ronde)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ph. Araguas, Dec 2004, Bordeaux-Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La paix de Dieu et la Trêve de Dieu du Liber Rubeus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’église et la société dans le diocèse de Dax aux XIe et XIIe siècles, Journée d’études sur le Livre Rouge de la cathédrale de Dax, 1er mai 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amis des églises anciennes des Landes ; Comité d'études sur l'histoire et l'art de la Gascogne, May 2003, sine loco, France. pp.47-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contrôles à la dévolution des alleux (Bordelais et Bazadais XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le contrôle des mutations foncières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire Framespa, dir. R. Viader, U. Toulouse le Mirail, Mar 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’aménagement de la palu de Cadaujac au milieu du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Garonne, s.d. Ph. Araguas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De La Réole à Jérusalem. Les croisés de l'Entre-deux-Mers Bazadais et du Bordelais lors de la première croisade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes, villes, campagnes du Bazadais d’hier et d’aujourd’hui, Huitième colloque Entre-deux-Mers et son identité, tenu à la Réole et Bazas, les 22 et 23 septembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, La Réole, Bazas, France. pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alleux et fiefs dans les clientèles nobiliaires en Bordelais et en Bazadais à la fin du XIe siècle. De l’ « allodialisme » au féodalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Framespa Toulouse La féodalité méridionale et la propriété</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le ban de l'archevêque de Bordeaux à Saint-Emilion (1079- fin du XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52e Congrès de la Fédération historique du Sud-Ouest, Saint-Emilion les 11 et 12 septembre 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l'Homme d'Aquitaine, Sep 1999, Saint-Emilion, France. pp.41-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sauveté de La Sauve-Majeure et ses paroissiens, Saint-Martin de Coirac (fin XIe-début XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septième colloque Entre-deux-Mers et son identité, tenu à Sauveterre de Guyenne, les 25 et 26 septembre 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amis de la Bastide- CLEM, Sep 1999, Sauveterre de Guyenne, France. pp.73-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monastère de Saint-Macaire et la politique des ducs d'Aquitaine à la fin du XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Entre-deux-Mers et son identité, Sixième colloque tenu à Saint-Macaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLEM-Mouvement pour la sauvegarde et la rénovation de Saint-Macaire, Sep 1997, Saint-Macaire, France. pp.15-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Sauve Majeure lors de l'arrivée de Gérard de Corbie (1079)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Piat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième colloque L'Entre-deux-Mers et son identité tenu en l'abbaye de La Sauve Majeure les 9, 10, 16 et 17 septembre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de Liaison des associations historiques et archéologiques de l'Entre-deux-Mers (CLEM), Sep 1995, La Sauve Majeure, France. pp.45-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépeuplement de l'Entre-deux-Mers pendant la guerre de Cent Ans à travers le fonds de La Sauve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du premier colloque L'Entre-deux-Mers à la recherche de son identité, tenu dans les pays de Branne, les 19 et 20 septembre 1987</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de Liaison des associations historiques et archéologiques de l'Entre-deux-Mers (CLEM), Sep 1987, Pays de Branne, France. pp.59-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dougues et barats. Traces archéologiques de l’agropastoralisme des landes de Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre montagne et océan : Hommes, milieux et territoires de l’Aquitaine aux sommets cantabriques 2/5 octobre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, SAntander, Espagne. Aquitania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1348 : la Peste noire frappe l’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux résultats scientifiques du PCR (Inventaire thématique et enquêtes archéologiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Aquitaine ducale des Rôles gascons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ces projets qui font la ville [série de conférences 2016-2017]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Déloye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boucheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crouzier-Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01706795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Emilion au Moyen Age La destinée d’une ville singulière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grand Ferré, Jeanne d’Arc & alii.. La paysannerie dans la guerre de Cent ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture politique et mémoire sociale dans la paysannerie médiévale. L’exemple de l’Entre-deux-Mers au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aquitaine Patrimoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ville des chanoines à celle des jurats. Saint-Emilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cap Sud-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les variations territoriales de l’Aquitaine médiévale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rixes, simonie, rançons et miracle. Le conflit entre les moines de Nanteuil-en-Vallée et les chanoines de Saint-Émilion pendant la réforme grégorienne (v. 1090)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation aux Journées européennes du Patrimoine à Saint-Émilion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volet Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor d’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utilisation politique des pèlerinages et du culte des saints dans la famille d’Aliénor d’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrique d’une ville médiévale. Nouveaux regards sur Saint-Émilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats scientifiques du PCR (Inventaire thématique et enquêtes archéologiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor d’Aquitaine. Ou comment être une femme d’État au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chevaliers du Temple en Gascogne occidentale au XIIe siècle. Une milice au service de la paix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Jérusalem à Saint-Émilion. Grandeur et désillusion des vicomtes de Castillon (XIe-XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cœur de Lion à Bayonne et sur les confins méridionaux de la Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les palais bordelais des ducs d’Aquitaine de Saint-Projet et de l’Ombrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings à Bordeaux . État de la question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chevaliers du nord de la Gascogne du XIe au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quête de modèles orientaux. Contextes hagiographiques à Saint-Émilion aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regaldo Saint-Blancard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les sanctuaires souterrains de Saint-Émilion. Programme collectif de recherches 2022-2024, Opération 028364, SRA Aquitaine. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérusalem et Rome à Saint-Émilion au XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regaldo Saint-Blancard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les sanctuaires souterrains de Saint-Émilion. Programme collectif de recherches 2022-2024, Opération 028364,, SRA Aquitaine. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] N° autorisation 2011-36 (2 mars 2011), Rapport annuel d’activité 2013. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôles Gascons en ligne. Rapport d’activité scientifique 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Labex des sciences archéologiques de Bordeaux. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bilan Scientifique régional 2012. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] N° autorisation 2011-36 (2 mars 2011), Rapport annuel d’activité 2012. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bilan Scientifique régional 2011. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] N° autorisation 2011-36 (2 mars 2011), Rapport annuel d’activité 2011. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines du château de Castillon-sur-Dordogne : un castrum carolingien vicomtal installé à la confluence du Rieuvert et de la Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CESCM (Poitiers). 2010, pp.71-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société laïque en Bordelais et Bazadais des années 1070 à 1225 (pouvoirs et groupes sociaux) [thèse de doctorat d'histoire médiévale]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Université Michel de Montaigne - Bordeaux III, 2001. Français. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2001BOR30038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04388495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prud'hommes et communautés rurales dans l'Aquitaine anglo-gasconne au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Bordeaux Montaigne, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04159420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:116.36363636364px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Boutoulle </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur histoire médiévale, Université Bordeaux-Montaigne (France)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">frederic-boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0928-6995</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">059872675</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professeur d'histoire médiévale (Université Bordeaux Montaigne, France), membre de l'UMR Ausonius (Université Bordeaux Montaigne, CNRS, Min.Culture) . Thèmes de recherche sur </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">les sociétés et l’organisation des pouvoirs au Moyen Âge (Xe-XIVe siècles),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> principalement dans l'espace dominé par la dynastie des Plantagenêts et le sud-ouest de la France.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Paysanneries et cultures des villageois</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Peuplements et occupation du sol dans les contextes ruraux et urbains,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Systèmes agro-pastoraux,</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Seigneurie et territorialisation des pouvoirs locaux,Coordination de projets de recherche : &amp;quot;Système agropastoral dans les landes gasconnes au Moyen Âge&amp;quot; (2021-2024), &amp;quot;Atlas historique de Bayonne&amp;quot; (2015-2019), &amp;quot;Saint-Émilion et sa juridiction. Genèse, architectures et formes d'un paysage&amp;quot; (2011-2015), &amp;quot;Gascon rolls project&amp;quot; (2011-2013).Précédemment Vice-président recherche Université Bordeaux Montaigne (2016-2020), directeur UFR Humamités et département histoire (2015-2016, 2012-2015).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Tanneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Guionneau Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, collection B@sic 4, 978-2-35613-509-4. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356135094⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La clameur des campagnes. Édition du procès verbal de l’enquête de 1236-1237 sur les excès des baillis royaux dans l’Entre-deux-Mers bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ausonius éditions</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Collection Textes @quitains, Françoise Lainé, Pierre Simon, 978-2-35613-536-0. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/textesaquitains2.9782356135346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1137. Aliénor d’Aquitaine épouse Louis le Jeune et devient reine de France,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">éditions Midi-Pyrénéenes, 2021, Cette Année-là</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Routiers et mercenaires pendant la guerre de Cent ans. Hommage à Jonathan Sumption, Actes du colloque de Berbiguières 13-14 octobre 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lainé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Pépin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1353/his.2017.0058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01438771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Emilion. Une ville et son habitat médiéval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Grandchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lieux-Dits</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 114, 2016, Cahier du Patrimoine, 2362191257</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l’espace Plantagenêt (c. 1150-1250) , Colloque international organisé à Bordeaux et Saint-Emilion 3-5 mai 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Aurell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aurell; M. et Boutoulle; Frédéric. Ausonius Editions, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l'espace Plantagenêt (c. 1150-1250) , Colloque international organisé à Bordeaux et Saint-Emilion 3-5 mai 2007, dir. M. Aurell et Fr. Boutoulle, Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le duc et la société. Pouvoirs et groupes sociaux dans la Gascogne bordelaise au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric. Ausonius Editions, 439 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du cinquième colloque L'Entre-deux-Mers et son identité tenu en l'abbaye de La Sauve Majeure les 9, 10, 16 et 17 septembre 1995, Camiac-et-Saint-Denis, 1996, 2 vol. (co.dir. avec Bernard Larrieu)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Comité de Liaison des associations historiques et archéologi, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'abbaye de La Sauve-Majeure. Actes du cinquième colloque L'Entre-deux-Mers et son identité tenu en l'abbaye de La Sauve Majeure les 9, 10, 16 et 17 septembre 1995</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Larrieu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric et Larrieu, B. Comité de Liaison des associations historiques et archéologiques de l'Entre-deux-Mers (CLEM), 2 vol., 1996</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (66)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye Notre-Dame de l’Isle et le peuplement des campagnes du Médoc au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Médulliens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 83, pp.5-27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventer un passé urbain. La production et l’utilisation de faux à Bayonne au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Agenais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 150 (2), pp.83-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le service militaire des paysans dans les prévôtés royales en Gascogne occidentale au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 135 (323-324), pp.305-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les trois sièges de Marmande (1212, 1214, 1219)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 74, pp.99-120. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/medievales.8572⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le complexe palatial alto-médiéval de Saint-Projet (Bordeaux, Gironde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquitania</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 32, pp.267-282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01453148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiévaux courraient-ils (autrement que nus) ? A la recherche des traces de la course à pied dans les sociétés médiévales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 295, pp.431-442</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01689273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant les prévôts royaux. Le rôle des élites paysannes dans la médiation de l’autorité ducale au sein des campagnes de l’Aquitaine anglaise ( XIIe et XIIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 22, pp.31-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chartes et documents hagiographiques de l'abbaye de Saint-Sever (Landes), 988-1359</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de civilisation médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, p. 201-203 (t. 58, n°230)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye et l’ordre de Grandmont. Entre ascétisme et opulence (XIe-XVIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.n°287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enquêtes de Saint Louis. Gouverner et sauver son âme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.n°287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aristocraties méridionales, Toulousain-Quercy, XIe-XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Moyen Age. Revue d'histoire et de philologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, p. 235-236 (t. CXX)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diocèse de Bordeaux. Répertoire prosopographique des évêques, dignitaires et chanoines des diocèses de France de 1200 à 1500</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.n°282</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crime et justice en Gascogne à la fin du Moyen Âge (1360-1526)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, p.203-205 (n°65)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paroisses et communes de France. Ariège. Dictionnaire d’histoire administrative et démographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, p.154-155 (n°281)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude technique et économique d’une activité industrielle rurale : les moulins de l’Entre-deux-Mers bordelais de la fin du XIe siècle à la Révolution française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, p. 267-270 (n°277)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoirs et protagonistes territoriaux dans le domaine ducal gascon : l'Entre-deux-Mers bordelais d'après l'enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges de l’École française de Rome – Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Les pouvoirs territoriaux en Italie centrale et dans le sud de la France. Hiérarchies, institutions et langages (XIIIe-XIVe siècle) : études comparée, 123-2, pp.361--381. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mefrm.627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Introduction », dans Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquitania</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, suppl'{e}ment n°26, pp.11--18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« L'apogée d'une “bonne ville”. Saint-Émilion pendant les premiers temps de la jurade (1199-1253) », dans Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aquitani</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Aquitania suppl\'{e}ment 26, pp.313--345</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard cœur de Lion, Bayonne et le Labourd (1169-1199)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 275, pp.325-351. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/anami.2011.7370⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dîme dans l’Europe médiévale et moderne, Actes des XXXe journées internationales d’histoire de l’abbaye de Flaran 3-4 octobre 2008</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.n°274</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, p. 111-112 (n°277)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794036v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Les monuments souterrains », « Église collégiale », « Tour du Roy et enceinte», « Grandes Murailles et couvent des Cordeliers », dans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Festin (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.74-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filles, sœurs, épouses au siècle d’Aliénor d’Aquitaine. À propos de l’exclusion des filles dotées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 15, pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La pierre, le métal, l’eau et le bois : économie castrale en territoire audois (XIe-XIVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.t.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes dans les cartulaires gascons au siècle d'Aliénor d'Aquitaine. À propos de l'exclusion des filles dotées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 15, pp.11-22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haro sur le Seigneur ! Les luttes anti-seigneuriales dans l’Europe médiévale et moderne, Actes des XXIXe Journées internationales d’Histoire de Flaran 5 et 6 octobre 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, p. 578-582 (n°272)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La violence, l’ordre et la paix. Résoudre les conflits en Gascogne du XIe au début du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, p. 573-575 (n°268)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dax et la société dacquoise d’après le Livre Rouge (1152- milieu du XIIe siècle). Les paysages de la ville et du suburbium (Deuxième partie)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 491, pp.247-269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cahiers de Fanjeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008, p. 141-142 (n°261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’ordre du Temple dans la basse vallée du Rhône (1124-1312). Ordres militaires, croisades et société méridionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 138-141 (n°261)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catalogues raimondins. Actes des comtes de Toulouse, ducs de Narbonne et marquis de Provence (1112-1229)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 408-411 (n°267)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les textiles en Méditerranée (XVe-XIXe siècles) : Fabrication, commercialisation et consommation, Rives nord méditerranéennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 437 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Gombaud de Vayres aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Léopard. Histoire et familles de Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 1, pp.8-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Barthélemy et Olivier Bruand (dir.) Les pouvoirs locaux dans la France du Centre et de l’Ouest (VIIIe-XIe siècles). Implantation et moyens d’action Rennes, Presses universitaires de Rennes, 2004, 250 p.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, p. 1041-1042 (63e année, n°5). </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0395264900025130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dax et la société dacquoise d’après le Livre Rouge (1152- milieu du XIIe siècle). Première partie. Société et pouvoirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 490, pp.117-131</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Par peur des Normands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99, pp.25-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00847367v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Espaces et pouvoirs. Édifices et cortèges de l'Antiquité à nos jours. Temporalités</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue annuelle du CERHILIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p.275 (n°266)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chartrier de l’abbaye Saint-Pierre de Saint-Astier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 261-262 (n°266)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réformer l’Église, réformer l’État : une quête de légitimité (XIe-XIVe siècles), Rives nord-méditerranéennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 436 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rewriting the Middle Ages in the Twentieth Century</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 562-563 (n°260)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cartulaire de Bigorre (XIe-XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, p. 551-555 (n°260)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échos de la Reconquista en Gascogne bordelaise (1079-milieu du XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Pau et du Béarn</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 34, pp.33-47</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneurs des eaux. Juridiction et contrôle des cours d'eau dans la Gascogne médiévale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 9-10, pp.169-188</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00454644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye cistercienne de Grandselve et sa place dans l’économie et la société méridionales (XIIe-XIVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 421-423 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limousin médiéval, le temps des créations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 423-425 (n°263)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La justice à Manosque au XIIIe siècle. Evolution et représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, p. 593-596 (n°256, t. 118)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La tour et le château de Bisqueytan en Bordelais : une forteresse ducale révélée par l’archéologie et par les textes (XIe-XIVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Piat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archéologie du Midi Médiéval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Résidences aristocratiques, résidences du pouvoir, Xe-XVe siècles, Actes du colloque de Pau des 3, 4 et 5 octobre 2002, textes réunis par D. Barraud, Fl. Hautefeuille, Chr. Remy, supplément n°4, pp.194-213. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/amime.2006.1586⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petit Guide de Recherches sur les Eglises des Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, p. 650-651 (n°480)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conflit béarno-dacquois et les croisades de 1149</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de la Société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 479, pp.341-356</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prieuré de La Réole lors de la mort d’Abbon : entre comtes et vicomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Bazadais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 150, pp.31-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793094v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre roi-duc et roi de France : fidélité ou ralliement du pays gascon (1259-1360)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.99-104 (tome 117, n°249)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prieuré de La Réole en 1004 : entre comtes et vicomte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers du Bazadais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 150, pp.31-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les variations territoriales de l’Aquitaine ducale (1152-1453)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine ducale, Histoire médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, hors série n°7, pp.4-11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Empire des Plantagenêts, 1154-1224</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.tome 116, n°247</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fiefs et féodalité dans l’Europe méridionale (Italie, France du Midi, Péninsule ibérique) du Xe au XIIIe s.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.226-229 (tome 116, n°246)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un épisode méconnu de l’offensive d’Alphonse VIII de Castille en Gascogne : le siège de Bourg-sur-Gironde (1205-1206)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers du Vitrezais</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 96, pp.33-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Aquitaine d'Aliénor (1137-1204)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Festin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, n°51, p. 89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03308837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélie de Malemort, archevêque de Bordeaux. Un prélat politique au service de Jean Sans Terre (1199-1207)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, t.3, pp.8-23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’« Aquitaine » d’Aliénor (1137-1204)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Festin (Bordeaux)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 51, pp.89-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du casal à l’estage. L’enclos habité dans les campagnes du Bordelais et du Bazadais du XIe au début du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue historique de Bordeaux et du Département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Troisième série (2), pp.25-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le quartier de La Rousselle à Bordeaux aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, XCIV, pp.85-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enceintes, tours, palais et castrum à Bordeaux, du XIe siècle au début du XIIIe siècle, d'après les textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue archéologique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, XCIV, pp.59-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vigne et le négoce du vin en Bordelais et Bazadais de la fin du XIe siècle au milieu du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales du Midi : revue archéologique, historique et philologique de la France méridionale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 231, pp.275-298. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/anami.2000.2668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les premiers seigneurs de Blaignac (fin XIe- milieu du XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires des Pays de Branne en Entre-deux-Mers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, pp.27-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rôle des moines de La Sauve-Majeure dans la mise en valeur et le peuplement d'un secteur de l'Entre-deux-Mers, Daignac, Guillac et Faleyras (fin XIe-début XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires des Pays de Branne en Entre-deux-Mers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, pp.7-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une paroisse désertée pendant la guerre de Cent Ans dans la région de Branne : Guibon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoires des pays de Branne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, pp.27-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (91)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quête des hommes francs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1829-1832, 2025, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.10⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etre bourgeois et troubadour à Bazas (XIIIe-XIVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius éditions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande, vol. 3. Regards sur une œuvre,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1801-1804., 2025, B@sic 4, 978-2-35613-654-1. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Sauve-Majeure et ses sauvetés dans les Landes orientales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions; Ausonius éditions, pp.1811-1814, 2025, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’optimum paroissial de la Haute Lande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1823-1828, 2025, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette et la Lande maritime au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions; Ausonius éditions, pp.1819-1822, 2025, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regards sur la genèse d’un réseau paroissial au sud des Landes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande, vol. 3. Regards sur une œuvre,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions; Ausonius éditions, pp.1805-1810, 2025, B@sic 4, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal Inquests in Western Gascony during the Reign of Henry III (1228– 1255)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jörg Peltzer; Nicholas Vincent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trans-Regnal Kingship in the Thirteenth Century</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.236-258, 2025, Proceedings of the British Academy, 978-1-83-624591-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radiographie d’un diocèse landais du XIIIe au XVIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius editions. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette : historien de la Haute Lande, vol. 3. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1797-1800, 2025, B@sic 4, 978-2-35613-654-1. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Government Practices : Power and Norm in the Angevin Empire (c. 1150-C. 1216)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Billore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Stephen Church; Matthew Strickland. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Angevin Empire : New Interpretation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01778016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évêque, le roi et les bourgeois à Bazas au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande. Regards sur une œuvre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.1815-1818, 2025, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/basic4.9782356136541.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un sanctuaire souterrain de confins diocésains. Saint-Émilion en Bordelais aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’abbaye Saint-Roman de l’aiguille à Beaucaire, actes, du colloque 18-19 et 20 novembre 2022 Fourques, dir. Jean-Luc Piat,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Communauté de communes Beaucaire Terre d’Argens, pp.247-267, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Histoire du site , structure et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bourgeois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Bourgeois; Frédéric Prodéo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les seigneurs du marais. La résidence fossoyée de la Mothe de Pineuilh (Gironde, Xe-XIIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Caen, pp.219-285, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des landes, des dunes et des hommes. La seigneurie du chapitre cathédral de Saint-André de Bordeaux à Lège au XIIIe siècle [Lège-Cap-Ferret, Gironde] . Suivi de l'édition et traduction de l'arbitrage devant l’archevêque Guillaume [Amanieu] de Bordeaux entre les chanoines de la cathédrale de Bordeaux et leur prévôt de Lège .</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CRBC, Université Bretagne Occidentale. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La propriété ecclésiastique dans l’Europe atlantique au Moyen Âge et à l’époque moderne IXe-XIXe siècle, dir. Cédric Jeanneau et Philippe Jarnoux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.515-559, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04982976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En guise de conclusion : comment (re)trouver l’image de ces villes médiévales dans nos villes actuelles ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius édition-Archives départementales de la Gironde, Bordeaux. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue de l’exposition « Villes en Gironde au Moyen Âge », Archives départementales de la Gironde (28-11-2023 au 7-04-2024), dir. S. Faravel et A. Vatican</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.137-146, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartulaire-rouleau de l’abbaye Sainte-Croix de Bordeaux relatif au prieuré de Saint-Macaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Baptiste Renault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recueil des cartulaires-rouleaux français antérieurs au XIVe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brepols, A paraître, Tome II, Établissements réguliers des provinces de Bordeaux, Bourges et Lyon</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922748v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre en ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius édition-Archives départementales de la Gironde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Catalogue de l’exposition « Villes en Gironde au Moyen Âge », Archives départementales de la Gironde (28-11-2023 au 7-04-2024), dir. S. Faravel et A. Vatican</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.91-107, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoir sur la ville, pouvoir de la ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crouzier-Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius édition-Archives départementales de la Gironde. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Villes en Gironde au Moyen Âge -Catalogue exposition Archives départementales de la Gironde (28-11-2023 au 7-04-2024), dir. S. Faravel et A. Vatican</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.27-79, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prince en ville dans l’Aquitaine anglo-gasconne. Le Château-Vieux de Bayonne (XIIe -XVe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gouverner et administrer les principautés des Alpes aux Pyrénées (XIIIe-début XVIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Éditions, pp.97-110, 2023, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.46608/primaluna20.9782356135438.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Bernard Marquette, historien de la Haute Lande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aquitania. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labrit, castrum de la Grande Lande. Aux origines de la famille d’Albret, dir. J-B. Marquette et Y. Laborie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, sup. XX, pp.15-24, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1450. Le Bordeaux de Pey Berland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Aquitania. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Portraits de Bordeaux, s.d. Jean-Pierre Bost, Louis Maurin, Jean-Michel Roddaz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Confluence, pp.77-89, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Statuts communaux et dialogue avec le roi-duc dans l’Aquitaine anglo-gasconne aux xiiie-xive siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les statuts communaux vus de l’extérieur dans les sociétés méditerranéennes de l’Occident (XIIe-XVe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.165-186, 2020, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.88415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1250. Bordeaux, capitale de l’Aquitaine anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Portraits de Bordeaux, s.d. Jean-Pierre Bost, Louis Maurin, Jean-Michel Roddaz,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Confluences-Aquitania, pp.63-75, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1137. Mariage royal à Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Portraits de Bordeaux, s.d. Jean-Pierre Bost, Louis Maurin, Jean-Michel Roddaz,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Confluences, pp.51-61, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Lapurdum à Bayonne. La croissance de la ville médiévale (VIe-milieu XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Ausonius éditions, pp.133-160, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.120-125, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enceintes médiévales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.32-77, 2019, Sites et Monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moulins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Noblia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.192-201, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Pontet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.179-191, 2019, Sittes et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pont Saint-Esprit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chevrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius Editions, pp.210-213, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évêché, palais épiscopal et groupe épiscopal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Pontet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.145-153, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ils lui concédèrent la justice pour le maintien de la paix&amp;quot;. Une image du contrat politique et de l’origine des franchises au sein de la paysannerie gasconne au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions de la Sorbonne- Casa de Velázquez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des chartes aux constitutions- Autour de l'idée constitutionnelle en Europe (XIIe-XVIIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 12, pp.81-98, 2019, Le pouvoir symbolique en Occident (1300-1640), 979-10-351-0278-4. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.54327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02133330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Château-Vieux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.37-43, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castet, porte Orientale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, pp.33-36, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Boutoulle, Sandrine Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’espace urbain au Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fr. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Ausonius editions, pp.193-222, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apogée et revers d’une ville royale (milieu XIIIe siècle-milieu XVe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 161-192, Ausonius éditions, 2019, Notice générale</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hôtel de ville, maison commune, maison de la Vesiau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josette Pontet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud, E. Jean-Courret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.44-48, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pont Mayou, Majour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryline Chevrel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">F. Boutoulle, S. Lavaud. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bayonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius éditions, pp.202-204, 2019, Sites et monuments</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02316150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que las galeas estavan au port Sent-Pey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Araguas, Ph. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Navires et gens de guerre à Bordeaux et sur la basse Garonne au XIIIe siècle, Actes des séminaires du programme Garonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les confins de l’Agenais, du Périgord et du Bordelais au tournant de l’an Mil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Prodéo, F. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DFS Pineuilh </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SRA, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaye aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blaye à la quête de son identité : Regards croisés, 1ères Journées d’archéologie &amp; d’histoire organisées par l’Association Archéologique «OS» avec le soutien de la Ville de Blaye 24-25 octobre 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">État de la question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric et Gomis, Stéphane </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures villageoises au Moyen Âge et à l’époque moderne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires du Mirail, pp.7-23, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal bailiffs and village communities in Gascony during the reign of Henry III (1216-1272)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pépin, G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglo-Gascon Aquitaine-Problems and perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boydell, pp.13-25, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lainé, Françoise et Vergé, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le livre du chapitre de Saint-Émilion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie des inscription et Belles Lettres, pp.11-18, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Royal bailiffs and peasant communities in Western Gascony during the reign of Henry III (1216-1272)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pépin, G. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anglo-Gascon Aquitaine, Problems and Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boydell Press, pp.13-27, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chapitre de Saint-Émilion aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Lainé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lainé, Françoise et Vergé, Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le livre du chapitre de Saint-Émilion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie des inscription et Belles Lettres, pp.18-48, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages collectifs des incultes en Gascogne occidentale au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les communautés rurales dans l’Ouest du Moyen Âge à l’époque moderne : perceptions, solidarités et conflits</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.161-183, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les grandes phases de l’histoire de la ville de Saint-Emilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Boutoulle, David Souny, Agnès Marin, Pierre Garrigou Grandchamp. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Saint-Émilion. Une ville et son habitat médiéval</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 114, Lieux-Dits, pp.41-73, 2016, Cahiers du Patrimoine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant-propos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dir. Guilhem Pépin et Françoise Lainé. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routiers et mercenaires pendant la guerre de Cent ans,. Hommage à Jonathan Sumption, Actes du colloque de Berbiguières 13-14 octobre 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius éditions, pp.9-13, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture matérielle viti-vinicole à Saint-Émilion (Moyen Âge-XVIe siècle), Regard croisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Ducournau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Hébrard-Salinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Loyce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">dir. Marguerite Figeac-Monthus et Stéphanie Lachaud-Martin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Patrimoines viticoles. Les lieux et les objets de la vigne et du vin de l’Antiquité à nos jours. Actes du colloque tenu à Saint-Émilion les 6 et 7 septembre 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FHSO, pp.41-68, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élites : des concepts anthropologiques à l'histoire médiévale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Rémy, Luc Bourgeois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l'archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées. Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Chauvigny, 14-16 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des publications Chauvinoises, pp.8, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant le Parlement. Reconsidérations sur le château de l’Ombrière (c. 1070-1451)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bertrand Favreau (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Parlement de Bordeaux 1462-2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.31-45, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'enceinte médiévale de Saint-Emilion ou le mythe d'une muraille forte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Granchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Rémy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l'archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées. Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Chauvigny, 14-16 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des publications Chauvinoises,, pp.14, 2014, 979-1090534209</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résidences de la petite aristocratie (Bordelais et Landes, XIe-XIIe-XIIIe s.). Réflexions à partir d'un corpus de textes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chr. Rémy, Luc Bourgeois. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l'archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées. Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Chauvigny, 14-16 juin 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association des publications Chauvinoises, pp.8, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les laboureurs gascons pendant la révolte contre Simon de Montfort (1248-1252)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">FHSO. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine révoltée. Actes du LXVIe Congrès d’études régionales de la FHSO, Sainte-Foy-la-Grande 12 et 13 octobre 2013,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-68, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archevêque et les communautés canoniales en Bordelais à l’époque de la réforme grégorienne (1079-1145)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mazel, Florian and Fournié, Michelle and Le Blévec, Daniel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Réforme grégorienne dans le Midi (milieu XIe-début XIIIe siècle, 48 journées de Fanjeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Privat, pp.394-418, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'appel du large. Jaufré Rudel et les autres seigneurs de Blaye au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bernard, K. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jaufre Rudel. Prince, amant et poète, Trobada Jaufre Rudel tenue à Blaye les 24-25 juin 2011, s.d. Katy Bernard, Cahiers de Carrefour Ventadour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.22, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apogée d’une “bonne ville”. Saint-Émilion pendant les premiers temps de la jurade (1199-1253)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric and Barraud, Dany and Piat, Jean-Luc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique d’une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aquitania, pp.313-345, 2011, Supplément Aquitania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La numérisation et la visualisation 3D de l'épitaphe de Costaulus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Mora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Boutoulle and Dany Barraud and Jean-Luc Piat. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique d'une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Supplément 26, Ausonius Éditions, 2011, Aquitania, 978-2-910763-27-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00924986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Il est un meilleur roi que le roi d'Angleterre&amp;quot;. Note sur la diffusion et la fonction d'une rumeur dans la paysannerie du Bordelais au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maïté Billoré; Myriam Soria. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La rumeur au Moyen âge. Du mépris à la manipulation, Ve-XVe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.279-291, 2011, 978-2-7535-1285-6. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.119706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les résidences rurales de la petite aristocratie en Gascogne occidentale (XI e -XIII e siècle) : état de la recherche et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Coste, Laurent. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maisons de campagne, maisons de la campagne de l'antiquité à nos jours, LXIIIe Congrès d'Etudes régionales de la Fédération Historique du Sud-Oues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société archéologique et historique du canton de Créon, Baron &amp; Tresses, pp.177-198, 2011, 978-2-9507668-6-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homicides et violences dans les conflits familiaux de la Gascogne occidentale (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Aurell. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La famille déchirée. Luttes intestines dans la parent médièvale. (Actes du colloque de Poitiers 13-14 mars 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre d'études supérieures de civilisation médiévale (CESCM), pp.203-212, 2011, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/m.hifa-eb.3.3366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux vies de Guilhemine. Cours d'amour, veuvage et politique à Benauges au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Benauge à Verdelais 12e colloque L'Entre-deux-Mers et son identité, 9, 10 et 11 octobre 2009, CLEM,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15, 2011, CLEM</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pouvoirs et protagonistes territoriaux dans le domaine ducal gascon : l’Entre-deux-Mers bordelais d’après l’enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Andrea Zorzi; Guido Castelnuovo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les pouvoirs territoriaux en Italie centrale et dans le sud de la France. Hiérarchies, institutions et langages (XIIIe-XIVe siècle) : études comparées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2 (123), École française de Rome, pp.361-381, 2011, Mélanges de l’Ecole Française de Rome Moyen Âge, 978-2-7283-0954-2. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/mefrm.627⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le palais de l’Ombrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Léo Drouyn et Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Les éditions de l’Entre-deux-Mers, pp.268-271, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Boutoulle, Frédéric and Barraud, Dany and Piat, Jean-Luc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique d’une ville médiévale. Saint-Émilion au Moyen Âge</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aquitania, pp.11-18, 2011, Supplément Aquitania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Sans conseil ne fais rien et tu ne te repentiras pas de tes actes”. Le consilium des cartulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Charageat, Martine and Leveleux-Teixera, Corinne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consulter, délibérer, décider : donner son avis au Moyen Âge (France-Espagne, VIIe-XVIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.95-108, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le &amp;quot;consilium&amp;quot; des cartulaires. &amp;quot;Sans conseil ne fais rien et tu ne te repentiras pas de tes actes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martine Charageat; Corinne Leveleux-Teixera. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consulter, délibérer, décider : donner son avis au Moyen âge (France-Espagne, VIIe-XVIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Méridiennes / IUF / CÉRA, pp.95-108, 2010, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pumi.38688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castillon-sur-Dordogne et les agglomérations d'origine castrale du Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Chedeville, D Pichot. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des villes à l'ombre des châteaux. Naissance et essor des villes castrales en France au Moyen Âge, dir. D. Pichot et A. Chedeville, Actes du colloque de Vitré, 16-17 octobre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, pp.175-189, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La « Gascogne allodiale » : reconsidérations sur un thème historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mondot, Jean and Loupès, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Provinciales, Hommages à Anne-Marie Cocula</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.553-562, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palais de l’archevêque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renée Leulier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Ausonius Editions, pp.202-206, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'investiture au comté de Bordeaux à Saint-Seurin : un rite sans précédents locaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ausonius. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Saint-Seurin de Bordeaux. Lieu, mémoire et pouvoir (IVe-XVe siècles), dans colloque organisée par D. Barraud, I. Cartron, P. Henriet, A. Michel, 12-14 octobre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.255-265, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646968v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Gascogne allodiale: reconsidérations sur un thème historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mondot, Jean and Loup, Philippe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Provinciales, Hommages à Anne-Marie Cocula</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.553-562, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palais et castrum de l’Ombrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Ausonius Editions, pp.72-73, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le rite d’intronisation ducale à Saint-Seurin de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autour de Saint-Seurin de Bordeaux. Lieu, mémoire et pouvoir (IVe-XVe siècles), colloque organisée par D. Barraud, I. Cartron, P. Henriet, A. Michel, 12-14 octobre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius Editions, pp.255-265, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l’espace Plantagenêt (c. 1150-1250). Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Aurell, Frédéric Boutoulle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les seigneuries dans l’espace Plantagenêt (c. 1150-1250)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ausonius, pp.9-28, 2009, Etudes, 978-2-35613-020-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00444008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complexe palatial de Saint-Projet : enceinte, palais de la Salle et monnaie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Ausonius Editions, pp.76-77, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Grégoire de Tours à l’enceinte du bourg (fin VIe siècle-c. 1220)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lavaud, Sandrine. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atlas Historique de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Ausonius Editions, pp.40-65, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L&amp;quot;enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pécout, Thierry. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quand gouverner c'est enquêter Les pratiques politiques de l'enquête princière. Occident. XIIIe-XVe siècles. Actes du colloque international UMR Telemme, Aix-Marseille 19-21 mars 2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR Telemme, pp.117-131, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01475202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’abbaye de Saint-Sever dans la politique des premiers Plantagenêts (1154-1216)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société de Borda-CEHAG. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Abbaye de Saint-Sever, Nouvelles approches documentaires (988-1359), Journées d’études, dir. J. Cabanot, G. Pon et B. Cursente, Saint-Sever 13-14 septembre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.179-195, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vicomtes de Castillon et leur dominium (XIe -début XIIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Hélène Debax. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vicomtes et vicomtés dans l’Occident médiéval, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires du Mirail, pp.103-114, 2008, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pumi.10917⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur des banquets paysans en Entre-deux-Mers bordelais au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Société historique et archéologique d’Arcachon et des pays de Buch. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fête en Aquitaine, Actes du XLIXe Congrès d’études régionales de la fédération historique du Sud-ouest, Arcachon, 12-13 mai 2007, </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.77-86, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01648246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La généalogie des premiers vicomtes de Fronsac d’après la Chronique de Guîtres (Xe-XIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">CAHMC. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Châteaux et stratégies familiales, Actes des Rencontres l’archéologie et d’histoire en Périgord, les 22, 23, et 24 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.29-51, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01646967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">«L’empire Plantagenêt. Quand l’Aquitaine devint &amp;quot;anglaise&amp;quot;», «L’Aquitaine dans la guerre de Cent ans», «Les premiers châteaux-forts aquitains»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Larrieu, Bernard et Faravel, Sylvie et Boutoulle, Frédéric. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre art et science, Léo Drouyn ou L'invention du château-fort médiéval aquitain au XIXe siècle : catalogue de l'exposition présentée au Centre d'architecture de la Méditerranée (KAM), la ville de La Canée, Entre-deux-Mers-Région d’Europe, avec le concours de l'Ambassade de France à Athènes, l'Institut Français d'Athènes, le Conseil général de la Gironde, les Archives départementales de la Gironde, 31 octobre 2007, La Canée, Grèce</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éd. de l'Entre-deux-Mers, pp.4-9, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bordeaux pendant le haut Moyen Âge, Acquis et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lachaise, Bernard et Schmitt, B. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bordeaux-Hamburg Zwei Stâdte und ihre Geschichte. Bordeaux-Hambourg. Deux villes dans l’Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dobu Verlag, pp.139-158, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Gascogne sous les premiers Plantagenêt (1152-1204)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Martin Aurell; N.-Y. Tonnerre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plantagenêts et Capétiens : confrontations et héritages, Colloque international des 13-15 mai 2004 organisé par les Universités de Poitiers et d'Angers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Brépols, pp.285-318, 2006, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/m.hifa-eb.3.612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le prieuré Saint-Romain de Loupiac au Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du IXe colloque Entre-deux-Mers et son identité ténu à Cadillac, les 24-25-26 octobre 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.15-27, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Moyen âge en Bordelais et Bazadais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Figeac, Michel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire du département de la Gironde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bordessoules, pp.128-164, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01792969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pouvoirs seigneuriaux à Escoussans à la charnière du XIe et du XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Escoussans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association pour la sauvegarde du patrimoine et de l’environnement du canton de Targon, pp.85-93, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pouvoir seigneuriaux à Escoussans (Gironde) à la charnière du XIe et du XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Escoussans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, p. 85-93, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03308189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Amanieu de Benauges, un grand seigneur justicier du Bordelais à la fin du XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Benauges, Essai historique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASPECT, pp.45-53, 1999</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (62)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur les milices paysannes de la prévôté royale de l’Entre-deux-Mers au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du dix-huitième colloque L’Entre-deux-Mers et son identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité Liaison Entre-deux-Mers, 2021, Créon, Saint-Léon et Camiac-et-Saint-Denis, France. pp.27-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultures villageoises au Moyen Âge et à l’époque moderne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures villageoises au Moyen Âge et à l’époque moderne. XXXVIIe journées internationales d’histoire de l’abbaye de Flaran</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Boutoulle; Stéphane Gomis, Oct 2015, Valence-sur-Baïse, France. pp.7-23, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pumi.9943⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01655911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les statuts communaux de l’Aquitaine anglo-gasconne vus depuis la chancellerie anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statuts, écritures et pratiques sociales dans les sociétés de la Méditerranée occidentale à la fin du Moyen Âge (XIIe-XVe siècle) </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures villageoises dans l’Europe médiévale et moderne. 39e journées internationales d’histoire de l’abbaye de Flaran (Valence-sur-Baïse)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Boutoulle et Stéphane Gomis, Oct 2015, Flaran, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les médiévaux couraient-ils (autrement que nus) ? À la recherche des traces de la course dans les sociétés médiévales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Petit déjeuner du Lascarbx : « courir et combattre au Moyen Âge »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Tolède à l'Angleterre. Horizons bordelais au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours public 2014 : "Cosmopolitismes bordelais, des chances pour le cité"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société archéologique de Bordeaux, Mar 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture politique et mémoire paysanne au XIIIe s. Enjeux d’une révision historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence inaugurale de la semaine d'études médiévales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Manifestation internationale interdisciplinaire francophone organisée par le Centre d’Etudes Supérieures de Civilisation Médiévale (CESCM) de l’Université de Poitiers, Jun 2014, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse médiévale d'un territoire suburbain. La banlieue de Saint-Émilion (Gironde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fondations Urbaines et Définition des Territoires </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire de l’équipe « Dynamique des Peuplements et des Paysages » CEPAM — UMR 7264, coordination, Philippe Jansen — Ricardo Gonzalez-Villaescusa, Oct 2014, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prud’hommes des campagnes. Fonctions et représentations des élites paysannes en Gascogne occidentale au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concept d’élites en Europe de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Pessac, France. pp.47-65., </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.msha.18841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enceinte médiévale de Saint-Emilion ou le mythe d’une muraille forte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Grandchamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESCM; SRA Poitou-Charentes; Ville de Chauvigny, Jun 2012, Chauvigny, France. pp.505-518</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01735904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La culture matérielle viti-vinicole à Saint-Émilion (Moyen Âge-XVIe siècle). Regards croisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lavaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Loyce</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regaldo Saint-Blancard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Fédération Historique du Sud-Ouest. Lieux et objets de la vigne et du vin en aquitaine de l’Antiquité à nos jours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Saint-Emilion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation paysanne dans la révolte des Gascons contre Simon de Montfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine révoltée, Congrès de la Fédération historique du Sud-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Sainte-Foy-la-Grande France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Routiers et mercenaires d’Aquitaine, d’Angleterre et d’ailleurs
+(v. 1340 - 1453) : rôle militaire et impact sur les sociétés locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, colloque international organisé par Guilhem Pépin, Sep 2013, château de Berbiguières (Périgord), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant les prévôts royaux. Le rôle des élites paysannes dans la médiation de l’autorité ducale dans les campagnes de l’Aquitaine anglaise aux XIIe et XIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Jean-Paul Trabut-Cussac (1924-1969) et les études sur l’Aquitaine médiévale anglaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Archives départementales de la Gironde, Apr 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les usages collectifs dans les franchises rurales gasconnes : un enjeu tardif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les communautés rurales dans l’ouest de la France au Moyen Âge et à l’Époque moderne : solidarités et distinctions sociales, 2e journée d’études “Communautés rurales en Bretagne et dans les regions de l’ouest au Moyen-Âge et à l’époque moderne”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cédric Jeanneau et Philippe Jarnoux, Université de Brest, May 2013, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Aquitaine anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agoras de l’Association des professeurs d’histoire-géographie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture politique et enjeux élitaires dans la paysannerie gasconne du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire d’études médiévales Framespa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse le Mirail, Dec 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élites : des concepts anthropologiques à l’histoire médiévale (Participation à la table ronde 1 : Existe-t-il une expression mobilière du mode de vie élitaire ?)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Jun 2012, Chauvigny, France. pp.677-685</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résidences de la petite aristocratie (Bordelais et Landes, XIe-XIIe-XIIIe s.). Réfléxions à partir d’un corpus de textes (participation à la table ronde 2 : Nommer le château. Approche lexicographique des espaces castraux)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CESCM; SRA Poitou-Charentes; Ville de Chauvigny, Jun 2012, Chauvigny, France. pp.601-608</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avant le Parlement : la tour puis le Château de l’Ombrière (1070-1451)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">550e anniversaire du Parlement de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque international organisé par l’Institut des Droits de l’Homme du Barreau de Bordeaux et l’université Montesquieu-Bordeaux 4, Nov 2012, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’archevêque et les communautés canoniales pendant la réforme grégorienne en Bordelais (1079-1145)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Réforme grégorienne dans le Midi (milieu XIe-début XIIIe siècle), 48 journées de Fanjeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florian Mazel, Michelle Fournié, Daniel Le Blévec,, Jul 2012, Fanjeaux, France. pp.394-419</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actualité de la recherche L’enceinte médiévale de Saint-Emilion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Garrigou Grandchamp</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Demeurer, défendre, paraître. Orientations récentes de l’archéologie des fortifications et des résidences aristocratiques médiévales entre Loire et Pyrénées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque organisé par le CESCM et le SRA Poitou-Charentes, et la ville de Chauvigny, Jun 2012, Chauvigny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chanoines réguliers pendant la réforme grégorienne en Bordelais (1079-1145)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Réforme grégorienne, 48 journées de Fanjeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Florian Mazel, Jul 2012, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les prud’hommes au XIIIe siècle. Profils élitaires, fonctions et représentations à partir de l'exemple des campagnes du domaine royal en Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire A la recherche des élites</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laurent Coste et Fr. Charles Mougel, MSHA, Mar 2011, Pessac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’appel du large. Jaufré Rudel et les autres seigneurs de Blaye au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trobada Jaufre Rudel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Katy Bernard, Jun 2011, Blaye, France. p. 81-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01316275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les deux vies de Guilhemine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">De Benauge à Verdelais. 12e colloque L'Entre-deux-Mers et son identité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLEM, Oct 2009, Arbis, France. pp.31-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00653784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Census quam propter participes dare non possum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jaufré Rudel et les autres seigneurs de Blaye au XIIe siècle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Katy Bernard, Jun 2011, Blaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homicides et violences dans les conflits familiaux de la Gascogne occidentale (XIe-XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La famille déchirée. Luttes intestines dans la parenté médiévale </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Poitiers, Région indéterminée. pp.203-212, </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1484/m.hifa-eb.3.3366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castillon-sur-Dordogne et les agglomérations d’origine castrale du Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des villes à l’ombre des châteaux. Naissance et essor des villes castrales en France au Moyen Âge, Actes du colloque de Vitré, 16-17 octobre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Rennes, France. pp.175-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01537394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les origines du castrum de Castillon (Gironde)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études du Projet collectif de recherche Résidences élitaires du haut Moyen Âge entre Loire et Garonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Luc Bourgeois, Jun 2010, Blaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Il est un meilleur roi que le roi d’Angleterre. » Note sur la diffusion et la fonction d’une rumeur dans la paysannerie du Bordelais au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La rumeur au Moyen Âge. Construction, usages, diffusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque organisé par Myriam Soria Audebert et Maïté Billoré, Sep 2009, Poitiers, France. pp.279-290, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.119706⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blaye aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blaye à la quête de son identité : lorsque le passé se conjugue avec l’avenir, 1eres journées d’archéologie et d’histoire de Blaye</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Blaye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795004v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prud’hommes et communautés dans l’Aquitaine anglo-gasconne du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">séminaire du groupe thématique PraThéMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Philippe Depreux (EA 4270), Université de Limoges, May 2009, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Homicides et violences dans les conflits familiaux de la Gascogne occidentale (XIe-XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La famille déchirée. Luttes intestines dans la parenté médiévale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Martin Aurell, CESCM, Mar 2009, Poitiers, France. pp.203-212</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubadours et jeux seigneuriaux à Benauges au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Entre-deux-Mers et son identité, XIIe Colloque du CLEM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, par les Amis de Benauge, l’Association des Amis du Musée de l’art religieux de Verdelais et le CLEM, Oct 2009, Arbis, Benauge et Verdelais France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élites et le roi : l’enquête de 1236-1237</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quand gouverner c’est enquêter. Les pratiques politiques de l’enquête princière. Occident, XIIIe-XVe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Thierry Pécout, UMR Telemme, Mar 2009, Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Castillon-sur-Dordogne et les agglomérations d’origine castrale du Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Faravel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des villes à l'ombre des châteaux. Naissance et essor des villes castrales en France au Moyen Âge, dir. D. Pichot et A. Chedeville, Actes du colloque de Vitré, 16-17 octobre 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Vitré, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03383237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enceinte et le complexe palatial de Saint-Projet à Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude du PCR Fortifications et résidences élitaires du haut Moyen Âge entre Loire et Garonne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, coord. Luc Bourgeois (CESCM) May 2008, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filles, sœurs , épouses au temps d’Aliénor. Les femmes dans les cartulaires gascons (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Aquitaine au féminin, colloque Fédération Historique du Sud-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Le Mao, C., Oct 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peuplement et société à Saint-Émilion de la création de la commune aux premiers temps de la Jurade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fabrique et identité d’une ville au Moyen Âge : Saint-Émilion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, dir. Fr. Boutoulle, D. Barraud et J.-L. Piat, Dec 2008, Saint-Emilion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elites et communautés rurales gasconnes au Moyen Age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les élites au Moyen Age</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale Lettres-Droit, U. Jean-Moulin-Lyon 3, Jan 2007, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’île du Charnier et les traditions d’hivernage scandinave en Gascogne bordelaise (VIIIe- XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études d’histoire et d’archéologie régionale Iles et Palus des basses vallées de la Garonne et de la Dordogne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ph. Araguas, Mar 2007, Bordeaux-Cadillac, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Banquets et communautés rurales dans la Gascogne bordelaise (XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La fête en Aquitaine, Congrès de la fédération historique du Sud-ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le consilium des donations : origines et fonctions (XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opinion, conseil et délibération en France et en Espagne VIe-XVIe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2e rencontre organisée par M. Charageat et C. Leveleux-Texeira, Sep 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures lignagères des premiers vicomtes de Fronsac d’après l’Histoire de Guîtres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Châteaux et stratégies familiales, Rencontres l’archéologie et d’histoire en Périgord</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Cocula, Sep 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La société à Dax au XIIe siècle, d’après le Liber Rubeus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études organisée par la société de Borda</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le domaine ducal en Bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du CESCM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2006, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vicomté de Castillon aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vicomtes et vicomtés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisé par H. Debax, Oct 2006, Albi, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les châteaux de la Gascogne bordelaise au XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de castellologie du CESCM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, N. Fauchère, Mar 2006, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Échos de la reconquista en Gascogne Bordelaise (fin XIe-milieu XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’Espagne et l’Aquitaine : influences et échanges. Colloque de la Fédération Historique du Sud-Ouest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chr. Desplat, May 2006, Pau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vicomtes et vicomtés en Bordelais et Bazadais du XIe au XIIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’études Vicomtes et vicomtés </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisé par H. Débax, Sep 2005, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les galées du roi à Bordeaux et sur la Gironde au début du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire maritime, archéologie et paléoenvironnement des ports atlantiques (table ronde)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ph. Araguas, Dec 2004, Bordeaux-Arcachon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La paix de Dieu et la Trêve de Dieu du Liber Rubeus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’église et la société dans le diocèse de Dax aux XIe et XIIe siècles, Journée d’études sur le Livre Rouge de la cathédrale de Dax, 1er mai 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amis des églises anciennes des Landes ; Comité d'études sur l'histoire et l'art de la Gascogne, May 2003, sine loco, France. pp.47-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contrôles à la dévolution des alleux (Bordelais et Bazadais XIe-XIIe siècles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le contrôle des mutations foncières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire Framespa, dir. R. Viader, U. Toulouse le Mirail, Mar 2004, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’aménagement de la palu de Cadaujac au milieu du XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Garonne, s.d. Ph. Araguas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, sine loco, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De La Réole à Jérusalem. Les croisés de l'Entre-deux-Mers Bazadais et du Bordelais lors de la première croisade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hommes, villes, campagnes du Bazadais d’hier et d’aujourd’hui, Huitième colloque Entre-deux-Mers et son identité, tenu à la Réole et Bazas, les 22 et 23 septembre 2001</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2001, La Réole, Bazas, France. pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alleux et fiefs dans les clientèles nobiliaires en Bordelais et en Bazadais à la fin du XIe siècle. De l’ « allodialisme » au féodalisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Framespa Toulouse La féodalité méridionale et la propriété</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2002, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01794426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le ban de l'archevêque de Bordeaux à Saint-Emilion (1079- fin du XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">52e Congrès de la Fédération historique du Sud-Ouest, Saint-Emilion les 11 et 12 septembre 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l'Homme d'Aquitaine, Sep 1999, Saint-Emilion, France. pp.41-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sauveté de La Sauve-Majeure et ses paroissiens, Saint-Martin de Coirac (fin XIe-début XIIe siècle)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Septième colloque Entre-deux-Mers et son identité, tenu à Sauveterre de Guyenne, les 25 et 26 septembre 1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amis de la Bastide- CLEM, Sep 1999, Sauveterre de Guyenne, France. pp.73-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le monastère de Saint-Macaire et la politique des ducs d'Aquitaine à la fin du XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Entre-deux-Mers et son identité, Sixième colloque tenu à Saint-Macaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CLEM-Mouvement pour la sauvegarde et la rénovation de Saint-Macaire, Sep 1997, Saint-Macaire, France. pp.15-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Sauve Majeure lors de l'arrivée de Gérard de Corbie (1079)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guiet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Piat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinquième colloque L'Entre-deux-Mers et son identité tenu en l'abbaye de La Sauve Majeure les 9, 10, 16 et 17 septembre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de Liaison des associations historiques et archéologiques de l'Entre-deux-Mers (CLEM), Sep 1995, La Sauve Majeure, France. pp.45-65</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le dépeuplement de l'Entre-deux-Mers pendant la guerre de Cent Ans à travers le fonds de La Sauve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du premier colloque L'Entre-deux-Mers à la recherche de son identité, tenu dans les pays de Branne, les 19 et 20 septembre 1987</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité de Liaison des associations historiques et archéologiques de l'Entre-deux-Mers (CLEM), Sep 1987, Pays de Branne, France. pp.59-68</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dougues et barats. Traces archéologiques de l’agropastoralisme des landes de Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entre montagne et océan : Hommes, milieux et territoires de l’Aquitaine aux sommets cantabriques 2/5 octobre 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, SAntander, Espagne. Aquitania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (25)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1348 : la Peste noire frappe l’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouveaux résultats scientifiques du PCR (Inventaire thématique et enquêtes archéologiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Souny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’Aquitaine ducale des Rôles gascons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ces projets qui font la ville [série de conférences 2016-2017]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Oblet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Déloye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Boucheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Crouzier-Roland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01706795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saint-Emilion au Moyen Age La destinée d’une ville singulière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Grand Ferré, Jeanne d’Arc & alii.. La paysannerie dans la guerre de Cent ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Culture politique et mémoire sociale dans la paysannerie médiévale. L’exemple de l’Entre-deux-Mers au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aquitaine Patrimoine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795493v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la ville des chanoines à celle des jurats. Saint-Emilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cap Sud-Ouest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les variations territoriales de l’Aquitaine médiévale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rixes, simonie, rançons et miracle. Le conflit entre les moines de Nanteuil-en-Vallée et les chanoines de Saint-Émilion pendant la réforme grégorienne (v. 1090)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation aux Journées européennes du Patrimoine à Saint-Émilion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volet Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor d’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’utilisation politique des pèlerinages et du culte des saints dans la famille d’Aliénor d’Aquitaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrique d’une ville médiévale. Nouveaux regards sur Saint-Émilion au Moyen Âge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers résultats scientifiques du PCR (Inventaire thématique et enquêtes archéologiques)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor d’Aquitaine. Ou comment être une femme d’État au XIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chevaliers du Temple en Gascogne occidentale au XIIe siècle. Une milice au service de la paix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Jérusalem à Saint-Émilion. Grandeur et désillusion des vicomtes de Castillon (XIe-XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Cœur de Lion à Bayonne et sur les confins méridionaux de la Gascogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les palais bordelais des ducs d’Aquitaine de Saint-Projet et de l’Ombrière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ezéchiel Jean-Courret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les Vikings à Bordeaux . État de la question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chevaliers du nord de la Gascogne du XIe au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En quête de modèles orientaux. Contextes hagiographiques à Saint-Émilion aux XIe et XIIe siècles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regaldo Saint-Blancard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les sanctuaires souterrains de Saint-Émilion. Programme collectif de recherches 2022-2024, Opération 028364, SRA Aquitaine. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérusalem et Rome à Saint-Émilion au XIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Regaldo Saint-Blancard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les sanctuaires souterrains de Saint-Émilion. Programme collectif de recherches 2022-2024, Opération 028364,, SRA Aquitaine. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05442704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] N° autorisation 2011-36 (2 mars 2011), Rapport annuel d’activité 2013. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôles Gascons en ligne. Rapport d’activité scientifique 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Labex des sciences archéologiques de Bordeaux. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bilan Scientifique régional 2012. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] N° autorisation 2011-36 (2 mars 2011), Rapport annuel d’activité 2012. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] N° autorisation 2011-36 (2 mars 2011), Rapport annuel d’activité 2011. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Collectif de Recherche Saint-Émilion et sa juridiction. Genèse, architectures et formes d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Bilan Scientifique régional 2011. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01793533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux origines du château de Castillon-sur-Dordogne : un castrum carolingien vicomtal installé à la confluence du Rieuvert et de la Dordogne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] CESCM (Poitiers). 2010, pp.71-76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01795613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société laïque en Bordelais et Bazadais des années 1070 à 1225 (pouvoirs et groupes sociaux) [thèse de doctorat d'histoire médiévale]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Histoire. Université Michel de Montaigne - Bordeaux III, 2001. Français. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2001BOR30038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04388495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prud'hommes et communautés rurales dans l'Aquitaine anglo-gasconne au XIIIe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boutoulle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Bordeaux Montaigne, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04159420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId343"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -108,51 +108,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C06EAE86"/>
+    <w:nsid w:val="278CB052"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -256,51 +256,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="BA14B1B4"/>
+    <w:nsid w:val="D16443D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -490,51 +490,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-boutoulle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0928-6995" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059872675" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440562v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boutoulle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Tanneur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guionneau Vincent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/jean-bernard-marquette-historien-de-la-haute-lande" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356135094" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792964v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/textesaquitains2.9782356135346" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442732v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316037v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lavaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ez&#233;chiel Jean-Courret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01438771v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lain&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem P&#233;pin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/his.2017.0058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735921v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Souny" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garrigou Grandchamp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lieuxdits.fr/?attachment_id=4823" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793034v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Aurell" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768294v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792959v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768369v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793019v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Larrieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013367v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.8572" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453148v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793135v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689273v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794219v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794216v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794091v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794210v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794080v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794072v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794061v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768262v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.627" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768265v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768263v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537354v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2011.7370" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794031v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794036v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537083v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793118v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475201v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794022v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794012v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793111v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793917v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793989v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793942v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793504v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0395264900025130" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793105v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847367v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793981v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793965v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793938v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793897v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793893v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646972v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793925v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454644v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793932v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793888v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793098v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Piat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2006.1586" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793878v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648371v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793094v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793865v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648380v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793499v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793857v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793851v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793162v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793084v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308837v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793490v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793082v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793091v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793085v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648128v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2000.2668" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793160v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793153v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793148v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442666v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.10" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442661v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.6" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442665v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.9" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440603v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.3" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442663v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442658v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.5" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440544v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440573v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778016v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Billore" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440317v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442662v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440592v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Faravel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourgeois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982976v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442681v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922748v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442678v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442677v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Crouzier-Roland" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442672v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna20.9782356135438.7" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442730v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442726v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442723v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442713v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442728v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.88415" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316133v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Noblia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316119v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Pontet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316054v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316124v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316098v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316139v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Chevrel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316104v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133330v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.54327" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316069v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316050v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316064v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316062v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316059v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316111v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316150v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793567v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793562v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793571v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792991v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793001v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792983v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793245v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793005v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648142v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735832v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735883v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735871v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ducournau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;brard-Salinas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Loyce" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735815v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768189v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768192v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garrigou Granchamp" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768191v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644372v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537281v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537365v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924986v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475169v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2573" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.119706" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537024v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475170v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/m.hifa-eb.3.3366" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768260v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537358v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537372v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537366v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537052v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475185v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.38688" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768278v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537072v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537419v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Leulier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646968v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475209v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537416v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444008v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793354v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537415v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537417v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475202v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648137v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.10917" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648246v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646967v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793469v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792972v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793231v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/m.hifa-eb.3.612" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793325v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonneau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792969v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793275v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308189v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793264v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442674v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01655911v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gomis" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.9943" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795215v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795207v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795169v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795186v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795198v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795161v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316286v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.msha.18841" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735904v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795179v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Regaldo Saint-Blancard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795138v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795131v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795108v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795114v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795142v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795092v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316281v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795103v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795056v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793417v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795073v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795082v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316275v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795028v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653784v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537028v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795039v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537394v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795013v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794988v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794985v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793407v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795004v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794998v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794974v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794957v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383237v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794963v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794965v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794627v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794615v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794648v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794594v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794610v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794586v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794567v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794579v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794574v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794603v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794542v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794534v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793319v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794513v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794440v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793273v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794426v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793269v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793270v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793258v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793254v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guiet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793252v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442703v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442710v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795457v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795504v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01706795v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oblet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves D&#233;loye" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boucheron" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795404v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795413v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795401v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795493v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795398v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795486v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795394v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795390v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795468v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795432v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795389v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795383v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795387v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795437v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795379v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795378v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795382v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795374v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795373v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795371v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795350v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442687v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442704v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793538v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793549v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793544v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793516v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793533v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793525v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795613v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04388495v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001BOR30038" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04159420v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-boutoulle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0928-6995" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059872675" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440562v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boutoulle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Tanneur" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Guionneau Vincent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/jean-bernard-marquette-historien-de-la-haute-lande" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356135094" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792964v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/textesaquitains2.9782356135346" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442732v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316037v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lavaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ez&#233;chiel Jean-Courret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01438771v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lain&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem P&#233;pin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/his.2017.0058" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735921v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Souny" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Marin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garrigou Grandchamp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lieuxdits.fr/?attachment_id=4823" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793034v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Aurell" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768294v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792959v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768369v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793019v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Larrieu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440310v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162904v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442699v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013367v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.8572" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01453148v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689273v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793135v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794219v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794216v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794091v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794210v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794080v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794072v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794061v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768262v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrm.627" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768265v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768263v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537354v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2011.7370" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794031v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794036v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537083v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793118v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475201v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794022v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794012v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793111v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793917v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793905v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793989v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793942v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793504v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0395264900025130" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793105v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847367v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793981v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793965v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793938v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793897v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793893v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646972v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454644v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793925v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793932v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793888v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793098v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Piat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/amime.2006.1586" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793878v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648371v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793094v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793865v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648380v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793499v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793857v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793851v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793162v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308837v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793084v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793490v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793082v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793091v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793085v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648128v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/anami.2000.2668" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793160v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793153v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793148v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442666v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.10" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440603v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442661v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.6" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442665v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.9" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442663v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.8" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442658v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.5" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440544v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440573v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01778016v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Billore" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442662v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/basic4.9782356136541.7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440317v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440592v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Faravel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bourgeois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982976v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442681v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922748v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442678v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442677v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Crouzier-Roland" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442672v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna20.9782356135438.7" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442730v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442726v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442728v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.88415" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442723v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442713v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316054v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316124v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316098v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316133v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Noblia" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316119v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Pontet" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316139v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Chevrel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316104v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133330v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.54327" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316069v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316064v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316050v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316062v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316059v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316111v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316150v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793562v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793567v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793571v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792991v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793245v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793001v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792983v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793005v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648142v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735832v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735883v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735871v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ducournau" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine H&#233;brard-Salinas" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Loyce" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768189v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735815v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768192v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Garrigou Granchamp" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768191v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644372v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537281v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537365v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924986v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vergne" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mora" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475169v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2573" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.119706" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537024v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475170v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/m.hifa-eb.3.3366" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768260v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537358v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537366v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537372v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537052v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475185v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.38688" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768278v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537072v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537419v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233;e Leulier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646968v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475209v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537416v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793354v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444008v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537415v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537417v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01475202v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648242v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648137v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.10917" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648246v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646967v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793469v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792972v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793231v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/m.hifa-eb.3.612" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793325v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonneau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792969v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793275v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308189v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793264v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442674v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01655911v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gomis" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pumi.9943" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795215v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795207v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795198v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795161v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795169v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795186v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316286v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.msha.18841" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735904v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795179v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Regaldo Saint-Blancard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795138v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795131v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795108v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795114v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795142v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795103v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795056v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793417v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795092v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316281v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795073v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795082v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795028v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316275v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00653784v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795039v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537028v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537394v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795013v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794988v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795004v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794985v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793407v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794998v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794974v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03383237v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794957v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794963v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794965v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794615v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794627v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794648v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794594v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794586v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794610v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794567v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794603v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794574v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794579v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794542v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794534v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793319v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794513v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794440v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793273v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794426v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793269v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793270v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793258v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793254v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guiet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793252v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442703v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442710v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795457v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795504v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01706795v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Oblet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves D&#233;loye" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Boucheron" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795404v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795413v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795401v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795493v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795398v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795486v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795394v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795390v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795468v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795432v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795389v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795383v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795387v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795437v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795379v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795378v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795382v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795374v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795373v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795371v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795350v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442687v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442704v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793538v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793549v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793544v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793516v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793525v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793533v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795613v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04388495v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2001BOR30038" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04159420v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>