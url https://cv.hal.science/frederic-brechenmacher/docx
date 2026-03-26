--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -328,173 +328,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04513604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Algebraic generality vs arithmetic generality in the controversy between C. Jordan and L. Kronecker (1874)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Karine Chemla; Renaud Chorlay; David Rabouin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Oxford Handbook of Generality in Mathematics and the Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.433-467, 2016, 9780198777267</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The 27 Italies of Camille Jordan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Brechenmacher; Guillaume Jouve; Laurent Mazliak; Rossana Tazzioli. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images of Italian Mathematics in France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer : trends in the history of sciences, pp.45-91, 2016, 978-3-319-40080-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04513599v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04513595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pythagore aux pieds d'argile</w:t>
               </w:r>
@@ -2422,1331 +2422,1331 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04513047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">N. Bourbaki ? Ruptures et continuités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lagrange e l’equazione secolare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettera Matematica Pristem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 88 (1-2), pp.80-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/BF03356648⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">A History of Galois Fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Khronos. Revista de História da Ciência</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 3, pp.181-260</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04513020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">N. Bourbaki ? Ruptures et continuités</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Être chercheur en humanités et sciences sociales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La jaune et la rouge [revue mensuelle de la société amicale des anciens élèves de l'Ecole Polytechnique]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 701, pp.24-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récits de mathématiques : Galois et ses publics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, pp.135-161</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513030v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The theory of order, a specific 19th century model of scientificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oberwolfach Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513657v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'École polytechnique et la science aux alentours de 1865</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La jaune et la rouge [revue mensuelle de la société amicale des anciens élèves de l'Ecole Polytechnique]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’auteur en mathématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Archicube </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19, pp.118-125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hadamard passeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Brechenmacher</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lagrange, géomètre sans figure ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lettera Matematica Pristem</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La lettre de l'Académie des Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33, pp.30-34</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lagrange and the secular equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’Archicube </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Lettera Matematica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (1-2), pp.79-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40329-014-0051-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...313 lines deleted...]
-                <w:t xml:space="preserve">Jacques Hadamard passeur</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...167 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Sur les traces de Joseph-Louis Lagrange</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la figure du savant académicien à celle du professeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">La révolution</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les lieux de Joseph-Louis Lagrange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les lieux de Joseph-Louis Lagrange</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Académies : sciences et sociétés sous l'ancien régime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les Académies : sciences et sociétés sous l'ancien régime</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire des mathématiques par lettres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">De la figure du savant académicien à celle du professeur</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lagrange, comte d’Empire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Lagrange, comte d’Empire</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513102v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur les traces de Joseph-Louis Lagrange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Brechenmacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images des mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...53 lines deleted...]
-                <w:t xml:space="preserve">hal-04513085v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'approche d'Henri Poincaré sur le problème des trois corps</w:t>
               </w:r>
@@ -4332,51 +4332,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04252496v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brechenmacher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04252441v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-97833-4_2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513604v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Brechenmacher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513599v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513595v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513574v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513568v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/mathematiques/sciences-mathematiques-1750-1850/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513586v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513579v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513687v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Croizat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513684v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513678v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R&#233;my" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aubin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Viterbo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sandrine Paumier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513664v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513624v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513541v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513520v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Mazari" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dhombres" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513500v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jouve" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazliak" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Tazzioli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-319-40082-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40082-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513453v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513447v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04252485v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513244v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512826v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/NEWS/111/9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513003v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10031-017-0011-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513047v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40329-017-0174-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513020v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513239v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513035v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03356648" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513226v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513232v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513030v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513657v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513236v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513222v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513214v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513042v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40329-014-0051-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513080v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513096v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513082v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513088v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513099v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513102v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513085v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513063v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513640v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academie-sciences.hal.science/hal-04863416v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Br&#233;chignac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Kahane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duchesne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Curien" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mathieu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62686/41" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513652v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Husson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04252496v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brechenmacher" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04252441v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-97833-4_2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513604v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Brechenmacher" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513595v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513599v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513574v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513568v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/mathematiques/sciences-mathematiques-1750-1850/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513586v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513579v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513687v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barnab&#233; Croizat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513684v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513678v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand R&#233;my" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aubin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Viterbo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513672v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sandrine Paumier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513670v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513664v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513624v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513541v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513520v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idriss Mazari" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dhombres" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513500v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Jouve" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mazliak" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Tazzioli" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-319-40082-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-40082-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513453v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513447v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-04252485v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513244v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512826v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/NEWS/111/9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513003v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513012v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10031-017-0011-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513047v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40329-017-0174-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513239v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513035v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03356648" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513020v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513232v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513030v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513657v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513236v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513226v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513222v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513214v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513042v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40329-014-0051-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513096v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513099v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513082v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513088v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513085v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513102v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513080v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513063v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513640v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academie-sciences.hal.science/hal-04863416v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Br&#233;chignac" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Kahane" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Duchesne" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Curien" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mathieu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62686/41" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513652v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Husson" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>