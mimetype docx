--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2909,195 +2909,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04912368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rousseau, La Nouvelle Héloïse</w:t>
+                <w:t xml:space="preserve">Peau d’Âne et peaux de bêtes. Variations et reconfigurations d’un motif dans les mythes, les fables et les contes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Calas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Steuckardt</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">, https://www.atlande.eu/lettres-xviiie-siecle/811-rousseau-la-nouvelle-heloise-9782350307558.html, 2021, Clés Concours, 9782350307558</w:t>
+                <w:t xml:space="preserve">presses universitaires Blaise Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Pascale Auraix-Jonchière, 9782845169791</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04912399v1</w:t>
+                <w:t xml:space="preserve">hal-04912353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peau d’Âne et peaux de bêtes. Variations et reconfigurations d’un motif dans les mythes, les fables et les contes</w:t>
+                <w:t xml:space="preserve">Rousseau, La Nouvelle Héloïse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Calas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Steuckardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">presses universitaires Blaise Pascal</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Pascale Auraix-Jonchière, 9782845169791</w:t>
+                <w:t xml:space="preserve">Atlande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, https://www.atlande.eu/lettres-xviiie-siecle/811-rousseau-la-nouvelle-heloise-9782350307558.html, 2021, Clés Concours, 9782350307558</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04912353v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04912399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leçons de stylistique</w:t>
               </w:r>
@@ -3472,51 +3472,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rousseau: Les Confessions I à IV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Steuckardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Tissoires</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4447,51 +4447,51 @@
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Calas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peau d’Âne et peaux de bêtes. Variations et reconfigurations d’un motif dans les mythes, les fables et les contes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires Blaise Pascal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.87-102, 2021, Mythologies et Société, 9782845169791</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5314,51 +5314,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F3CD775C"/>
+    <w:nsid w:val="E50D91F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5545,51 +5545,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-calas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2664-4253" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909435v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Calas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Garagnon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908681v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925851v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.13316" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102799v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484703v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909418v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908524v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhetorique.1471" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261701v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edl.6190" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309687v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261654v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309789v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908472v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.171.0.3289934" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/lefab.2021.1452" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908785v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909403v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2012.2855" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00697797v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01693602v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rossi-Gensane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710799v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710873v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01713291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909427v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912483v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Wafdi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Jackiewicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Nouvel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01716547v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782032v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouvel Damien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300227v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912388v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Picciola" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/nos-ouvrages/1117-corneille-le-menteur-la-suite-du-menteur-et-la-place-royale-9782350309743.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441854v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auraix-Jonchi&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Connan-Pintado" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tauveron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912368v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912399v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Perrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/lettres-xviiie-siecle/811-rousseau-la-nouvelle-heloise-9782350307558.html" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912353v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/litterature-moderne-et-contemporaine/921-peau-d-ane-et-peaux-de-betes.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912387v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/lettres-et-arts/lecons-stylistique-cours-et-exercices-corriges-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912434v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.memoiresetdocumentssurvoltaire.org/MDV11.htm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02361979v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912383v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/sciences-humaines-et-sociales/162-la-belle-au-bois-dormant-en-ses-metamorphoses.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01114691v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Viet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054491v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Tissoires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Siouffi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01682762v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=7991" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425545v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Badiou-Monferran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle. Reggiani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912476v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855586v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baudoin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bercerol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Blairon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/homecategory/champion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919998v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Caillat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bres" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Sarale" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Verine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807360556-manuel-d-analyse-du-discours" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912446v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/litterature-moderne-et-contemporaine/315-nouveaux-recits-sur-la-foret.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908610v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/observer-et-decrire-des-insectes-et-des-hommes.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13107-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912456v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912466v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/sciences-humaines-et-sociales/125-890-abecedaire-de-la-rupture.html#/27-format-livre_papier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05458671v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/JBRV9202" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05406663v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KCUJ4281" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01684381v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05492643v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SIZY1398" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05417530v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/WBGU7091" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05324012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KSNK2238" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776292v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-calas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2664-4253" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909435v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Calas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Garagnon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908681v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925851v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.13316" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05102799v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484703v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909418v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908524v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhetorique.1471" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261701v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909392v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edl.6190" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309687v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909414v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261654v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309789v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908472v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.171.0.3289934" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909406v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/lefab.2021.1452" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908785v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909403v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/tranel.2012.2855" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00697797v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01693602v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Rossi-Gensane" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710799v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710873v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01713291v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909427v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912483v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087478v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Wafdi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Jackiewicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dodane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Nouvel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01716547v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782032v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouvel Damien" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300227v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912388v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Picciola" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/nos-ouvrages/1117-corneille-le-menteur-la-suite-du-menteur-et-la-place-royale-9782350309743.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441854v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auraix-Jonchi&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Connan-Pintado" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tauveron" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912368v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/litterature-moderne-et-contemporaine/921-peau-d-ane-et-peaux-de-betes.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912399v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Steuckardt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Perrin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/lettres-xviiie-siecle/811-rousseau-la-nouvelle-heloise-9782350307558.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912387v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/lettres-et-arts/lecons-stylistique-cours-et-exercices-corriges-0" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912434v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.memoiresetdocumentssurvoltaire.org/MDV11.htm" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02361979v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912383v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/sciences-humaines-et-sociales/162-la-belle-au-bois-dormant-en-ses-metamorphoses.html" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01114691v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Viet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054491v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Tissoires" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Siouffi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01682762v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ellipses.fr/product_info.php?products_id=7991" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03425545v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Badiou-Monferran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle. Reggiani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912476v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04855586v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barantal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baudoin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Bercerol" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Blairon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/homecategory/champion" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919998v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Caillat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bres" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Sarale" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Verine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807360556-manuel-d-analyse-du-discours" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912446v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/litterature-moderne-et-contemporaine/315-nouveaux-recits-sur-la-foret.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908610v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/observer-et-decrire-des-insectes-et-des-hommes.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13107-6" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912456v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912466v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pubp.fr/sciences-humaines-et-sociales/125-890-abecedaire-de-la-rupture.html#/27-format-livre_papier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05458671v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/JBRV9202" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05406663v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KCUJ4281" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01684381v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05492643v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sup.sorbonne-universite.fr/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/SIZY1398" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05417530v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/WBGU7091" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05324012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/KSNK2238" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776292v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>