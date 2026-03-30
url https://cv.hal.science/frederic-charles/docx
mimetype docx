--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:177.77777777778px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Charles </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Frédéric CHARLES, chercheur en Didactique du curriculum des Sciences et des Technologies à l'école primaire.LDAR </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spécialité des professeurs des écoles maternelles au prisme du curriculum d’éducation scientifique et technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvet-Chanoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bisault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques enseignantes en éducation scientifique et technologique à l’école maternelle : perspectives curriculaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rdst.2978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Concept of Metamorphosis and its Metaphors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (1-2), pp.113 - 132. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11191-018-9959-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche d’éducation scientifique au préscolaire par les albums jeunesse. Le tigre mange-t-il de l’herbe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Pouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Monin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECTRE APSQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Quand le vivant s’invite dans nos classes, 48 (1), pp.26-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des moments d'éducation scientifique et technologique à l'école maternelle (1970-2008) : contenus, entremêlements et enracinement des pratiques contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 92, pp.67-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation scientifique et technologique formelle des enfants de 3 à 6 ans à l'école maternelle, une école sous influence. Comparaison de pratiques enseignantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8, pp.109-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation scientifique et technologique formelle des enfants de 3 à 6 ans à l’école maternelle, une éducation sous influence. Comparaison de pratiques enseignantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation comparée. Nouvelle série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8, pp.109-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03559133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer le lien entre la formation initiale des professeurs des écoles et la recherche en didactique : le cas d'une séance polyvalente en sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Rollinde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Amandine Decroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école primaire au 21e siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CY Cergy Paris Université, Oct 2021, Gennevilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En maternelle, raconter une chaine alimentaire avec un récit et des images d’un album de jeunesse,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Telling science Drawing Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(2021, décembre). Des objets didactiques pour questionner les sciences à l’école primaire : les albums de littérature de jeunesse. In P. Roy (dir.), Des recherches participatives dans les didactiques disciplinaires et autres domaines de connaissance. Quelles finalités ? Quels savoirs ? Et quelles stratégies méthodologiques pour favoriser leur circulation dans les milieux de la recherche, de la formation et de la pratique ? [Colloque] (pp. 114-123). Colloque international francophone mené à la Haute école pédagogique Fribourg, Suisse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLLOQUE INTERNATIONAL FRANCOPHONE SUR LES RECHERCHES PARTICIPATIVES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, FRIBOURG, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des objets pour questionner les sciences à l’école primaire : les albums de littérature de jeunesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Objets pour apprendre, objets à apprendre : quelles pratiques enseignantes pour quels enjeux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une recherche collaborative pour imaginer un curriculum ouvert avec un album de fiction réaliste. Aborder le fonctionnement des écosystèmes en maternelle avec l’album Le tigre mange-t-il de l’herbe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes Rencontres de l’ARDIST,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, St Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus méthodologiques dans la collaboration chercheurs-enseignants autour de la problématisation d’albums jeunesse pour l’éducation scientifique et technologique à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'automne (ARQ) : Le dialogue entre chercheurs et praticiens : la recherche qualitative collaborative entre enjeux et arrangements méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivan Ivanov, Pascal Gagné, Sylvie Gendron, Oct 2018, Montréal (HEC), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d’appropriation des ressources « Sciences et Albums »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cabodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Monin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïd Sarafian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème rencontre internationale des LéA « Construire ensemble des espaces de coopération au sein des LéA et avec les réseaux partenaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut français d'éducation (IFé), May 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des albums jeunesse comme support pour la formation continue et initiale des enseignants du primaire en sciences expérimentales et technologies.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème colloque international en éducation. Enjeux actuels et futurs de la formation et de la profession enseignante. CRIPE –Université de Montréal-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01708972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en récit, mise en image de l’ornithorynque dans des albums de fiction ou documentaire de langue française et anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telling science, Drawing science – Science en récit, Science en image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle épistémologie et histoire de la chimie pour la formation des enseignants de SPC ? Cas de la structure de la matière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique « Histoire et philosophie de la chimie. Quels apports pour son enseignement ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vangelis ANTZOULATOS et Xavier BATAILLE, Jan 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler la relation imaginaire/science en astronomie avec des enfants d’école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philibert Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international « Inégalités : quelles contributions des « éducations à… » ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yassine JELMAM, Mar 2017, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une expérience de formation d’enseignants à l’éducation scientifique par les albums de jeunesse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Heraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international « Inégalités : quelles contributions des « éducations à… » ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler le problème de la classification scientifique avec des récits de fiction inspirés de l’album mais où est donc Ornicar ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Rencontres de l’ARDIST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The platypus: an extraordinary animal for teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOSTE XVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Braga, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01690747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose animale. Comment des élèves de 5 à 8 ans se saisissent-ils de la tension changement/permanence à travers la lecture d'albums?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Métamorphoses et cultures d'enfance et de jeunesse, 26-27 mai 2015, Espé de Lyon, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’idée au concept de métamorphose : Des transformations possibles et impossibles pour comprendre le vivant et la vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie et le vivant: de nouveaux défis à relever dans l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2015, Rimouski, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01297453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition et tissage dans les pratiques de prise en charge du curriculum d'éducation scientifique et technologique à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium "ÉDUCATION SCIENTIFIQUE ET TECHNIQUE A L'ÉCOLE MATERNELLE : DES INTERROGATIONS DIDACTIQUES"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, France. pp.19-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mises en récit et formes de raisonnement en classe de mathématiques et de biologie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Paulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bécu-Robinault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Narrative matters Narrative Knowing/récit et savoir. Université Paris Diderot.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mises en récit et formes de raisonnement en classe de mathématiques et de biologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Paulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Robinault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Narrative Matters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France. pp.Cédérom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promenades dans les bois de l'album de jeunesse : questionner la notion de métamorphose avec des élèves de l'école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontre Nationale des LéA (Lieu d'Éducation Associé à l'IFÉ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais où est donc Ornicar ? &amp;quot; : un album pour entrer dans un raisonnement scientifique utile pour la classification phylogénétique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cabodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillouêt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontre Nationale des LéA (Lieu d'Éducation Associé à l'IFÉ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose animale : des changements identitaires dans les albums de fiction réaliste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international " Métamorphoses et cultures d'enfance et de jeunesse "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering the Worlds of Life Sciences, Objects and Material in Nursery Schools: Teaching Practices and Training Proposals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discovering the Worlds of Life Sciences, Objects and Material in Nursery Schools: Teaching Practices and Training Proposals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Athènes, Greece. pp.2241-2891</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques spécificités du système scolaire français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières rencontres internationales de la recherche ISEP-CI (Instruction et Socialisation chez les Enseignants du Primaire : une Comparaison Internationale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfiguration des disciplines scientifiques et technologiques dans l'enseignement secondaire français (1971-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque " Reconfigurations dans le paysage disciplinaire des sciences "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation scientifique et technologique en maternelle : quelle construction par l'enseignant et par l'enfant ? Quelles traces de ces constructions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bisault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">86ème colloque National de l'AGEEM. Grandir et se construire : l'enjeu des traces à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Chaumont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques spécificités du système scolaire français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Priolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Brau-Antony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martinez Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Niclot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières rencontres internationales de la recherche ISEP-CI (Instruction et Socialisation chez les Enseignants du Primaire : une Comparaison Internationale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identité culturelle de l'école maternelle, identité professionnelle de ses enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er colloque de l'Association Transdisciplinaire de Recherches Historiques en Éducation (ATRHE), Éducation et identités : perspectives historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Gennevilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les traces de l'école maternelle : repères historiques, spécificités, spécialité enseignante et enjeux de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">86ème colloque National de l'AGEEM. Grandir et se construire : l'enjeu des traces à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Chaumont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux d'une éducation scientifique et technique à l'école maternelle et pratiques dans les classes : quelles clés pour une éducation scientifique et technique à l'école maternelle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès académique de l'AGEEM, Apprendre et découvrir le monde du vivant, des objets, de la matière à l'école maternelle : pour une éducation scientifique et technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La professionnalité enseignante et l'éducation scientifique et technologique à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIe congrès international de l'Association Mondiale des Sciences de l'Éducation (AMSÉ), Les recherches en éducation et en formation : enjeux et défis d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum d'éducation scientifique et technologique et spécialité enseignante à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Curriculum d'éducation scientifique et technologique et spécialité enseignante à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Bordeaux, France. pp.CédéRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécificités de la composition des moments scolaires à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spécificités de la composition des moments scolaires à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Lille, France. pp.CédéRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer l'incertitude : un attribut de la spécialité des enseignants de l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude de l'école doctorale de l'Université Paris Descartes, Face à l'incertitude</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations d'alliance et d'opposition entre acteurs des disciplines scientifiques et technologiques lors des séances plénières de la commission Lagarrigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réformer les disciplines scolaires, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les séances plénières de la commission Lagarrigue (1971-1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lamoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séances plénières de la commission Lagarrigue (1971-1974)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Chamonix, France. pp.CédéRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots-clés des curricula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Raulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzia Kalali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Legrand-Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luisa Lombardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris Cité. Université Paris Cité, 2024, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53480/curricula.95a1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04630313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graines de scientifiques en maternelle. Explorer le monde du vivant, des objets et de la matière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des pratiques musicales des collègiens et lycéens à l'ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Segré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions L'Harmattan, 2016, 978-2-343-10440-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurations dans le paysage disciplinaire des sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques André Editeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2-7570-0348-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants issus des immigrations : modalités d’accès au groupe professionnel, représentations du métier et de l’école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SUDEL, 2006, 2-7162-0259-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en compte du contexte dans l’élaboration et la circulation de savoirs et de ressources pour l’enseignement des sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Backes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cabodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Ghomman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monod-Ansaldi, R, Loisy, C et Gruson, B. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le réseau des lieux d’éducation associés à l’institut français de l’éducation. Un instrument pour la recherche en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-.60, Presses Universitaires de Rennes., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants français du XXIème siècle et les idéaux de l’École de la République : instruction et socialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Niclot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Philippot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Priolet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yves Lenoir; Jimmy Bourque; Abdelkrim Hasni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les finalités éducatives scolaires : une étude critique des approches théoriques, philosophiques et idéologiques. Tome 2, Conceptions des finalités et des disciplines scolaires chez des enseignants du primaire : une étude comparative internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Cursus universitaire, 2022, 978-2-924801-08-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estudiar las desigualdades relacionadas con la enfermedad y la discapacidad con un álbum ilustrado en la escuela primaria. In A. Promonet & D. Niclot (Dir.), Agir pour les réussites scolaires (pp. 95-109). Nîmes : Champ Social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agir pour les réussites scolaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03581225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre une image d’un album de jeunesse pour questionner les relations alimentaires d’un écosystème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Pouey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Charles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une éducation scientifique et technologique des enfants de moins de six ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Grenoble Alpes, pp. 37-49, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose animale dans les albums documentaires et les albums de fiction réaliste: un levier épistémologique à l’usage des enfants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A-M Mercier-Faivre; D. Perrin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métamorphoses en culture d’enfance et d’adolescence. Questions de genres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.273-285, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">la métamorphose animale en question dans les albums de jeunesse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O. Perru, P. Lautesse et F. Charles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une éducation à la pensée scientifique pour une société plus juste. Education, citoyenneté, pensée scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin, pp. 49-68, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former les professeurs des écoles à l’éducation scientifique par l’éducation scientifique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier PERRU, Frédéric CHARLES et Philippe LAUTESSE, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une éducation à la pensée scientifique pour une société plus juste.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin., pp.21-50, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01818399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre logique républicaine et ouverture internationale : le système éducatif français à la croisée des chemins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Brau-Antony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martinez-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Priolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Niclot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur les pratiques d'enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bulletin de la CRCIE, pp.13-24, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations d'alliance et d'opposition entre acteurs des disciplines scientifiques et technologiques lors des séances plénières de la commission Lagarrigue (1971-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réformer les disciplines scolaires, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Caen, à paraître, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir le monde de la nature et des objets avant six ans à l'école maternelle : spécificités du curriculum, spécialité des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archives de la commission Lagarrigue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première éducation scientifique et technologique des enfants de deux à sept ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archives de la commission Lagarrigue (1970-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir le monde de la nature et des objets avant six ans à l’école maternelle : spécificités du curriculum, spécialité des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université René Descartes - Paris V, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012PA05H023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00789811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId117"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:177.77777777778px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Charles </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Frédéric CHARLES, chercheur en Didactique du curriculum des Sciences et des Technologies à l'école primaire.LDAR </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La spécialité des professeurs des écoles maternelles au prisme du curriculum d’éducation scientifique et technologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Chauvet-Chanoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bisault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et formation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04326304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques enseignantes en éducation scientifique et technologique à l’école maternelle : perspectives curriculaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RDST - Recherches en didactique des sciences et des technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rdst.2978⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Concept of Metamorphosis and its Metaphors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science and Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27 (1-2), pp.113 - 132. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11191-018-9959-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une approche d’éducation scientifique au préscolaire par les albums jeunesse. Le tigre mange-t-il de l’herbe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Pouey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Monin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPECTRE APSQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Quand le vivant s’invite dans nos classes, 48 (1), pp.26-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02188895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des moments d'éducation scientifique et technologique à l'école maternelle (1970-2008) : contenus, entremêlements et enracinement des pratiques contemporaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grand N, Revue de mathématiques, de sciences et technologie pour les maîtres de l’enseignement primaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 92, pp.67-96</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'éducation scientifique et technologique formelle des enfants de 3 à 6 ans à l'école maternelle, une école sous influence. Comparaison de pratiques enseignantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Raisons, comparaisons, éducations : la revue française d'éducation comparée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8, pp.109-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éducation scientifique et technologique formelle des enfants de 3 à 6 ans à l’école maternelle, une éducation sous influence. Comparaison de pratiques enseignantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Éducation comparée. Nouvelle série</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 8, pp.109-126</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03559133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renforcer le lien entre la formation initiale des professeurs des écoles et la recherche en didactique : le cas d'une séance polyvalente en sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Rollinde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Amandine Decroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'école primaire au 21e siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CY Cergy Paris Université, Oct 2021, Gennevilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03699717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En maternelle, raconter une chaine alimentaire avec un récit et des images d’un album de jeunesse,</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Telling science Drawing Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(2021, décembre). Des objets didactiques pour questionner les sciences à l’école primaire : les albums de littérature de jeunesse. In P. Roy (dir.), Des recherches participatives dans les didactiques disciplinaires et autres domaines de connaissance. Quelles finalités ? Quels savoirs ? Et quelles stratégies méthodologiques pour favoriser leur circulation dans les milieux de la recherche, de la formation et de la pratique ? [Colloque] (pp. 114-123). Colloque international francophone mené à la Haute école pédagogique Fribourg, Suisse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLLOQUE INTERNATIONAL FRANCOPHONE SUR LES RECHERCHES PARTICIPATIVES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, FRIBOURG, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03657396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des objets pour questionner les sciences à l’école primaire : les albums de littérature de jeunesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Objets pour apprendre, objets à apprendre : quelles pratiques enseignantes pour quels enjeux ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une recherche collaborative pour imaginer un curriculum ouvert avec un album de fiction réaliste. Aborder le fonctionnement des écosystèmes en maternelle avec l’album Le tigre mange-t-il de l’herbe ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10èmes Rencontres de l’ARDIST,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, St Malo, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus méthodologiques dans la collaboration chercheurs-enseignants autour de la problématisation d’albums jeunesse pour l’éducation scientifique et technologique à l’école</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de l'automne (ARQ) : Le dialogue entre chercheurs et praticiens : la recherche qualitative collaborative entre enjeux et arrangements méthodologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivan Ivanov, Pascal Gagné, Sylvie Gendron, Oct 2018, Montréal (HEC), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formes d’appropriation des ressources « Sciences et Albums »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cabodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ségolène Monin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïd Sarafian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème rencontre internationale des LéA « Construire ensemble des espaces de coopération au sein des LéA et avec les réseaux partenaires »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut français d'éducation (IFé), May 2018, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des albums jeunesse comme support pour la formation continue et initiale des enseignants du primaire en sciences expérimentales et technologies.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème colloque international en éducation. Enjeux actuels et futurs de la formation et de la profession enseignante. CRIPE –Université de Montréal-</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01708972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en récit, mise en image de l’ornithorynque dans des albums de fiction ou documentaire de langue française et anglaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Telling science, Drawing science – Science en récit, Science en image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Angoulême, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle épistémologie et histoire de la chimie pour la formation des enseignants de SPC ? Cas de la structure de la matière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique « Histoire et philosophie de la chimie. Quels apports pour son enseignement ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vangelis ANTZOULATOS et Xavier BATAILLE, Jan 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler la relation imaginaire/science en astronomie avec des enfants d’école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philibert Maud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international « Inégalités : quelles contributions des « éducations à… » ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yassine JELMAM, Mar 2017, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une expérience de formation d’enseignants à l’éducation scientifique par les albums de jeunesse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Loup Heraud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès international « Inégalités : quelles contributions des « éducations à… » ? »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01435403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler le problème de la classification scientifique avec des récits de fiction inspirés de l’album mais où est donc Ornicar ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Rencontres de l’ARDIST</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01870480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The platypus: an extraordinary animal for teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOSTE XVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Braga, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01690747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose animale. Comment des élèves de 5 à 8 ans se saisissent-ils de la tension changement/permanence à travers la lecture d'albums?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Métamorphoses et cultures d'enfance et de jeunesse, 26-27 mai 2015, Espé de Lyon, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2015, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00982556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’idée au concept de métamorphose : Des transformations possibles et impossibles pour comprendre le vivant et la vie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Perru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La vie et le vivant: de nouveaux défis à relever dans l'éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACFAS, May 2015, Rimouski, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01297453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose animale : des changements identitaires dans les albums de fiction réaliste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international " Métamorphoses et cultures d'enfance et de jeunesse "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovering the Worlds of Life Sciences, Objects and Material in Nursery Schools: Teaching Practices and Training Proposals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discovering the Worlds of Life Sciences, Objects and Material in Nursery Schools: Teaching Practices and Training Proposals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Athènes, Greece. pp.2241-2891</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Composition et tissage dans les pratiques de prise en charge du curriculum d'éducation scientifique et technologique à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium "ÉDUCATION SCIENTIFIQUE ET TECHNIQUE A L'ÉCOLE MATERNELLE : DES INTERROGATIONS DIDACTIQUES"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, France. pp.19-31</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mises en récit et formes de raisonnement en classe de mathématiques et de biologie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Paulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Bécu-Robinault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Narrative matters Narrative Knowing/récit et savoir. Université Paris Diderot.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mises en récit et formes de raisonnement en classe de mathématiques et de biologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Aldon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Paulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Robinault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Narrative Matters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France. pp.Cédérom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promenades dans les bois de l'album de jeunesse : questionner la notion de métamorphose avec des élèves de l'école primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nora Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontre Nationale des LéA (Lieu d'Éducation Associé à l'IFÉ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987048v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mais où est donc Ornicar ? &amp;quot; : un album pour entrer dans un raisonnement scientifique utile pour la classification phylogénétique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cabodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillouêt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Triquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Rencontre Nationale des LéA (Lieu d'Éducation Associé à l'IFÉ)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques spécificités du système scolaire français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières rencontres internationales de la recherche ISEP-CI (Instruction et Socialisation chez les Enseignants du Primaire : une Comparaison Internationale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfiguration des disciplines scientifiques et technologiques dans l'enseignement secondaire français (1971-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque " Reconfigurations dans le paysage disciplinaire des sciences "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éducation scientifique et technologique en maternelle : quelle construction par l'enseignant et par l'enfant ? Quelles traces de ces constructions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Bisault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">86ème colloque National de l'AGEEM. Grandir et se construire : l'enjeu des traces à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Chaumont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelques spécificités du système scolaire français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Priolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Brau-Antony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martinez Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Niclot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Premières rencontres internationales de la recherche ISEP-CI (Instruction et Socialisation chez les Enseignants du Primaire : une Comparaison Internationale)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identité culturelle de l'école maternelle, identité professionnelle de ses enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er colloque de l'Association Transdisciplinaire de Recherches Historiques en Éducation (ATRHE), Éducation et identités : perspectives historiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Gennevilliers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les traces de l'école maternelle : repères historiques, spécificités, spécialité enseignante et enjeux de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">86ème colloque National de l'AGEEM. Grandir et se construire : l'enjeu des traces à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Chaumont, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enjeux d'une éducation scientifique et technique à l'école maternelle et pratiques dans les classes : quelles clés pour une éducation scientifique et technique à l'école maternelle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès académique de l'AGEEM, Apprendre et découvrir le monde du vivant, des objets, de la matière à l'école maternelle : pour une éducation scientifique et technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Curriculum d'éducation scientifique et technologique et spécialité enseignante à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Curriculum d'éducation scientifique et technologique et spécialité enseignante à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Bordeaux, France. pp.CédéRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La professionnalité enseignante et l'éducation scientifique et technologique à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIIe congrès international de l'Association Mondiale des Sciences de l'Éducation (AMSÉ), Les recherches en éducation et en formation : enjeux et défis d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spécificités de la composition des moments scolaires à l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Spécificités de la composition des moments scolaires à l'école maternelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Lille, France. pp.CédéRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérer l'incertitude : un attribut de la spécialité des enseignants de l'école maternelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude de l'école doctorale de l'Université Paris Descartes, Face à l'incertitude</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987030v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations d'alliance et d'opposition entre acteurs des disciplines scientifiques et technologiques lors des séances plénières de la commission Lagarrigue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réformer les disciplines scolaires, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les séances plénières de la commission Lagarrigue (1971-1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Lebeaume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Lamoure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les séances plénières de la commission Lagarrigue (1971-1974)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Chamonix, France. pp.CédéRom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mots-clés des curricula</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Raulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faouzia Kalali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Legrand-Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luisa Lombardi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Paris Cité. Université Paris Cité, 2024, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.53480/curricula.95a1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04630313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graines de scientifiques en maternelle. Explorer le monde du vivant, des objets et de la matière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociologie des pratiques musicales des collègiens et lycéens à l'ère numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Segré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions L'Harmattan, 2016, 978-2-343-10440-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurations dans le paysage disciplinaire des sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques André Editeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 978-2-7570-0348-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01344583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants issus des immigrations : modalités d’accès au groupe professionnel, représentations du métier et de l’école.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Legendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SUDEL, 2006, 2-7162-0259-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en compte du contexte dans l’élaboration et la circulation de savoirs et de ressources pour l’enseignement des sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Backes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cabodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Ghomman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Monod-Ansaldi, R, Loisy, C et Gruson, B. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le réseau des lieux d’éducation associés à l’institut français de l’éducation. Un instrument pour la recherche en éducation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-.60, Presses Universitaires de Rennes., 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les enseignants français du XXIème siècle et les idéaux de l’École de la République : instruction et socialisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Niclot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Philippot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Priolet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yves Lenoir; Jimmy Bourque; Abdelkrim Hasni. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les finalités éducatives scolaires : une étude critique des approches théoriques, philosophiques et idéologiques. Tome 2, Conceptions des finalités et des disciplines scolaires chez des enseignants du primaire : une étude comparative internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Cursus universitaire, 2022, 978-2-924801-08-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estudiar las desigualdades relacionadas con la enfermedad y la discapacidad con un álbum ilustrado en la escuela primaria. In A. Promonet & D. Niclot (Dir.), Agir pour les réussites scolaires (pp. 95-109). Nîmes : Champ Social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agir pour les réussites scolaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03581225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre une image d’un album de jeunesse pour questionner les relations alimentaires d’un écosystème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Pouey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Charles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour une éducation scientifique et technologique des enfants de moins de six ans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Grenoble Alpes, pp. 37-49, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La métamorphose animale dans les albums documentaires et les albums de fiction réaliste: un levier épistémologique à l’usage des enfants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A-M Mercier-Faivre; D. Perrin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Métamorphoses en culture d’enfance et d’adolescence. Questions de genres</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Bordeaux, pp.273-285, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">la métamorphose animale en question dans les albums de jeunesse.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bruguiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O. Perru, P. Lautesse et F. Charles. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une éducation à la pensée scientifique pour une société plus juste. Education, citoyenneté, pensée scientifique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin, pp. 49-68, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02463353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former les professeurs des écoles à l’éducation scientifique par l’éducation scientifique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfa Soudani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier PERRU, Frédéric CHARLES et Philippe LAUTESSE, dir. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une éducation à la pensée scientifique pour une société plus juste.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vrin., pp.21-50, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01818399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre logique républicaine et ouverture internationale : le système éducatif français à la croisée des chemins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Brau-Antony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Martinez-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryvonne Priolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Niclot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches sur les pratiques d'enseignement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bulletin de la CRCIE, pp.13-24, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les relations d'alliance et d'opposition entre acteurs des disciplines scientifiques et technologiques lors des séances plénières de la commission Lagarrigue (1971-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réformer les disciplines scolaires, XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Caen, à paraître, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir le monde de la nature et des objets avant six ans à l'école maternelle : spécificités du curriculum, spécialité des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archives de la commission Lagarrigue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La première éducation scientifique et technologique des enfants de deux à sept ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00986919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les archives de la commission Lagarrigue (1970-1975)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00987870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir le monde de la nature et des objets avant six ans à l’école maternelle : spécificités du curriculum, spécialité des enseignants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Charles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education. Université René Descartes - Paris V, 2012. Français. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2012PA05H023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00789811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId117"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04326304v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Charles" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvet-Chanoine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bisault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436607v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2978" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-SKM73B08-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870389v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bruguiere" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-018-9959-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188895v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Soudani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Pouey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Monin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986933v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986185v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lebeaume" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559133v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699717v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rollinde" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Amandine Decroix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463290v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657396v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463294v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870489v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189127v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Soudani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189158v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cabodi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;d Sarafian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01708972v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870458v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435413v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435408v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philibert Maud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435403v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Heraud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690747v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Triquet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297453v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986057v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979916v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Paulin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine B&#233;cu-Robinault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987872v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Robinault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987048v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Martel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ville" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987043v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillou&#234;t" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987871v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986182v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987037v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987039v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987874v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Priolet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brau-Antony" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martinez Perez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Niclot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987032v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987876v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987031v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986055v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987030v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987027v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986051v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lamoure" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630313v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Raulin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzia Kalali" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Legrand-Mouton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Lombardi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53480/curricula.95a1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436615v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165318v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Segr&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344583v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Simon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jacques-andre-editeur.eu/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015370v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338463v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Backes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Ghomman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876650v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Philippot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581225v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338435v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463276v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463353v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818399v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986930v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martinez-Perez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986928v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987868v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986919v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987870v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00789811v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA05H023" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04326304v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Charles" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvet-Chanoine" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bisault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436607v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2978" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-SKM73B08-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870389v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bruguiere" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perru" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11191-018-9959-x" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188895v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Soudani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Pouey" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Monin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986933v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986185v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lebeaume" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03559133v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03699717v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rollinde" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Amandine Decroix" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463290v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657396v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463294v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870489v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189127v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Soudani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189158v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cabodi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;d Sarafian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01708972v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870458v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435413v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435408v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philibert Maud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435403v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Loup Heraud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870480v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01690747v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00982556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Triquet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01297453v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987871v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986182v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986057v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979916v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aldon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Paulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine B&#233;cu-Robinault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987872v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Robinault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987048v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Martel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ville" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillou&#234;t" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987037v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987039v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987874v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01726181v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Priolet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Brau-Antony" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martinez Perez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Niclot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987032v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987875v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987876v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987031v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987030v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987027v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986051v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lamoure" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630313v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Raulin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzia Kalali" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lange" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Legrand-Mouton" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Lombardi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53480/curricula.95a1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436615v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165318v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Segr&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01344583v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Simon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jacques-andre-editeur.eu/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015370v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338463v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Backes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Ghomman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876650v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Philippot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581225v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338435v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463276v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463353v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01818399v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986930v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Martinez-Perez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986928v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987868v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986922v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00986919v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00987870v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00789811v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012PA05H023" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>