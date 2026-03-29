--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -2363,256 +2363,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01019246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil water stress affects both cuticular wax content and cuticle-related gene expression in young saplings of maritime pine (Pinus pinaster Ait)</w:t>
+                <w:t xml:space="preserve">Reconstitution de la forêt par régénération artificielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire G. Le Provost</w:t>
+                <w:t xml:space="preserve">Pierre Alazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Domergue</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Danjon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Plant Biology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers de la Reconstitution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 3</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02648235v1</w:t>
+                <w:t xml:space="preserve">hal-02647065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstitution de la forêt par régénération artificielle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil water stress affects both cuticular wax content and cuticle-related gene expression in young saplings of maritime pine (Pinus pinaster Ait)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire G. Le Provost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Domergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline C. Lalanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricio Ramos Campos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Alazard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antoine Grosbois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de la Reconstitution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2229-13-95⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647065v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep phenotyping of coarse root architecture in R. pseudoacacia reveals that tree root system plasticity is confined within its architectural model</w:t>
               </w:r>
@@ -3194,51 +3194,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel A. Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3328,51 +3328,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel Porté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4759,51 +4759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 217, pp.49-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5613,234 +5613,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03352239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre les modifications du système racinaire du pin induites par la plantation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling tree anchorage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Défossez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Danjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Fourcaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conseil d'Orientation du Groupe Pin Maritime du Futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS GPMF, Dec 2020, Cestas, France</w:t>
+              <w:t xml:space="preserve">Side-Event icropm2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03357755v1</w:t>
+                <w:t xml:space="preserve">hal-02789797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling tree anchorage</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comprendre les modifications du système racinaire du pin induites par la plantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Danjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Meredieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Side-Event icropm2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Conseil d'Orientation du Groupe Pin Maritime du Futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS GPMF, Dec 2020, Cestas, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789797v1</w:t>
+                <w:t xml:space="preserve">hal-03357755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définir une densité de plantation : comment et pour quels objectifs?</w:t>
               </w:r>
@@ -7209,277 +7209,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01197011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree resistance to wind: the effects of soil conditions on tree stability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Root architecture and anchorage: what we learned from maritime pine on sandy soils in the Landes forest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Danjon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Defossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Trichet</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Saint Cast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Danquechin Dorval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Française de Mécanique (AFM). FRA., Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">Mathematical Modelling of Wind Damage Risk to Forests</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01512211v1</w:t>
+                <w:t xml:space="preserve">hal-01594768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Root architecture and anchorage: what we learned from maritime pine on sandy soils in the Landes forest</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tree resistance to wind: the effects of soil conditions on tree stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Defossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Danquechin Dorval</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Bonnefond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Garrigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mathematical Modelling of Wind Damage Risk to Forests</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Arcachon, France</w:t>
+              <w:t xml:space="preserve">22. Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Française de Mécanique (AFM). FRA., Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01594768v1</w:t>
+                <w:t xml:space="preserve">hal-01512211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling tree anchorage - Applications to Pinus pinaster</w:t>
               </w:r>
@@ -8674,51 +8674,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire G. Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc J.-M. Gion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9157,51 +9157,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bosc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Ogée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Sartore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9295,51 +9295,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel A. Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium on Dynamics of Physiological Processes in Roots of Woody Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Bangor, United Kingdom. 1 p</w:t>
@@ -9757,51 +9757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Danjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhizosphere 2. International conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Montpellier, France</w:t>
@@ -9856,51 +9856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude C. Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11181,51 +11181,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque sur les Racines principales, structures et fonctionnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1998, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11552,51 +11552,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel A. Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1998, Clermont-Ferrand, France</w:t>
@@ -12313,51 +12313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Canteloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Alazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Issenhuth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12550,51 +12550,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Meredieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Danjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire G. Le Provost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12701,51 +12701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Ronald M. R. Bakker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic F. Danjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COST 38 Meeting, Roots, mycorrhizas and their external mycelia in carbon dynamics in forest soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Rovaniemi, Finland. n.p., 2006</w:t>
@@ -13111,51 +13111,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Burlett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Sartore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Delzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13370,51 +13370,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Loustau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel A. Porte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Annual Conference of EFI : models for sustainable management of temperate plantation forests</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2000, Bordeaux, France. 2000</w:t>
@@ -15307,51 +15307,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9D0450D9"/>
+    <w:nsid w:val="2C407DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15538,51 +15538,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-danjon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9104-9808" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119891735" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653663v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danjon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danquechin Dorval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-024-06807-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517541v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barczi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Beroueg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Couvreur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab035" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03106706v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline D&#233;fossez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Veylon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonnefond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Garrigou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118614" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02982090v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04736-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957418v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Knappett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Leung" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Ciantia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Liang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04636-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618367v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint-Cast" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Defossez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04228-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619296v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04039-4" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837400v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Danjon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1665-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837360v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2992-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Danjon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcw098" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605831v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607916v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Raffin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lung" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Merzeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Achat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Bakker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12127" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629752v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Brunet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline P. Defossez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/86gz-mt90" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078395v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu122" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643965v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652158v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Andrea Vald&#233;s-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odil&#243;n S&#225;nchez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo P&#233;rez-V&#225;zquez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua S. Caplan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/827295" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019246v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fortin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00402" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648235v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire G. Le Provost" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line C. Lalanne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Ramos Campos" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grosbois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-13-95" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647065v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alazard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650311v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Khuder" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Stokes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0083548" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652054v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Reubens" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.M.J. Achten" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Maes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aerts" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2010.09.011" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660197v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Reubens" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pannemans" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice de Proft" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah de Baets" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-009-0360-x" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DKF32R2X-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664520v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/fymy-fz58" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660993v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel A. Porte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2008059" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883425v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Port&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659107v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-007-9470-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C6139CCE3F434355D92B50801708EB42474EA61/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664563v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tobin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chiatante" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Lorio" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupuy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/11263500701626283" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khuder" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gouskou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-007-9232-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FPW8RV02-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668904v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Poesen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Geudens" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Muys" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-007-0132-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D5F5DB5FE2477DC0F4CCD499AAA8F0B330C002A8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662625v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.C. Nicoll" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Achim" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-006-0085-z" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VWX58P7V-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656160v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016510v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2005.01497.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683318v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tamasi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lasserre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-004-0396-x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7F5C1H3J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671973v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676319v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696125v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Champion" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Dewar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/014311600210047" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697899v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Godin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00827481v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sinoquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Drexhage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1004680824612" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-164SM5F6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712481v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Wehrlen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712122v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708170v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Herv&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709363v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701891v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723242v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Tandonnet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l S&#233;gura" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352239v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357755v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789797v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789564v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bailly" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bastien" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthelot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Cailly" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787291v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787682v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787643v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734763v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786914v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795941v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594760v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cointe" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coureau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Morel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837333v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rigolot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dhote" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739977v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535371v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pimont" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupuy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Gardiner" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197011v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Fraysse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512211v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594768v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740109v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543469v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792968v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739326v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Archereau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Le Ferrec" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803066v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine A. Danquechin Dorval" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cavaignac" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072303v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Bonnesoeur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bravo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748237v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746045v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.A. Valdes-Rodriguez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sanchez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Angeles" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Caplan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746046v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Collin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Issenhuth" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964766v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Burlett" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813263v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gonzalez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Gion" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754108v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Eveno" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821459v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Lagane" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753857v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brach" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814044v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sartore" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817215v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820398v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822527v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Windey" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818137v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Nicoll" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Di Iorio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Chiatante" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756501v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Plassard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821961v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814096v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Barker" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754326v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818721v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Galionis" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762986v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carrasco de Larriva" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762565v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760681v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761106v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244043v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dupuy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831391v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762451v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831365v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831387v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831386v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Espagnet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770089v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770310v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770785v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cast&#233;ra" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Najar" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770331v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778669v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jean" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cluzeau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281662v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352220v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787853v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581542v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197010v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Svahn" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Canteloup" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800983v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754109v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814725v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820566v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic L. Pag&#232;s" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Descorps" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754079v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762568v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831244v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kowalski" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Burlett" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831364v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840927v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771478v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courdier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791795v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824397v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820520v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794626v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baumann" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thidet" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hutin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Forero Mendoza" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804926v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806500v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/mono/10.1201/b14550-37/root-systems-woody-plants-amram-eshel-tom-beeckman?context=ubx&amp;amp;refId=141ccd68-0389-461a-b0ad-3ac784b6f4fa" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195026v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dr&#233;nou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818098v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald Bakker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194970v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad Abd. Ghani" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Jeannin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-5593-5_16" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845501v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848790v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02807919v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831389v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02850856v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848875v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lemoine" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arbez" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baradat" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nepveu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-danjon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9104-9808" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/119891735" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04653663v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danjon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Danquechin Dorval" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meredieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-024-06807-3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517541v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barczi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Beroueg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Couvreur" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab035" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03106706v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline D&#233;fossez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Veylon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bonnefond" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Garrigou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118614" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02982090v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint Cast" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04736-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957418v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Zhang" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Knappett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.K. Leung" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.O. Ciantia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Liang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04636-8" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618367v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Saint-Cast" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Defossez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04228-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619296v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04039-4" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837400v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Danjon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Fourcaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-018-1665-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837360v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-2992-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Danjon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcw098" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605831v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607916v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Raffin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lung" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Merzeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592634v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Achat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Bakker" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bernier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12127" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629752v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Brunet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline P. Defossez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/86gz-mt90" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02078395v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu122" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643965v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652158v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ofelia Andrea Vald&#233;s-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odil&#243;n S&#225;nchez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo P&#233;rez-V&#225;zquez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua S. Caplan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/827295" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019246v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fortin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2013.00402" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647065v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alazard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Trichet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648235v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire G. Le Provost" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Domergue" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line C. Lalanne" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricio Ramos Campos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grosbois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2229-13-95" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650311v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifa Khuder" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Stokes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0083548" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652054v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Reubens" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.M.J. Achten" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.H. Maes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aerts" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaridenv.2010.09.011" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660197v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Reubens" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Pannemans" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice de Proft" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah de Baets" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-009-0360-x" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DKF32R2X-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664696v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664520v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/fymy-fz58" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660993v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel A. Porte" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2008059" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883425v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Port&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659107v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-007-9470-7" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1C6139CCE3F434355D92B50801708EB42474EA61/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664563v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tobin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chiatante" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Di Lorio" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dupuy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/11263500701626283" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00174690v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Khuder" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gouskou" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-007-9232-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FPW8RV02-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668904v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Poesen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Geudens" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Muys" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-007-0132-4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D5F5DB5FE2477DC0F4CCD499AAA8F0B330C002A8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662625v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.C. Nicoll" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Berthier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Achim" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-006-0085-z" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VWX58P7V-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656160v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016510v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2005.01497.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683318v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tamasi" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lasserre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-004-0396-x" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7F5C1H3J-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671973v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676319v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lagane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696125v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Champion" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rod Dewar" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loustau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/014311600210047" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697899v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Godin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00827481v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sinoquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Godin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Colin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Drexhage" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1004680824612" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-164SM5F6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712481v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Colin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Wehrlen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712122v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708170v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Herv&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02709363v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701891v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04723242v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Tandonnet" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boudon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l S&#233;gura" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352239v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789797v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03357755v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789564v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bailly" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Bastien" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berthelot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Cailly" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787291v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787682v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787643v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734763v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786914v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795941v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594760v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cointe" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Coureau" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Morel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837333v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rigolot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Dhote" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739977v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535371v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pimont" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupuy" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Gardiner" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197011v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Fraysse" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594768v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512211v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740109v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543469v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792968v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739326v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Archereau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Le Ferrec" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803066v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine A. Danquechin Dorval" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Cavaignac" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01072303v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Bonnesoeur" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bravo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748237v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald M. R. Bakker" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746045v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.A. Valdes-Rodriguez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sanchez" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Angeles" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.S. Caplan" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746046v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Collin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Issenhuth" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964766v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis R. Burlett" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813263v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Gonzalez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Gion" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754108v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Eveno" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821459v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. Lagane" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753857v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hubert" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Brach" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814044v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bosc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Sartore" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817215v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820398v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822527v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Windey" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818137v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Nicoll" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Di Iorio" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Chiatante" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756501v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Plassard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02821961v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814096v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.H. Barker" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754326v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818721v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitris Galionis" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762986v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carrasco de Larriva" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762565v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760681v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761106v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01244043v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dupuy" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831391v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762451v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831365v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831387v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831386v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Espagnet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770089v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770310v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770785v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cast&#233;ra" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Najar" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770331v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778669v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jean" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cluzeau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04281662v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ollat" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03352220v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787853v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581542v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197010v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Svahn" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Canteloup" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800983v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc J.-M. Bonnefond" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754109v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02814725v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820566v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic L. Pag&#232;s" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Descorps" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754079v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762568v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831244v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kowalski" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Burlett" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831364v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02840927v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02771478v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pot" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Courdier" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791795v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824397v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Landmann" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820520v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02794626v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baumann" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Thidet" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hutin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Forero Mendoza" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804926v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806500v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.taylorfrancis.com/chapters/mono/10.1201/b14550-37/root-systems-woody-plants-amram-eshel-tom-beeckman?context=ubx&amp;amp;refId=141ccd68-0389-461a-b0ad-3ac784b6f4fa" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195026v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dr&#233;nou" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818098v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald Bakker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194970v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murad Abd. Ghani" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salin" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Jeannin" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-5593-5_16" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02845501v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848790v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02807919v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831389v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02850856v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848875v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lemoine" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Arbez" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baradat" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nepveu" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>