--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,4434 +66,4434 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (12)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sexe influence-t-il les dommages musculaires induits par l’exercice : une question de méthodologie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boissière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Dine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21ème congrès international de l’ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des chercheurs en activités physiques et sportives, Oct 2025, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05338849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact d’un entraînement régulier de sprints sur les performances des jeunes joueuses de rugby</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les développements durables en Activités Physiques et Sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Chercheurs en Activités Physiques et Sportives, Oct 2025, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05342509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progesterone and estradiol levels do not correlate with sprint performance in young players without contraception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic N. Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Congress of Sport Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786886v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effects of different types of exercise on mitochondrial adaptations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic N. Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Européanismes Congress of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GPS and subjective data do not correlate with muscle damage assessed by blood creatine kinase level following international women's rugby union game</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Delaitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Piscione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Congress of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECSS, Jul 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le suivi biologique des dommages musculaires : intérêts des CPK et la myoglobine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic N. Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04786875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physiological demands of men academy rugby union players at national level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Zamia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th congress of European College Of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Séville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04494067v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of the physical characteristics of the French women's rugby seven and union: A ten-year longitudinal analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boissiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Joncherey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joris Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th congress of European College Of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Séville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physiological demands of men academy rugby union players at national level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Zamia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Congress of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Seville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des facteurs déterminants la performance selon le degré de pente en trail-running</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Hingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès scientifique de l'Université de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dietary (-)-epicatechin boosts NAD+ metabolism and stimulates mitochondrial biogenesis in skeletal muscle from mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexane Cuillerier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Touron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Bensaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Congress of Sport Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Seville, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulation de la biogenèse mitochondriale : rôle non exclusif de PGC1a</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Congrès International de l’ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sepsis Induces Long‐Term Muscle and Mitochondrial Dysfunction due to Autophagy Disruption Amenable by Urolithin A</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raphael Romien</w:t>
+                <w:t xml:space="preserve">Multi-therapeutic strategy targeting Akt-mTOR and FoxO1 pathway to counteract skeletal muscle atrophy consecutive to hypoxia.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Bensaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Yahya Rajaei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Claeyssen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcsm.70041⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, American Journal of Physiology - Cell Physiology, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/ajpcell.00851.2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300295v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early sensorimotor restriction in rats induces age-dependent mitochondrial alterations in skeletal muscles and brain structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Van Gaever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Canu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, The Journal of Physiology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1113/JP287765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04977305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-therapeutic strategy targeting Akt-mTOR and FoxO1 pathway to counteract skeletal muscle atrophy consecutive to hypoxia.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physical Demands and Muscle-Induced Damage in Women's Rugby Union World Cup Matches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Bensaid</w:t>
+                <w:t xml:space="preserve">Julien Piscione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudine Fabre</w:t>
+                <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amir Yahya Rajaei</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Physiology - Cell Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1152/ajpcell.00851.2024⟩</w:t>
+              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Journal of Strength and Conditioning Research, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000005106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05097040v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05057790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physical Demands and Muscle-Induced Damage in Women's Rugby Union World Cup Matches.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sepsis Induces Long‐Term Muscle and Mitochondrial Dysfunction due to Autophagy Disruption Amenable by Urolithin A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Favory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Brassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bourel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Romien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000005106⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cachexia, Sarcopenia and Muscle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcsm.70041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05057790v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the physical characteristics of the French women's rugby players: A 10-year longitudinal analysis by position and team.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Piscione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 5, pp.1120162. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fspor.2023.1120162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04111696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sepsis-like Energy Deficit Is Not Sufficient to Induce Early Muscle Fiber Atrophy and Mitochondrial Dysfunction in a Murine Sepsis Model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Favory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Brassart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Wallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Biology (Basel), 12 (4), pp.529. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/biology12040529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological Responses to Supramaximal Running Exercise with End-Expiratory Breath Holding up to the Breaking Point</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Woorons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Mucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Kinetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Journal of Human Kinetics, 90, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5114/jhk/174465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Power Is More Relevant Than Ascensional Speed to Determine Metabolic Demand at Different Gradient Slopes During Running</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Hingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Journal of Strength and Conditioning Research, 37 (11), pp.2298-2301. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1519/jsc.0000000000004598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04274690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The intra-mitochondrial O-GlcNAcylation system rapidly modulates OXPHOS function and ROS release in the heart.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Bultot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Vertommen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communications Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 5, pp.349. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s42003-022-03282-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From mitochondria to sarcopenia: Role of inflammaging and RAGE-ligand axis implication.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steve Lancel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Gerontology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Experimental Gerontology, pp.111247. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.exger.2021.111247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04112162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Waters Enriched in O2 by Injection or Electrolysis on Performance and the Cardiopulmonary and Acid-Base Response to High Intensity Exercise.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Péronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Lonsdorfer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Doutreleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Nutrients, 13 (12), pp.4320. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/nu13124320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03522530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietary Cocoa Flavanols Enhance Mitochondrial Function in Skeletal Muscle and Modify Whole-Body Metabolism in Healthy Mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Nicolas Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexane Cuillerier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julianne Touron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (10), pp.3466. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/nu13103466⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03630539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of (-)-epicatechin on mitochondria.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Burelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrition reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Nutrition reviews, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nutrit/nuaa094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02978637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muscle Oxygen Supply and Use in Type 1 Diabetes, From Ambient Air to the Mitochondrial Respiratory Chain: Is There a Limiting Step?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Heyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Wieczorek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Caiazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Matran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.dc191125. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2337/dc19-1125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuous exercise induces airway epithelium damage while a matched-intensity and volume intermittent exercise does not</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dekerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosie Twomey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfred Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Respiratory Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20, pp.12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s12931-019-0978-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02557315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isokinetic torque imbalances of shoulder of the french women''''s national water polo team</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Science &amp; sports, 34, pp.82-87. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scispo.2018.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physiological comparison of intensity-controlled, isocaloric intermittent and continuous exercise.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dekerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Sport Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, European journal of sport science, pp.1-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/17461391.2018.1491627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships Between Isokinetic Shoulder Evaluation and Fitness Characteristics of Elite French Female Water-Polo Players</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Human Kinetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Journal of human kinetics, 64, pp.5-11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/hukin-2017-0181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02378926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of work: rest cycle duration on VO2 fluctuations during intermittent exercise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dekerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Journal of sports sciences, 35, pp.7-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02640414.2016.1154591⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exercise-induced metabolic fluctuations influence AMPK, p38-MAPK and CaMKII phosphorylation in human skeletal muscle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Dekerle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Webborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Watt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bougault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physiological Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Physiological reports, 3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14814/phy2.12462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02390518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiopsies versus Bergstrom needle for skeletal muscle sampling: impact on maximal mitochondrial respiration rate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. E. Isner-Horobeti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Charton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Geny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. P. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 114 (5), pp.885 - 889. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00421-014-2819-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02632606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Different Timing of Changes in Mitochondrial Functions following Endurance Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic N. Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Rasseneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamal Bouitbir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane P. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medicine and Science in Sports and Exercise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 44 (2), pp.217 - 224. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1249/MSS.0b013e31822b0bd4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02644467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peroxisome proliferator-activated receptor γ coactivator 1-α gene transfer restores mitochondrial biomass and improves mitochondrial calcium handling in post-necrotic mdx mouse skeletal muscle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Matecki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basil Petrof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 590, pp.5487 - 5502. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1113/jphysiol.2012.240390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02545018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AMPK Activation Stimulates Autophagy and Ameliorates Muscular Dystrophy in the mdx Mouse Diaphragm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pauly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan Burelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Pathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 181 (2), pp.583-592. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ajpath.2012.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02546568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resveratrol improves mitochondrial function and protects against metabolic disease by activating SIRT1 and PGC-1alpha.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lagouge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmen A Argmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zachary Gerhart-Hines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Meziane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carles Lerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 127 (6), pp.1109-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cell.2006.11.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00188005v1</w:t>
-              </w:r>
-[...1247 lines deleted...]
-                <w:t xml:space="preserve">hal-04443127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4511,103 +4511,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex does not influence CK level kinetic after eccentric exercise?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Delforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European College of Sport Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Glasgow, France</w:t>
@@ -4636,103 +4636,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic polymorphisms influence on sports injuries and muscle damage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Delforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Imbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Dine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECSS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4757,103 +4757,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are physical characteristics different between women's international XV and seven rugby?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Delforge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Joncheray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joris Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Sport Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Séville, Spain</w:t>
@@ -4895,90 +4895,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profil d'oxygénation musculaire lors d'un exercice à charge constante dans deux types de myopathies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Pradeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Allart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Boissiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34e Congrès de la Société Française de Médecine Physique et de Réadaptation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Bordeaux, France</w:t>
@@ -5039,103 +5039,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cardiopulmonary responses and muscle strength influence running performance parameters differently at different slopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Hingrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Daussin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5322,51 +5322,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300295v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pierre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Favory" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Brassart" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Romien" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.70041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04977305v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Van Gaever" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Canu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Daussin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP287765" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05097040v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Fabre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Yahya Rajaei" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Claeyssen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00851.2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05057790v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Imbert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piscione" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000005106" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04111696v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Imbert" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piscione" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couderc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Joncheray" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2023.1120162" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112151v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12040529" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04443180v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Woorons" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Combes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mucci" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/jhk/174465" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04274690v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Hingrand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Olivier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/jsc.0000000000004598" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112166v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dontaine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouali" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bultot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vertommen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03282-3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112162v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boulanger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lancel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2021.111247" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03522530v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daussin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;ronnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lonsdorfer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Doutreleau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13124320" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630539v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nicolas Daussin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexane Cuillerier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Touron" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Melo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13103466" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02978637v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Heyman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Burelle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nutrit/nuaa094" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02378910v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Daussin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Wieczorek" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Caiazzo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Matran" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc19-1125" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02557315v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dekerle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dumont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosie Twomey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Bernard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-019-0978-1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375929v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.10.003" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390646v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bougault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1491627" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02378926v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hukin-2017-0181" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390692v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2016.1154591" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390518v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Webborn" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Watt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.12462" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632606v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Isner-Horobeti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charton" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Geny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Dufour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-014-2819-8" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644467v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic N. Daussin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rasseneur" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bouitbir" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Charles" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane P. Dufour" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e31822b0bd4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02545018v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Godin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matecki" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Li" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Petrof" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2012.240390" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02546568v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pauly" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2012.04.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188005v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagouge" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen A Argmann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Gerhart-Hines" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Meziane" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Lerin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2006.11.013" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338849v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delforge" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dupont" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342509v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04786886v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04786882v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552124v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delaitre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04786875v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04494067v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zamia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04492323v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissiere" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncherey" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Vincent" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552126v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Zamia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552128v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552129v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Touron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04443127v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04792301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04247185v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05034932v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04491834v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pradeau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Allart" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342382v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delforge" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Imbert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dupont" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342509v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Daussin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04786886v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic N. Daussin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04786882v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552124v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Imbert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Delaitre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Piscione" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncheray" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Daussin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04786875v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04494067v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zamia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04492323v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissiere" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Joncherey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joris Vincent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552126v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Zamia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552128v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Hingrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Combes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Olivier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04552129v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexane Cuillerier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Touron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Melo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04443127v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05097040v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Fabre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Yahya Rajaei" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Claeyssen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpcell.00851.2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04977305v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Van Gaever" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dupuy" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupont" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Canu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP287765" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05057790v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000005106" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300295v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pierre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Favory" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Brassart" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Romien" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcsm.70041" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04111696v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Piscione" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Couderc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Joncheray" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2023.1120162" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112151v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Wallet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology12040529" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04443180v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Woorons" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mucci" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/jhk/174465" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04274690v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/jsc.0000000000004598" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112166v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dontaine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bouali" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bultot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Vertommen" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03282-3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04112162v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boulanger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Lancel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exger.2021.111247" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03522530v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois P&#233;ronnet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lonsdorfer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Doutreleau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13124320" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630539v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Nicolas Daussin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julianne Touron" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13103466" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02978637v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Heyman" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Burelle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nutrit/nuaa094" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02378910v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Daussin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Wieczorek" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Caiazzo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Matran" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/dc19-1125" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-02557315v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Dekerle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dumont" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosie Twomey" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfred Bernard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12931-019-0978-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02375929v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scispo.2018.10.003" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390646v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bougault" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2018.1491627" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02378926v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/hukin-2017-0181" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390692v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2016.1154591" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02390518v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Webborn" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Watt" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14814/phy2.12462" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632606v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Isner-Horobeti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Charton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Geny" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. P. Dufour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-014-2819-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644467v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Rasseneur" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bouitbir" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Charles" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane P. Dufour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1249/MSS.0b013e31822b0bd4" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02545018v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Godin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Matecki" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Li" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basil Petrof" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2012.240390" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02546568v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pauly" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajpath.2012.04.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00188005v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagouge" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen A Argmann" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Gerhart-Hines" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Meziane" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Lerin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2006.11.013" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04792301v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04247185v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05034932v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04491834v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pradeau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Allart" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04342382v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>