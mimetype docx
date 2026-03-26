--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2344,277 +2344,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The thioredoxin h system: potential applications</w:t>
+                <w:t xml:space="preserve">Structure of a liganded type 2 non-specific lipid-transfer protein from wheat and the molecular basis of lipid binding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Joudrier</w:t>
+                <w:t xml:space="preserve">F. Hoh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
+                <w:t xml:space="preserve">J.L. Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karoly Kobrehel</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology Advances</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 61, pp.397-406</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02683364v1</w:t>
+                <w:t xml:space="preserve">hal-02674377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of a liganded type 2 non-specific lipid-transfer protein from wheat and the molecular basis of lipid binding</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The thioredoxin h system: potential applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Joudrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Hoh</w:t>
+                <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Pons</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Dumas</w:t>
+                <w:t xml:space="preserve">Karoly Kobrehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biotechnology Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 23 (1), pp.81-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biotechadv.2004.09.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674377v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of a liganded type 2 non-specific lipid-transfer protein from wheat and the molecular basis of lipid binding</w:t>
               </w:r>
@@ -2824,123 +2824,123 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The thioredoxin h system: potential applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Joudrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Kobrehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 23 (1), pp.81-85. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.biotechadv.2004.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03321200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -2970,51 +2970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-André Delsuc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3358,64 +3358,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Vagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Roumestand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3625,51 +3625,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vianey-Liaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Duviau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoly Kobrehel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 48, pp.4978-4983</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3733,51 +3733,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Issaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Boze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3867,51 +3867,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Guirao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joudrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 252 (2), pp.314-324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4070,51 +4070,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports potentiels de la transgénèse pour l'amélioration de la qualité des blés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joudrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4122,51 +4122,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoly Kobrehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industries des Céréales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 106, pp.10-14</w:t>
@@ -4874,51 +4874,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-based classification of the plant non-specific lipid transfer protein superfamily towards its functional characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dufayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4999,51 +4999,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-based classification of the plant non-specific lipid transfer protein superfamily towards its functional characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dufayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5163,51 +5163,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie N. Geneix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Bouchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Graines 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2011, Nantes, France</w:t>
@@ -5249,51 +5249,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-based classification of the plant non-specific lipid transfer protein superfamily towards its functional characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5370,51 +5370,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a multi-scale and formalized representation of protein sequence-structure-function relationships : the nsLTP family as a case of study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larmande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5495,51 +5495,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a multi-scale and formalized representation of protein sequence-structure-function relationships : the nsLTP family as a case of study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larmande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5620,51 +5620,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a multi-scale and formalized representation of protein sequence-structure-function relationships : the nsLTP family as a case of study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise M. F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Larmande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5916,286 +5916,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01189588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fungal phytotoxins; story-case of cassiicolin, a new proteinaceous host-selective toxin from Corynespora cassiicola</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détermination structurale de la cassiicoline, la toxine glycosylée de Corynespora cassiicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Pujade-Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Duviau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. de Lamotte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Roumestand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brazilian Phytopathological Society Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2007, Paranà, Brazil. n.p</w:t>
+              <w:t xml:space="preserve">Congrès du GERM (Groupe d’Étude de Résonance Magnétique)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Alénya, France. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189575v1</w:t>
+                <w:t xml:space="preserve">hal-01189598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détermination structurale de la cassiicoline, la toxine glycosylée de Corynespora cassiicola</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fungal phytotoxins; story-case of cassiicolin, a new proteinaceous host-selective toxin from Corynespora cassiicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Pujade-Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric F. de Lamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Barthe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric F. de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Roumestand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès du GERM (Groupe d’Étude de Résonance Magnétique)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2007, Alénya, France. n.p</w:t>
+              <w:t xml:space="preserve">Brazilian Phytopathological Society Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Paranà, Brazil. n.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189598v1</w:t>
+                <w:t xml:space="preserve">hal-01189575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular studies of genes involved in quality and drought tolerance: development of probes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joudrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6328,51 +6328,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joudrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on plant proteins from European crops. Food and non-food application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 1996, Nantes, France. pp.52-57, </w:t>
@@ -6410,90 +6410,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des gènes impliqués dans la qualité technologique des blés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joudrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. de La Motte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karoly Kobrehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Alary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6535,51 +6535,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular studies of cysteine-rich proteins from wheat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Lullien Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7481,271 +7481,271 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélectionner un entrepôt thématique de confiance pour la diffusion des données de recherche : note méthodologique Collège Données de la recherche</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">FAIR training handbook</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Yves Arnould</w:t>
+                <w:t xml:space="preserve">Patricia M. Palagi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Stoll</w:t>
+                <w:t xml:space="preserve">Melissa Burke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Arènes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Françoise Genova</w:t>
+                <w:t xml:space="preserve">Allegra Via</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">https://www.ouvrirlascience.fr/donnees-de-la-recherche-comment-choisir-un-entrepot-de-confiance/, 2023</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04295162v1</w:t>
+                <w:t xml:space="preserve">hal-04180277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FAIR training handbook</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
+                <w:t xml:space="preserve">Sélectionner un entrepôt thématique de confiance pour la diffusion des données de recherche : note méthodologique Collège Données de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia M. Palagi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Chiapello</w:t>
+                <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melissa Burke</w:t>
+                <w:t xml:space="preserve">Marie-Emilia Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allegra Via</w:t>
+                <w:t xml:space="preserve">Françoise Genova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">https://www.ouvrirlascience.fr/donnees-de-la-recherche-comment-choisir-un-entrepot-de-confiance/, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (manuel)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04180277v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04295162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Libérez la science, un jeu FAIR-play, série Gestion des données.</w:t>
               </w:r>
@@ -8246,51 +8246,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lullien-Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric F. de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Joudrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: WO1995FR01005. 1995</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8353,51 +8353,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guide simplifié - Gestion des données de vos recherches à l'usage des porteurs de projets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8420,51 +8420,51 @@
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/0ezn-aq96⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05094925v1</w:t>
+                <w:t xml:space="preserve">hal-05094925v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan d'action Assurance Qualité du centre de Montpellier &amp;quot;Juillet 2013 - juillet 2015</w:t>
               </w:r>
@@ -8859,90 +8859,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Définir une approche qualité des données de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Maria Zwölf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Genova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Comité pour la Science Ouverte. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -8964,51 +8964,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommendations for the Adoption of Persistent Identifiers in Higher Education and Research in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric De Lamotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9039,51 +9039,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommandations pour l'adoption des identifiants persistants dans l'enseignement supérieur et la recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9127,51 +9127,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plans de gestion des données : recommandations pour une gestion responsable et ouverte des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Dufayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9245,77 +9245,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faciliter la documentation des données grâce aux métadonnées dans un projet de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9363,77 +9363,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sélectionner un entrepôt thématique de confiance pour le dépôt de données : méthodologie et analyse de l'offre existante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilia Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9485,77 +9485,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selecting a trustworthy subject-specific repository for self-depositing data: methodology and analysis of existing services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric de Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Stoll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Arènes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Emilia Herbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Debard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9778,51 +9778,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="703F1897"/>
+    <w:nsid w:val="B4C63C89"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10009,51 +10009,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-de-lamotte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4234-1172" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148181v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rosnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Lamotte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefort" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-023-00289-5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541670v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufayard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bocs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guignon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Larivi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Louis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqab088" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266388v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fleury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gracy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Gautier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pons" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.7504" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7287/peerj.preprints.27687v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631148v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Hueber" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rouard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couvin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2016.12.002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frouin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Filloux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taillebois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Grenier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Montes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11032-013-9972-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268596v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle G. Cotta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila M. G. Barros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana D. de Almeida" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. de Lamotte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder A. Barbosa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-013-0166-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268129v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wollbrett" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larmande" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-14-126" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268112v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soaharin'Ny Ony Raoseta Rakotondralambo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Rodier-Goud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Rivallan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lussert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Danthu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.02.022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCH2LZ4V-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964742v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine M. Deon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanice Y. Bourr&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Gimenez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique A. Berger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bieysse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2011.10.017" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QH9FH3CZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668957v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elumalai Sunderasan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rusni A. Kadir" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Pujade-Renaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoong Yeet Yeang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10327-008-0137-x" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D13493C96384216086EA9849246612F27948FFBE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657183v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2009.01.029" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N5NDR14B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668494v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Duviau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sanier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Poncet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2006.10.051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58V1ZTC7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665937v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barthe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pujade-Renaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Breton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gargani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2006.11.086" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQPXJTH8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03472322v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659024v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dupuy d'Angeac" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Stefas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Graafland" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Rucheton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20050932" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683364v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joudrier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Gautier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoly Kobrehel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2004.09.003" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P3DQS3M9-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674377v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hoh" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pons" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Gautier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359483v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hoh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dumas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0907444905000417" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4TTHS711-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676488v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321200v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joudrier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Lamotte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kobrehel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675602v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Delsuc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M211683200" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676480v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Setterdahl" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.T. Chivers" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hirasawa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Lemaire" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Keryer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi0302088" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F9H9TFLT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681588v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Klein" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674275v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vagner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roumestand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321203v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vianey-Liaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#225;roly Kobrehel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0003808" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-VMKT4QJV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698329v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vianey-Liaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Duviau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694660v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Issaly" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692932v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lullien Pellerin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1432-1327.1998.2520314.x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692748v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gautier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695368v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Alary" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689362v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Pruvost" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Minard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Delsuc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miginiac-Maslow" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692166v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00788517v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pruvost" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Minard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myroslawa Miginiac-Maslow" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/10.12.1425" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793856v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Deon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Minh Tran" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Fumanal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gimenez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267785v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Gautier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dufayard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745958v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Molina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746029v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747010v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Geneix" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748623v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753839v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753301v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820189v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189588v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bourre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bieysse" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189575v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roumestand" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189598v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842467v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labhilili" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745394v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pruvost" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-03720-1_9" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775426v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de La Motte" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773738v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dieryck" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ihorai" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514911v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choulet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108322v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Khamvongsa-Charbonnier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618277v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konogan Bourhy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bruley" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Collin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric De Lamotte" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507793v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ancelet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Berry" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594479v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Cabanettes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chakiachvili" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739966v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Armero" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franc-Christophe Baurens" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bocs" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Breil" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/natureevents/science/events/31957-the_3rd_plant_genomics_congress_london" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295162v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Arnould" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Stoll" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ar&#232;nes" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilia Herbet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Genova" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180277v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia M. Palagi" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Burke" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allegra Via" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181021v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boussou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Deboin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dedieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auzoux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18167/agritrop/00662" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294137v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridong Chen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Droux" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Goyer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hirel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hodges" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2021.01.012" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801062v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kohler" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Recht" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quinternet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F978-1-4939-2447-9_22" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-2447-9_22" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744831v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05094925v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cufi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/0ezn-aq96" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606211v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruckler" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Balboa" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Daudin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Mazauric" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684489v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Faity" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehne Garcia" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885401v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05349422v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Maria Zw&#246;lf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05272820v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05266777v2" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05505299v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hadrossek" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05455660v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hernandez" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04534321v3" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Debard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04794164v2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00375496v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-de-lamotte" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4234-1172" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148181v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rosnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Lamotte" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lefort" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-023-00289-5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541670v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Dufayard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bocs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guignon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Larivi&#232;re" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Louis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqab088" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266388v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fleury" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gracy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Gautier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pons" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.7504" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112505v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7287/peerj.preprints.27687v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631148v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Hueber" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rouard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Couvin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpb.2016.12.002" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Frouin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Filloux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Taillebois" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Grenier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Montes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11032-013-9972-3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268596v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle G. Cotta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila M. G. Barros" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana D. de Almeida" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric F. de Lamotte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eder A. Barbosa" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11103-013-0166-5" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268129v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wollbrett" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larmande" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ruiz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2105-14-126" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268112v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soaharin'Ny Ony Raoseta Rakotondralambo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Rodier-Goud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Rivallan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lussert" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Danthu" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2013.02.022" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TCH2LZ4V-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964742v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine M. Deon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanice Y. Bourr&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Gimenez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique A. Berger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel D. Bieysse" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2011.10.017" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QH9FH3CZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668957v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elumalai Sunderasan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rusni A. Kadir" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Pujade-Renaud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hoong Yeet Yeang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10327-008-0137-x" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D13493C96384216086EA9849246612F27948FFBE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657183v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2009.01.029" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N5NDR14B-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668494v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Duviau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sanier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Thai" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Poncet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2006.10.051" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58V1ZTC7-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665937v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barthe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pujade-Renaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Breton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gargani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2006.11.086" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CQPXJTH8-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03472322v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659024v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dupuy d'Angeac" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Stefas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Graafland" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Rucheton" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20050932" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674377v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hoh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Pons" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Gautier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683364v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Joudrier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Gautier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karoly Kobrehel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biotechadv.2004.09.003" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P3DQS3M9-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359483v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hoh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dumas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0907444905000417" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4TTHS711-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676488v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321200v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joudrier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de Lamotte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Kobrehel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675602v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Delsuc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M211683200" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676480v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.T. Setterdahl" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.T. Chivers" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hirasawa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.D. Lemaire" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Keryer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bi0302088" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F9H9TFLT-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681588v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Boze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blanchard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Klein" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674275v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vagner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roumestand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321203v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vianey-Liaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#225;roly Kobrehel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf0003808" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-VMKT4QJV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698329v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vianey-Liaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Duviau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694660v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Issaly" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692932v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lullien Pellerin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Guirao" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1432-1327.1998.2520314.x" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692748v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gautier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695368v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Alary" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689362v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Pruvost" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Minard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Delsuc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miginiac-Maslow" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692166v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00788517v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Pruvost" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Minard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myroslawa Miginiac-Maslow" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/10.12.1425" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793856v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Deon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Minh Tran" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Fumanal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Gimenez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267785v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Gautier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dufayard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745958v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Molina" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746029v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747010v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Charton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Serret" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Geneix" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748623v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753839v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752562v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753301v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820189v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189588v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bourre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bieysse" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189598v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Roumestand" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189575v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02842467v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Labhilili" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03745394v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Pruvost" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-662-03720-1_9" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775426v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. de La Motte" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02773738v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Dieryck" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ihorai" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05514911v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Adam-Blondon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gaspin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choulet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108322v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sand" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Batut" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Khamvongsa-Charbonnier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618277v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konogan Bourhy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bouri" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bruley" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Collin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric De Lamotte" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03507793v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Adenot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Ancelet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Aubin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Benaben" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Berry" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01594479v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flor&#233;al Cabanettes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chakiachvili" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739966v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Armero" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franc-Christophe Baurens" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bocs" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Breil" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nature.com/natureevents/science/events/31957-the_3rd_plant_genomics_congress_london" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04180277v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia M. Palagi" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Burke" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allegra Via" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04295162v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Arnould" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Stoll" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ar&#232;nes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Emilia Herbet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Genova" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181021v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boussou" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Deboin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dedieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Auzoux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18167/agritrop/00662" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294137v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ridong Chen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Droux" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Goyer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hirel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hodges" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2021.01.012" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801062v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kohler" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Recht" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Quinternet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/protocol/10.1007%2F978-1-4939-2447-9_22" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-2447-9_22" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744831v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lullien-Pellerin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05094925v2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cufi" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/0ezn-aq96" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606211v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bruckler" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Balboa" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Daudin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Mazauric" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684489v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Faity" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehne Garcia" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885401v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Berry" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05349422v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Maria Zw&#246;lf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05272820v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05266777v2" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05505299v2" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hadrossek" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-05455660v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hernandez" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04534321v3" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Debard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04794164v2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00375496v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>