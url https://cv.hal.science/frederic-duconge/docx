--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -368,338 +368,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aptamer-Based Imaging of Polyisoprenoids in the Malaria Parasite</w:t>
+                <w:t xml:space="preserve">The forkhead DNA-binding domain binds specific G2-rich RNA sequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavia Zimbres</w:t>
+                <w:t xml:space="preserve">Caroline Zutterling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilio Merino</w:t>
+                <w:t xml:space="preserve">Anne-Laure Todeschini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Fourmy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grant Butschek</w:t>
+                <w:t xml:space="preserve">Didier Busso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joshua Butler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Ducongé</w:t>
+                <w:t xml:space="preserve">Xavier Veaute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules29010178⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkad994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382540v1</w:t>
+                <w:t xml:space="preserve">hal-04312092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The forkhead DNA-binding domain binds specific G2-rich RNA sequences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aptamer-Based Imaging of Polyisoprenoids in the Malaria Parasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Zimbres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Zutterling</w:t>
+                <w:t xml:space="preserve">Emilio Merino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Todeschini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Deborah Fourmy</w:t>
+                <w:t xml:space="preserve">Grant Butschek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Busso</w:t>
+                <w:t xml:space="preserve">Joshua Butler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Veaute</w:t>
+                <w:t xml:space="preserve">Frédéric Ducongé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (1), pp.178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gkad994⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/molecules29010178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312092v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and characterization of aptamers targeting ovarian cancer biomarker human epididymis protein 4 for the application in urine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonija Hanžek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ducongé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Siatka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1017,646 +1017,646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-02126980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumor targeted micellar nanocarriers assembled from epipodophyllotoxin-based amphiphiles</w:t>
+                <w:t xml:space="preserve">Real-Time Monitoring of Exosome Enveloped-AAV Spreading by Endomicroscopy Approach: A New Tool for Gene Delivery in the Brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Alliot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ioanna Theodorou</w:t>
+                <w:t xml:space="preserve">Nicola Salvatore Orefice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dinh-Vu Nguyen</w:t>
+                <w:t xml:space="preserve">Benoît Souchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Forier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Duconge</w:t>
+                <w:t xml:space="preserve">Jérôme Braudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Piguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9NR01068H⟩</w:t>
+              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14, pp.237 - 251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.omtm.2019.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02126987v1</w:t>
+                <w:t xml:space="preserve">cea-02997523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Monitoring of Exosome Enveloped-AAV Spreading by Endomicroscopy Approach: A New Tool for Gene Delivery in the Brain</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polyamine transport system-targeted nanometric micelles assembled from epipodophyllotoxin-amphiphiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Braudeau</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Alliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioanna Theodorou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Duconge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Gravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Doris</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Therapy - Methods and Clinical Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.omtm.2019.06.005⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9CC07883E⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02997523v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02389538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyamine transport system-targeted nanometric micelles assembled from epipodophyllotoxin-amphiphiles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Tumor targeted micellar nanocarriers assembled from epipodophyllotoxin-based amphiphiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioanna Theodorou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinh-Vu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Forier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Duconge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 19, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9CC07883E⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9NR01068H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02389538v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02126987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of aptamers for in vivo Molecular Imaging and Theranostics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alix Bouvier-Müller</w:t>
+                <w:t xml:space="preserve">Time-lapse imaging of molecular evolution by high-throughput sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nam Nguyen quang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Henriques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lelandais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Duconge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Drug Delivery Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addr.2018.08.004⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (15), pp.7480-7494. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gky583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02006476v1</w:t>
+                <w:t xml:space="preserve">hal-01880062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-lapse imaging of molecular evolution by high-throughput sequencing</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Benoît Lelandais</w:t>
+                <w:t xml:space="preserve">Application of aptamers for in vivo Molecular Imaging and Theranostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Bouvier-Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Duconge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 46 (15), pp.7480-7494. </w:t>
+              <w:t xml:space="preserve">Advanced Drug Delivery Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/nar/gky583⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.addr.2018.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01880062v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02006476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subtle changes in network composition impact the biodistribution and tumor accumulation of nanogels</w:t>
               </w:r>
@@ -1785,363 +1785,363 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time-lapse imaging of molecular evolution by high-throughput sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nam Nguyen Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Henriques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Lelandais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ducongé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acids Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46 (15), pp.7480-7494. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/nar/gky583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04478348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotin-functionalized targeted polydiacetylene micelles</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nucleic acid aptamers for neurodegenerative diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Bouvier-Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ducongé</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C8CC00553B⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 145, pp.73-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2017.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02177608v1</w:t>
+                <w:t xml:space="preserve">hal-04478549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucleic acid aptamers for neurodegenerative diseases</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Biotin-functionalized targeted polydiacetylene micelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaëlle Doerflinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nam Nguyen Quang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Gravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Pinna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Vandamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 145, pp.73-83. </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2017.10.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C8CC00553B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04478549v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02177608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-registration of glucose metabolism with positron emission tomography and vascularity with fluorescent diffuse optical tomography in mouse tumors.</w:t>
               </w:r>
@@ -2447,51 +2447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Karl Hartmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Tavitian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ducongé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RNA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 16, pp.2360 - 2369. </w:t>
@@ -2523,377 +2523,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05136858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An autocrine loop involving ret and glial cell-derived neurotrophic factor mediates retinoic acid-induced neuroblastoma cell differentiation.</w:t>
+                <w:t xml:space="preserve">Comparison of different strategies to select aptamers against a transmembrane protein target.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Carine Pestourie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laura Cerchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giovanni Amabile</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Duconge</w:t>
+                <w:t xml:space="preserve">Karine Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Pestourie</w:t>
+                <w:t xml:space="preserve">Youssef Aissouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mol Cancer Res</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-06-0050⟩</w:t>
+              <w:t xml:space="preserve">Oligonucleotides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 16 (4), pp.323-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/oli.2006.16.323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00131571v1</w:t>
+                <w:t xml:space="preserve">hal-00168038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of different strategies to select aptamers against a transmembrane protein target.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">An autocrine loop involving ret and glial cell-derived neurotrophic factor mediates retinoic acid-induced neuroblastoma cell differentiation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cerchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelia d'Alessio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Amabile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Duconge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Pestourie</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jocelyne Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oligonucleotides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 16 (4), pp.323-35. </w:t>
+              <w:t xml:space="preserve">Mol Cancer Res</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 4 (7), pp.481-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/oli.2006.16.323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/1541-7786.MCR-06-0050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00168038v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00131571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutralizing aptamers from whole-cell SELEX inhibit the RET receptor tyrosine kinase.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Cerchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Duconge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Cerchia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Duconge</w:t>
+                <w:t xml:space="preserve">Carine Pestourie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Aissouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 3 (4), pp.e123. </w:t>
@@ -3196,51 +3196,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DECONVOLUTION REGULARIZED USING FUZZY C-MEANS ALGORITHM FOR BIOMEDICAL IMAGE DEBLURRING AND SEGMENTATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Lelandais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Duconge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3435,51 +3435,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of Aptamers by High-Throughput Sequencing of Doped-SELEX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ducongé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nucleic Acid Aptamers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2570, Springer US, pp.85-102, 2023, Methods in Molecular Biology, </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3513,51 +3513,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aptamers for Molecular Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ducongé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brian D. Ross and Sanjiv Sam Gambhir. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Imaging - Second Edition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Elsevier, pp.699-715, 2021, </w:t>
@@ -4154,51 +4154,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05262586v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Charlotte Dahm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Akhtar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bouvier-M&#252;ller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Levi-Acobas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-025-01629-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673571v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Fourmy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fenyi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382540v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Zimbres" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Merino" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant Butschek" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Butler" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ducong&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29010178" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312092v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Zutterling" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Todeschini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Busso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Veaute" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad994" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonija Han&#382;ek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Siatka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile E Duc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15020452" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02076516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Civit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Theodorou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Frey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Weber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Lingnau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41460-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02126980v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Doerflinger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Nguyen Quang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Gravel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Duconge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Doris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.04.071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02126987v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alliot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh-Vu Nguyen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Forier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR01068H" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02997523v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Salvatore Orefice" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Souchet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Braudeau" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Piguet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2019.06.005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389538v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC07883E" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006476v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2018.08.004" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01880062v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Nguyen&#160;quang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Henriques" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lelandais" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky583" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872393v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Zilkowski" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Albrecht" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Groll" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05627g" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04478348v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lelandais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177608v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pinna" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandamme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC00553B" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478549v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2017.10.026" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00757432v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Tong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anikitos Garofalakis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine Dubois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boisgard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2191-219X-2-19" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136862v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Th&#233;z&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Czarny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tavitian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-012-0581-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136858v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Miotto Dupont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeppe Buur Madsen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Karl Hartmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.2338210" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131571v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cerchia" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia d'Alessio" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Amabile" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pestourie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-06-0050" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168038v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gombert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Aissouni" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Boulay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/oli.2006.16.323" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00161297v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0030123" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413440v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile E. Duc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonija Hanzek" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909017v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lavergne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rieber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille van Wesemael" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bonnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01155379v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601713v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Lassalle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cibiel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marchal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381881v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2695-5_7" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382478v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-816386-3.00034-X" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447496v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lucie Le Dortz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leroy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Boulouis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447266v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761537v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05262586v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Charlotte Dahm" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Usman Akhtar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Bouvier-M&#252;ller" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Levi-Acobas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-025-01629-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673571v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Fourmy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Fenyi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Melki" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae544" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312092v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Zutterling" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Todeschini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Busso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Veaute" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad994" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382540v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Zimbres" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Merino" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant Butschek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Butler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ducong&#233;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules29010178" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935282v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonija Han&#382;ek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Siatka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile E Duc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15020452" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02076516v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Civit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Theodorou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franziska Frey" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Weber" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Lingnau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41460-2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02126980v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Doerflinger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Nguyen Quang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Gravel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Duconge" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Doris" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.04.071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02997523v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Salvatore Orefice" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Souchet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Braudeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Alves" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Piguet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.omtm.2019.06.005" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389538v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alliot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC07883E" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02126987v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh-Vu Nguyen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Forier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9NR01068H" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01880062v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nam Nguyen&#160;quang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Henriques" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lelandais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky583" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006476v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2018.08.004" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872393v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Zilkowski" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystyna Albrecht" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#252;rgen Groll" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cc05627g" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04478348v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Lelandais" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478549v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2017.10.026" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177608v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pinna" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vandamme" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8CC00553B" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00757432v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Tong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anikitos Garofalakis" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertine Dubois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Boisgard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2191-219X-2-19" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136862v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Th&#233;z&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Czarny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Tavitian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11307-012-0581-z" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136858v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Miotto Dupont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeppe Buur Madsen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Karl Hartmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1261/rna.2338210" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00168038v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Pestourie" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cerchia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gombert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Aissouni" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Boulay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/oli.2006.16.323" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00131571v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia d'Alessio" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Amabile" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1541-7786.MCR-06-0050" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00161297v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.0030123" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413440v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile E. Duc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonija Hanzek" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909017v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lavergne" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rieber" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille van Wesemael" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bonnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01155379v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00601713v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Pierre Lassalle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Cibiel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marchal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fran&#231;ois" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04381881v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2695-5_7" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382478v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-816386-3.00034-X" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447496v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lucie Le Dortz" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Rouxel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leroy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Boulouis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447266v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761537v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>