--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:112.28070175439px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric DUTHEIL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de conférences, UFR STAPS, Université de Caen Normandie,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chercheur au Laboratoire </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HISTEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Histoire, Territoires, Mémoires - EA 7455Axes : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement & Sociétés - Cultures & Transmissions - Paix & Conflits</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MRSH - Maison de la Recherche en Sciences Humaines - CNRS - Université de Caen Normandie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mon activité de recherche s’inscrit dans le cadre de l’histoire sociale et culturelle du sport et de l’éducation physique aux XIXe et XXe siècles. Les conditions d’émergence, de diffusion, de transformation et de transmission des pratiques physiques et sportives sont interrogées à travers </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">quatre thématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> complémentaires :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Les processus de diffusion des pratiques sportives et pratiques de santé dans les stations thermales. XIXe-XXe siècles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mes premiers travaux universitaires (thèse de doctorat - 2002) articulent une histoire de la villégiature, des loisirs et de la santé, et s'intéressent aux différentes formes sociales et culturelles de distractions et de pratiques physiques et sportives proposées à la clientèle qui fréquente les stations thermales depuis le Second Empire. La situation de Vichy, « Reine des villes d’eaux » est largement prise pour exemple. Passe-temps de la belle existence, le sport devient, localement, un élément incontournable, une obligation culturelle et mondaine pour les baigneurs et touristes. Sont étudiés en particulier dans les stations thermales : les stratégies et argumentations touristiques et sportives, les usages du temps et du corps, les politiques et décisions locales en matière de pratiques sportives, les enjeux locaux et identitaires, la circulation de l’information sportive, la transformation des pratiques de santé, les techniques et représentations du corps.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Les stratégies touristiques de promotion et d’animation territoriale par les activités physiques et sportives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Le modèle d’analyse précédent me permet de poursuivre et d’élargir cette recherche autour de la diffusion des loisirs sportifs dans les stations balnéaires depuis la fin du XIXe siècle. Les stations normandes de la Côte de Nacre et de la Côte fleurie constituent des terrains de choix : la demande de loisirs, les préoccupations liées au bien-être et à la préservation de la santé sont étudiées.Une ambition semblable anime le travail d’investigation mené en direction de différents territoires de l’ancienne Basse-Normandie.  Des espaces de pratiques physiques et sportives y ont progressivement été aménagés, particulièrement autour de hauts lieux que sont le Val d’Orne, la Suisse Normande. Nous analysons l’histoire de ces transformations structurelles, croisées avec l’essor des pratiques corporelles et touristiques depuis le milieu du XIXe siècle. Enfin, un travail est mené dans le cadre du GIS-études touristiques sur les Plages du Débarquement et la promotion d'un tourisme sportif et mémoriel.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Le sport et l'éducation physique dans les mouvements de jeunesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Notre analyse vise également à mesurer la place et le rôle des activités physiques et sportives dans les mouvements de jeunesse. Différentes structures sont prises pour exemple : patronages catholiques et laïques, chantiers de la jeunesse, auberges de la jeunesse, mouvements d’éducation populaire, centres sociaux et culturels. Promoteurs avisés des pratiques physiques de pleine nature, en particulier, ces institutions participent à la construction et la transmission d’une culture corporelle. Entre micro-analyse et biographie, nos travaux interrogent les trajectoires de vie, les expériences d’acteurs, les processus d’éducation dans les mouvements de jeunesse à des périodes où ces institutions sont reconnues comme émancipatrices et/ou participent à une éducation populaire.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Le sport, la guerre et la reconstruction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Dans le domaine du sport comme dans celui de l'éducation physique, la IVe République est souvent perçue comme un temps mort, sorte de parenthèse durant laquelle impuissance et immobilisme sont la règle à l'œuvre. En faisant le choix d'orienter l'analyse selon l'angle de la reconstruction, notre travail ambitionne de s'attaquer à cette représentation quelque peu restrictive de la période. Dans le contexte délicat de reconstruction matérielle et financière au sortir de la Seconde Guerre mondiale, la IVe République érige les fondations des politiques sportives et de jeunesse à venir, développe des idées neuves et engage des réformes en matière d’éducation physique scolaire, de sport et de loisirs pour tous. La direction et publication d’un ouvrage collectif concrétise cette recherche : Frédéric Dutheil, Yohann Fortune, Lemonnier Jean-Marc. Reconstructions physique et sportive en France sous la IVe République (1946-1958), Presses Universitaires de Caen, 2018.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots clés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, loisirs sportifs, santé, stations thermales et balnéaires, politiques sportives, mouvements de jeunesse, reconstruction.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">•	Qualifié aux fonctions de maître de conférences en 74ème section (STAPS) du CNU (2003).•	Doctorat en STAPS, Université de Lyon (2002).•	DEA STAPS &amp;quot;Sport, Performance et Environnement social&amp;quot;, Universités de Clermont-Ferrand II, Dijon, Lyon I, Grenoble I (1997).•	Agrégation externe d'Education Physique et Sportive (1990).•	CAPEPS externe (1988).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse de doctorat :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">DUTHEIL Frédéric, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport à la cure : Vie de société et distractions à Vichy, 1850-1914</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thèse de doctorat en Sciences et Techniques des Activités Physiques et Sportives dirigée par Thierry Terret, Professeur des Universités, Université de Lyon 1.Soutenue en 2002. Mention très honorable avec les félicitations du jury à l'unanimité.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membres du jury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :  Pierre ARNAUD, Professeur des Universités en STAPS, Lyon I ;	Didier NOURRISSON, Professeur des Universités en Histoire contemporaine, Université de Lyon, IUFM ;	André RAUCH, Professeur des Universités en STAPS, Strasbourg II, Président du jury ; Thierry TERRET, Professeur des Universités en STAPS, Université de Lyon, IUFM, directeur de thèse ; Christian VIVIER, Maître de conférences en STAPS HDR, Université de Franche Comté</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mécanothérapie dans le Grand établissement thermal de Vichy au début du XXe siècle : entre médication physique méthodique et enjeux publicitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Health History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42 (1), pp.37-67. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3138/cjhh.700-052024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ultra D-Day Trail : entre défi sportif, commémoration et valorisation patrimoniale des plages du Débarquement de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45 (1), pp.30-50. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07053436.2022.2053322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'événementiel sportif au service de la mise en tourisme et patrimonialisation des plages du débarquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, [Varia - Au fil de l’eau / Articles / 2022], [21 p.]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.5159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cirque en France à l'épreuve de l'Ecole Républicaine : histoire d'une scolarisation différée (1880-1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Froissart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (2), pp.9-36. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdle.542.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Calbrix, un randonneur hébertiste bas-normand. Micro-analyse d'un tourisme sportif en transformation (1960-2000)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Tourisme sportif et santé. Fabriquer de nouvelles manières de vivre l’ici et l’ailleurs, 1 (40), [18 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme sur le territoire des Plages du Débarquement : diversification et réorganisation spatiale par les pratiques ludo-sportives dans le contexte des changements globaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Les territoires touristiques et sportifs en transition, 95 (2), [23 p.]. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.19449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03690304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des patronages rouennais aux rives de l'Orne : Jean Calbrix, itinéraire d'un randonneur hébertiste depuis les années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (69e année), pp.101-126. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/annor.692.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’olympe sportif d’un dessinateur de BD : Emil Zatopek et Marcel Couchaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Héros sportifs et bande dessinée / Sports heroes in graphic narratives, 41 (2), pp.192-213. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07053436.2018.1482843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction laborieuse d’un tennis open : actions et positionnements des instances fédérales françaises sur la question de l’amateurisme et du professionnalisme (1958–1968)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (1), pp.37-56. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/shr.2016-0020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mesure de la performance athlétique : un outil pour mieux saisir les transformations et le déclin du Brevet Sportif Populaire français (1937-1978)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (1), pp.72-94. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5771/0172-4029-2016-1-72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre la clé des champs pendant les saisons thermales : les touristes et les pratiques d'excursion à Vichy au milieu du XIX siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European studies in sports history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8, pp.101-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Fête du Muscle et de l’Harmonie. Un texte de la revue L’Action Laïque du Calvados (1952)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, L'Éducation physique et le sport: pratiques, attractivité, légitimité, 43 (3), pp.137-143. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdle.433.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations sportives et stratégies publicitaires : Les sports mécaniques dans la station thermale de Vichy (France) au début du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, XXXIII (1), pp.71-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promenade dans les parcs de Vichy et saisons thermales (1850-1870)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Îles réelles, îles rêvées, 36 (3), pp.543-552. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.063.0543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques traditionnelles au fil de l'eau : l'Allier et ses usages distractifs pendant les saisons thermales à Vichy (France). 1850-1875</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Couturier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Sport and Tradition – Tradition in Sport, XXXI (1 [Special Issue]), pp.13-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport and balneology: the medical profession and the spread of sporting activities in the spa town of Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Annual of CESH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.21-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une image raffinée et avant-gardiste de la station thermale : le sport féminin à Vichy (1875-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4 (66), pp.11-23. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.066.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport à la cure : le corps médical face à la diffusion des pratiques sportives dans la station thermale de Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (61), pp.39-52. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.061.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques physiques et sportives, « formation virile et morale » dans les Chantiers de la Jeunesse, 1940-1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Lascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2 (58), pp.35-48. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.058.0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958), entre intentions et réalisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Caen, 250 p., 2018, (Symposia), 978-2-84133-883-2. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.puc.18046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Movnat® : retour aux sources ou méthode moderne de fitness ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthieu Quidu; Brice Favier-Ambrosini; Matthieu Delalandre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À la conquête de la forme. Regards sociologiques sur le marché du fitness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Grenoble, pp.67-82, 2025, (Libres cours. Série Sports, cultures, sociétés), 978-2-7061-5498-0. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pug.quidu.2025.01.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'itinéraire d'un acteur anonyme peut-il servir l'Histoire ? La micro-analyse au service d'une histoire des activités physiques et sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Noémie Beltrano; Jean Bréhon; Olivier Chovaux; François Da Rocha Carneiro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt ans après. Écrire l'histoire du sport [19e Carrefour d'Histoire du sport organisé à Arras du 19 au 21 octobre 2021]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Limoges (PULIM), pp.149-162, 2023, (Desport et des histoires), 978 284 287 871 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction sur l'impact social des usages pédestres sur le littoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yohann Rech; Michaël Attali; Elodie Paget; Jérôme Piriou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les loisirs pédestres sur les territoires littoraux. Enjeux sociaux, politiques et socio-économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, Éditions et presses universitaires de Reims (EPURE), 2022, (Sport, acteurs &amp; représentations), 978-2-37496-162-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Offres, exploits et spectacles sportifs dans les stations balnéaires des Côtes &amp;quot;Fleurie&amp;quot; et de &amp;quot;Nacre&amp;quot; à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florence Carpentier; Charly Machemehl. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les premiers temps du sport en Normandie à la Belle Époque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les saisons sportives de Vichy. Naissance et développement d'une politique sportive et touristique (1880-1900)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Villaret; Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les édiles au stade. Aux origines des politiques sportives municipales. Vers 1850-1914</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.249-275, 2020, (Histoire), 978-2-7535-8034-3. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13z8h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sport à Vichy : distraction culturelle d’avant-garde et argument publicitaire (1850-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Renault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vichy, ville d'eaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Lieux-Dits, pp.107-109, 2019, 978-2-36219-176-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sport à la cure ou l’émergence d’une politique sportive à Vichy : enjeux, moyens et réalisations. 1850-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Saint-Martin; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Arnaud. Historien du sport. Tome 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.59-75, 2019, (Espaces et temps du sport), 978-2-343-18868-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions autour d'un renouvellement historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958), entre intentions et réalisations : actes des journées d'étude organisées à l'université de Caen Normandie (16-17 mars 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Caen, pp.9-24, 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une remise à flot de Deauville : le sport et les loisirs balnéaires au service de la reconstruction (1946-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Dutheil; Yohann Fortune; Jean-Marc Lemonnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Caen, pp.161-178, 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coter la valeur physique et reconstruire l'éducation physique scolaire : acteurs, enjeux et ambitions manquées (1952-1957)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Dutheil; Yohann Fortune; Jean-Marc Lemonnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République, 1946-1958 : entre intentions et réalisations, actes des journées d'étude organisées à l'université de Caen Normandie, 16-17 mars 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-62, 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débuts de l'ère Open : le tournoi de tennis de Roland-Garros pendant les évènements de mai 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Liotard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport dans les "sixties" : pratiques, valeurs, acteurs.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Epure - Editions et Presses universitaires de Reims, pp.167-181, 2016, 978-2-37496-023-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Sabine ou la mise en scène médiatique des sports mécaniques. De l'Enduro du Touquet au Paris-Dakar (1975-1986)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Bayle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands dirigeants du sport. 23 portraits et stratégies de management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.135-149, 2014, 978-2-8041-8304-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bains de mer, sports et loisirs sur les plages du Débarquement de Normandie. Le cas d'Arromanches après la Libération. 1945-1960</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Robène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport et la guerre. XIXe et XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.367-375, 2012, 978-2-7535-2126-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vichy Sport, journal sportif saisonnier : information sportive et villégiature dans la station thermale de Vichy 1908-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les voix du sport. La presse sportive régionale à la Belle Epoque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Atlantica, pp.279-298, 2010, (Sport, mémoire et société), 978-2-7588-0275-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris vu de la Province : les jeux olympiques de 1924 dans la presse régionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Bazoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Bretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Deboutd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Paris des Jeux Olympiques de 1924</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Atlantica, pp.951-980, 2008, Paris politiques, paris médiatiques, 978-2-7588-0123-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux plaisirs de l’eau : Pratiques et soins du corps dans le Hammam Vaporifère de Hauterive (bassin thermal de Vichy, Allier) à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurence Munoz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Usages corporels et pratiques sportives aquatiques du XVIIIe au XXe siècle.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.233-244, 2008, (Espaces et temps du sport), 978-2-296-06244-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse écrite et le développement d’une culture sportive dans la station thermale de Vichy : construction d’un mythe et imaginaire sportif (1875-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evelyne Combeau-Mari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et presse en France, XIXe-XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Publieur; Université de la Réunion, pp.247-263, 2007, (Bibliothèque universitaire &amp; francophone), 978-2-35061-010-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divertir ou soigner ? La diffusion des pratiques sportives dans la station thermale de Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Simonet &amp; Laurent Veray (Dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'empreinte de Joinville, 150 ans de sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEP, pp.285-301, 2003, 2-86580-143-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques physiques et sportives dans les Chantiers de la jeunesse, 1940-1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Lascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Arnaud, Thierry Terret, Jean-Philippe Saint-Martin, Pierre Gros (Textes réunis par). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport et les Français pendant l'Occupation, 1940-1944</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tome 2, L'Harmattan, pp.97-111, 2002, 2-7475-2078-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mouvements méthodiques et la mécanothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Philippe Saint-Martin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoires d'EPS : DEUG, licence : 20 sujets corrigés et commentés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vigot, pp.65-72, 2001, (Cursus STAPS), 2-7114-1502-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La passion du turf à Vichy : nécessité mondaine et pratique lucrative à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Fauché, Jean-Paul Callède, Jean-Louis Gay-Lescot &amp; Jean-Paul Laplagne (Dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.201-213, 2000, 2-7384-8650-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercices physiques et loisirs sportifs pendant une cure thermale : l'exemple de Vichy à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport and Health in History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academia Verlag, pp.370-379, 1999, 3-896665-119-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports et loisirs sur les plages du Débarquement : usages anciens et nouvelles pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">80 ans après. Sur les traces du Débarquement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.36-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport à la cure : vie de société et distractions à Vichy, 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Lyon 1 - Claude Bernard, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2002LYO10200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04327551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports et villégiatures balnéaires en Normandie à la Belle Époque (1880-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science 2023 - Normandie - 32e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’itinéraire d’un acteur anonyme et la micro-analyse au service d’une histoire des activités physiques et sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours d’histoire du sport. Vingt ans après… Ecrire l’histoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction et discutant de la session : L'impact social des usages pédestres sur le littoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium IMTERPED : L'impact territorial des loisirs pédestres sur le littoral, Innovations, changements et transformations des usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint-Brieuc, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la Journée d'étude &amp;quot;Sports, Tourisme et Territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports, Tourisme, Territoires. Les stratégies de développement territorial par les activités physiques et sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coter la valeur athlétique des jeunes français : un enjeu fort dans l'éducation physique scolaire d'après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude de la SFHS 2016 - Reconstructions physique et sportive en France sous la IVe République (1946-1958) : entre intentions et réalisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Dutheil; Yohann Fortune; Jean-Marc Lemonnier, Mar 2016, Caen, France. pp.45-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport et les loisirs balnéaires au service de la reconstruction de Deauville (1946-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVème République (1946-1958) : Entre intentions et réalisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Caen, France. pp.161-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournoi de tennis de Roland-Garros pendant les évènements de mai 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIe carrefours d'histoire du sport : Le sport et les sixties (16 crossroads of the history of sport : Sport and the sixties)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Claude Bernard Lyon I, Oct 2014, Lyon, France. pp.167-181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emil Zatopek en bande dessinée, un héros du roman sportif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Bande dessinée et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bains de mer, sports et loisirs sur les plages du Débarquement de Normandie. Le cas d'Arromanches après la Libération (1945-1960)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14eme Carrefours d'Histoire du sport - Le sport et la guerre, XIXe et XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Haute Bretagne, Rennes 2; Écoles de Saint-Cyr Coëtquidan, Oct 2010, Rennes, France. pp.367-375</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux plaisirs de l'eau : Pratiques et soins du corps dans le Hammam Vaporifère de Hauterive (bassin thermal de Vichy, Allier) à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Carrefours d'histoire du sport - Les pratiques corporelles et l'eau du XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département STAPS de l'Université de Calais; Laboratoire RELACS; Université de Calais, Oct 2006, Calais, France. pp.233-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes de Sport à Vichy ou la mise en scène d'un nouveau support publicitaire dans la station thermale (1875-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Carrefours d'histoire du sport : Sport et genre XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche et d'Innovation sur le Sport (Lyon); UFR STAPS Université Lyon I, Oct 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divertir ou soigner ? La diffusion des pratiques sportives dans la station thermale de Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Européen sur l'histoire du sport - L'empreinte de Joinville, 150 ans de sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Iconothèque Insep, May 2002, Paris, France. pp.285-301, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/insep.2003.1732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques physiques et sportives dans les Chantiers de la jeunesse, 1940-1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Lascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Carrefours d'Histoire du sport : Le sport et les Français pendant l'Occupation. 1940-1944</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Sciences de l'Homme de Lyon; UFR STAPS université Lyon 1; CRIS, Nov 2000, Lyon, France. pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La passion du turf à Vichy : nécessité mondaine et pratique lucrative à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Carrefours d'Histoire du sport : Sport et identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de recherches sur l'histoire des pratiques et des techniques du corps (UPRES 498); CNRS- MSHA, Maison des Sciences de l'Homme d'Aquitaine; Université Victor Ségalen Bordeaux II, Oct 1998, Bordeaux, France. pp.201-213</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercices physiques et loisirs sportifs pendant une cure thermale : l'exemple de Vichy à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Congrès de la Société Internationale d'Histoire du Sport et de l'Education Physique (ISHPES) : Sport et santé dans l'Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISHPES - Société Internationale d'Histoire du Sport et de l'Education Physique, Jul 1997, Lyon, France. pp.370-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958), entre intentions et réalisations, actes des journées d'étude organisées à l'université de Caen Normandie (16-17 mars 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVème République (1946-1958) : Entre intentions et réalisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Caen, France. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 250 p., 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercices physiques et loisirs sportifs pendant une cure thermale : L'exemple de Vichy à la Belle Époque.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Blaise Pascal (Clermont Ferrand 2) (UBP), Aubière, FRA. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04610665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId103"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:112.28070175439px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric DUTHEIL </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maître de conférences, UFR STAPS, Université de Caen Normandie,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chercheur au Laboratoire </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HISTEME</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Histoire, Territoires, Mémoires - EA 7455Axes : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environnement & Sociétés - Cultures & Transmissions - Paix & Conflits</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MRSH - Maison de la Recherche en Sciences Humaines - CNRS - Université de Caen Normandie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Activités de recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mon activité de recherche s’inscrit dans le cadre de l’histoire sociale et culturelle du sport et de l’éducation physique aux XIXe et XXe siècles. Les conditions d’émergence, de diffusion, de transformation et de transmission des pratiques physiques et sportives sont interrogées à travers </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">quatre thématiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> complémentaires :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Les processus de diffusion des pratiques sportives et pratiques de santé dans les stations thermales. XIXe-XXe siècles.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Mes premiers travaux universitaires (thèse de doctorat - 2002) articulent une histoire de la villégiature, des loisirs et de la santé, et s'intéressent aux différentes formes sociales et culturelles de distractions et de pratiques physiques et sportives proposées à la clientèle qui fréquente les stations thermales depuis le Second Empire. La situation de Vichy, « Reine des villes d’eaux » est largement prise pour exemple. Passe-temps de la belle existence, le sport devient, localement, un élément incontournable, une obligation culturelle et mondaine pour les baigneurs et touristes. Sont étudiés en particulier dans les stations thermales : les stratégies et argumentations touristiques et sportives, les usages du temps et du corps, les politiques et décisions locales en matière de pratiques sportives, les enjeux locaux et identitaires, la circulation de l’information sportive, la transformation des pratiques de santé, les techniques et représentations du corps.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Les stratégies touristiques de promotion et d’animation territoriale par les activités physiques et sportives.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Le modèle d’analyse précédent me permet de poursuivre et d’élargir cette recherche autour de la diffusion des loisirs sportifs dans les stations balnéaires depuis la fin du XIXe siècle. Les stations normandes de la Côte de Nacre et de la Côte fleurie constituent des terrains de choix : la demande de loisirs, les préoccupations liées au bien-être et à la préservation de la santé sont étudiées.Une ambition semblable anime le travail d’investigation mené en direction de différents territoires de l’ancienne Basse-Normandie.  Des espaces de pratiques physiques et sportives y ont progressivement été aménagés, particulièrement autour de hauts lieux que sont le Val d’Orne, la Suisse Normande. Nous analysons l’histoire de ces transformations structurelles, croisées avec l’essor des pratiques corporelles et touristiques depuis le milieu du XIXe siècle. Enfin, un travail est mené dans le cadre du GIS-études touristiques sur les Plages du Débarquement et la promotion d'un tourisme sportif et mémoriel.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. Le sport et l'éducation physique dans les mouvements de jeunesse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Notre analyse vise également à mesurer la place et le rôle des activités physiques et sportives dans les mouvements de jeunesse. Différentes structures sont prises pour exemple : patronages catholiques et laïques, chantiers de la jeunesse, auberges de la jeunesse, mouvements d’éducation populaire, centres sociaux et culturels. Promoteurs avisés des pratiques physiques de pleine nature, en particulier, ces institutions participent à la construction et la transmission d’une culture corporelle. Entre micro-analyse et biographie, nos travaux interrogent les trajectoires de vie, les expériences d’acteurs, les processus d’éducation dans les mouvements de jeunesse à des périodes où ces institutions sont reconnues comme émancipatrices et/ou participent à une éducation populaire.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Le sport, la guerre et la reconstruction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">Dans le domaine du sport comme dans celui de l'éducation physique, la IVe République est souvent perçue comme un temps mort, sorte de parenthèse durant laquelle impuissance et immobilisme sont la règle à l'œuvre. En faisant le choix d'orienter l'analyse selon l'angle de la reconstruction, notre travail ambitionne de s'attaquer à cette représentation quelque peu restrictive de la période. Dans le contexte délicat de reconstruction matérielle et financière au sortir de la Seconde Guerre mondiale, la IVe République érige les fondations des politiques sportives et de jeunesse à venir, développe des idées neuves et engage des réformes en matière d’éducation physique scolaire, de sport et de loisirs pour tous. La direction et publication d’un ouvrage collectif concrétise cette recherche : Frédéric Dutheil, Yohann Fortune, Lemonnier Jean-Marc. Reconstructions physique et sportive en France sous la IVe République (1946-1958), Presses Universitaires de Caen, 2018.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mots clés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire, loisirs sportifs, santé, stations thermales et balnéaires, politiques sportives, mouvements de jeunesse, reconstruction.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">•	Qualifié aux fonctions de maître de conférences en 74ème section (STAPS) du CNU (2003).•	Doctorat en STAPS, Université de Lyon (2002).•	DEA STAPS &amp;quot;Sport, Performance et Environnement social&amp;quot;, Universités de Clermont-Ferrand II, Dijon, Lyon I, Grenoble I (1997).•	Agrégation externe d'Education Physique et Sportive (1990).•	CAPEPS externe (1988).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse de doctorat :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">DUTHEIL Frédéric, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport à la cure : Vie de société et distractions à Vichy, 1850-1914</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thèse de doctorat en Sciences et Techniques des Activités Physiques et Sportives dirigée par Thierry Terret, Professeur des Universités, Université de Lyon 1.Soutenue en 2002. Mention très honorable avec les félicitations du jury à l'unanimité.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membres du jury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :  Pierre ARNAUD, Professeur des Universités en STAPS, Lyon I ;	Didier NOURRISSON, Professeur des Universités en Histoire contemporaine, Université de Lyon, IUFM ;	André RAUCH, Professeur des Universités en STAPS, Strasbourg II, Président du jury ; Thierry TERRET, Professeur des Universités en STAPS, Université de Lyon, IUFM, directeur de thèse ; Christian VIVIER, Maître de conférences en STAPS HDR, Université de Franche Comté</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mécanothérapie dans le Grand établissement thermal de Vichy au début du XXe siècle : entre médication physique méthodique et enjeux publicitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Health History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 42 (1), pp.37-67. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3138/cjhh.700-052024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092646v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'Ultra D-Day Trail : entre défi sportif, commémoration et valorisation patrimoniale des plages du Débarquement de Normandie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45 (1), pp.30-50. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07053436.2022.2053322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'événementiel sportif au service de la mise en tourisme et patrimonialisation des plages du débarquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mondes du tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, [Varia - Au fil de l’eau / Articles / 2022], [21 p.]. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tourisme.5159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Calbrix, un randonneur hébertiste bas-normand. Micro-analyse d'un tourisme sportif en transformation (1960-2000)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Teoros. Revue de recherche en tourisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Tourisme sportif et santé. Fabriquer de nouvelles manières de vivre l’ici et l’ailleurs, 1 (40), [18 p.]</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03183945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cirque en France à l'épreuve de l'Ecole Républicaine : histoire d'une scolarisation différée (1880-1974)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Froissart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (2), pp.9-36. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdle.542.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03824397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tourisme sur le territoire des Plages du Débarquement : diversification et réorganisation spatiale par les pratiques ludo-sportives dans le contexte des changements globaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Les territoires touristiques et sportifs en transition, 95 (2), [23 p.]. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/geocarrefour.19449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03690304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Des patronages rouennais aux rives de l'Orne : Jean Calbrix, itinéraire d'un randonneur hébertiste depuis les années 1930</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Normandie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (69e année), pp.101-126. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/annor.692.0101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02328692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’olympe sportif d’un dessinateur de BD : Emil Zatopek et Marcel Couchaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Héros sportifs et bande dessinée / Sports heroes in graphic narratives, 41 (2), pp.192-213. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/07053436.2018.1482843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01921481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La construction laborieuse d’un tennis open : actions et positionnements des instances fédérales françaises sur la question de l’amateurisme et du professionnalisme (1958–1968)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport History Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 48 (1), pp.37-56. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/shr.2016-0020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mesure de la performance athlétique : un outil pour mieux saisir les transformations et le déclin du Brevet Sportif Populaire français (1937-1978)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (1), pp.72-94. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5771/0172-4029-2016-1-72⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prendre la clé des champs pendant les saisons thermales : les touristes et les pratiques d'excursion à Vichy au milieu du XIX siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European studies in sports history</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8, pp.101-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Fête du Muscle et de l’Harmonie. Un texte de la revue L’Action Laïque du Calvados (1952)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, L'Éducation physique et le sport: pratiques, attractivité, légitimité, 43 (3), pp.137-143. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lsdle.433.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations sportives et stratégies publicitaires : Les sports mécaniques dans la station thermale de Vichy (France) au début du XXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, XXXIII (1), pp.71-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Promenade dans les parcs de Vichy et saisons thermales (1850-1870)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnologie française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Îles réelles, îles rêvées, 36 (3), pp.543-552. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ethn.063.0543⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sport and balneology: the medical profession and the spread of sporting activities in the spa town of Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Annual of CESH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.21-29</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques traditionnelles au fil de l'eau : l'Allier et ses usages distractifs pendant les saisons thermales à Vichy (France). 1850-1875</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvia Couturier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stadion - Zeitschrift für Geschichte des Sports und der Körperkultur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Sport and Tradition – Tradition in Sport, XXXI (1 [Special Issue]), pp.13-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une image raffinée et avant-gardiste de la station thermale : le sport féminin à Vichy (1875-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4 (66), pp.11-23. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.066.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport à la cure : le corps médical face à la diffusion des pratiques sportives dans la station thermale de Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 2 (61), pp.39-52. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.061.0039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques physiques et sportives, « formation virile et morale » dans les Chantiers de la Jeunesse, 1940-1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Lascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 2 (58), pp.35-48. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.058.0035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958), entre intentions et réalisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Caen, 250 p., 2018, (Symposia), 978-2-84133-883-2. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.puc.18046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04327282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Movnat® : retour aux sources ou méthode moderne de fitness ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthieu Quidu; Brice Favier-Ambrosini; Matthieu Delalandre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À la conquête de la forme. Regards sociologiques sur le marché du fitness</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Grenoble, pp.67-82, 2025, (Libres cours. Série Sports, cultures, sociétés), 978-2-7061-5498-0. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/pug.quidu.2025.01.0067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04886864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'itinéraire d'un acteur anonyme peut-il servir l'Histoire ? La micro-analyse au service d'une histoire des activités physiques et sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Noémie Beltrano; Jean Bréhon; Olivier Chovaux; François Da Rocha Carneiro. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vingt ans après. Écrire l'histoire du sport [19e Carrefour d'Histoire du sport organisé à Arras du 19 au 21 octobre 2021]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Limoges (PULIM), pp.149-162, 2023, (Desport et des histoires), 978 284 287 871 9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04324950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction sur l'impact social des usages pédestres sur le littoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Yohann Rech; Michaël Attali; Elodie Paget; Jérôme Piriou. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les loisirs pédestres sur les territoires littoraux. Enjeux sociaux, politiques et socio-économiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14, Éditions et presses universitaires de Reims (EPURE), 2022, (Sport, acteurs &amp; représentations), 978-2-37496-162-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03508728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Offres, exploits et spectacles sportifs dans les stations balnéaires des Côtes &amp;quot;Fleurie&amp;quot; et de &amp;quot;Nacre&amp;quot; à la Belle Époque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Florence Carpentier; Charly Machemehl. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les premiers temps du sport en Normandie à la Belle Époque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les saisons sportives de Vichy. Naissance et développement d'une politique sportive et touristique (1880-1900)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Villaret; Philippe Tétart. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les édiles au stade. Aux origines des politiques sportives municipales. Vers 1850-1914</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.249-275, 2020, (Histoire), 978-2-7535-8034-3. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13z8h⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02936345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sport à Vichy : distraction culturelle d’avant-garde et argument publicitaire (1850-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Renault. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vichy, ville d'eaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Lieux-Dits, pp.107-109, 2019, 978-2-36219-176-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02358160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Sport à la cure ou l’émergence d’une politique sportive à Vichy : enjeux, moyens et réalisations. 1850-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Saint-Martin; Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pierre Arnaud. Historien du sport. Tome 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.59-75, 2019, (Espaces et temps du sport), 978-2-343-18868-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02409056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réflexions autour d'un renouvellement historiographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958), entre intentions et réalisations : actes des journées d'étude organisées à l'université de Caen Normandie (16-17 mars 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Caen, pp.9-24, 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une remise à flot de Deauville : le sport et les loisirs balnéaires au service de la reconstruction (1946-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Dutheil; Yohann Fortune; Jean-Marc Lemonnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Caen, pp.161-178, 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coter la valeur physique et reconstruire l'éducation physique scolaire : acteurs, enjeux et ambitions manquées (1952-1957)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Frédéric Dutheil; Yohann Fortune; Jean-Marc Lemonnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République, 1946-1958 : entre intentions et réalisations, actes des journées d'étude organisées à l'université de Caen Normandie, 16-17 mars 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-62, 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les débuts de l'ère Open : le tournoi de tennis de Roland-Garros pendant les évènements de mai 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Liotard. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport dans les "sixties" : pratiques, valeurs, acteurs.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Epure - Editions et Presses universitaires de Reims, pp.167-181, 2016, 978-2-37496-023-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04110132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Sabine ou la mise en scène médiatique des sports mécaniques. De l'Enduro du Touquet au Paris-Dakar (1975-1986)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Bayle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les grands dirigeants du sport. 23 portraits et stratégies de management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.135-149, 2014, 978-2-8041-8304-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bains de mer, sports et loisirs sur les plages du Débarquement de Normandie. Le cas d'Arromanches après la Libération. 1945-1960</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Robène. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport et la guerre. XIXe et XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.367-375, 2012, 978-2-7535-2126-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vichy Sport, journal sportif saisonnier : information sportive et villégiature dans la station thermale de Vichy 1908-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Tétart; Sylvain Villaret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les voix du sport. La presse sportive régionale à la Belle Epoque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2, Atlantica, pp.279-298, 2010, (Sport, mémoire et société), 978-2-7588-0275-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paris vu de la Province : les jeux olympiques de 1924 dans la presse régionale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Bazoge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Bretin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Deboutd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Paris des Jeux Olympiques de 1924</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3, Atlantica, pp.951-980, 2008, Paris politiques, paris médiatiques, 978-2-7588-0123-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux plaisirs de l’eau : Pratiques et soins du corps dans le Hammam Vaporifère de Hauterive (bassin thermal de Vichy, Allier) à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Laurence Munoz. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Usages corporels et pratiques sportives aquatiques du XVIIIe au XXe siècle.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.233-244, 2008, (Espaces et temps du sport), 978-2-296-06244-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La presse écrite et le développement d’une culture sportive dans la station thermale de Vichy : construction d’un mythe et imaginaire sportif (1875-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evelyne Combeau-Mari. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et presse en France, XIXe-XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le Publieur; Université de la Réunion, pp.247-263, 2007, (Bibliothèque universitaire &amp; francophone), 978-2-35061-010-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divertir ou soigner ? La diffusion des pratiques sportives dans la station thermale de Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Simonet &amp; Laurent Veray (Dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'empreinte de Joinville, 150 ans de sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INSEP, pp.285-301, 2003, 2-86580-143-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques physiques et sportives dans les Chantiers de la jeunesse, 1940-1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Lascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre Arnaud, Thierry Terret, Jean-Philippe Saint-Martin, Pierre Gros (Textes réunis par). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le sport et les Français pendant l'Occupation, 1940-1944</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tome 2, L'Harmattan, pp.97-111, 2002, 2-7475-2078-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mouvements méthodiques et la mécanothérapie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Philippe Saint-Martin. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoires d'EPS : DEUG, licence : 20 sujets corrigés et commentés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vigot, pp.65-72, 2001, (Cursus STAPS), 2-7114-1502-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La passion du turf à Vichy : nécessité mondaine et pratique lucrative à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Serge Fauché, Jean-Paul Callède, Jean-Louis Gay-Lescot &amp; Jean-Paul Laplagne (Dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.201-213, 2000, 2-7384-8650-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercices physiques et loisirs sportifs pendant une cure thermale : l'exemple de Vichy à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thierry Terret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport and Health in History</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academia Verlag, pp.370-379, 1999, 3-896665-119-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports et loisirs sur les plages du Débarquement : usages anciens et nouvelles pratiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Michel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">80 ans après. Sur les traces du Débarquement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.36-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04600216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport à la cure : vie de société et distractions à Vichy, 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université Lyon 1 - Claude Bernard, 2002. Français. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2002LYO10200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04327551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports et villégiatures balnéaires en Normandie à la Belle Époque (1880-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science 2023 - Normandie - 32e édition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04238756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’itinéraire d’un acteur anonyme et la micro-analyse au service d’une histoire des activités physiques et sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carrefours d’histoire du sport. Vingt ans après… Ecrire l’histoire du sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Arras, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction et discutant de la session : L'impact social des usages pédestres sur le littoral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium IMTERPED : L'impact territorial des loisirs pédestres sur le littoral, Innovations, changements et transformations des usages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Saint-Brieuc, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02283383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction de la Journée d'étude &amp;quot;Sports, Tourisme et Territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Lestrelin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sports, Tourisme, Territoires. Les stratégies de développement territorial par les activités physiques et sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coter la valeur athlétique des jeunes français : un enjeu fort dans l'éducation physique scolaire d'après-guerre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d’étude de la SFHS 2016 - Reconstructions physique et sportive en France sous la IVe République (1946-1958) : entre intentions et réalisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Frédéric Dutheil; Yohann Fortune; Jean-Marc Lemonnier, Mar 2016, Caen, France. pp.45-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sport et les loisirs balnéaires au service de la reconstruction de Deauville (1946-1958)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVème République (1946-1958) : Entre intentions et réalisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Caen, France. pp.161-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926817v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le tournoi de tennis de Roland-Garros pendant les évènements de mai 1968</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVIe carrefours d'histoire du sport : Le sport et les sixties (16 crossroads of the history of sport : Sport and the sixties)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Claude Bernard Lyon I, Oct 2014, Lyon, France. pp.167-181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emil Zatopek en bande dessinée, un héros du roman sportif ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international : Bande dessinée et sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bains de mer, sports et loisirs sur les plages du Débarquement de Normandie. Le cas d'Arromanches après la Libération (1945-1960)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14eme Carrefours d'Histoire du sport - Le sport et la guerre, XIXe et XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Haute Bretagne, Rennes 2; Écoles de Saint-Cyr Coëtquidan, Oct 2010, Rennes, France. pp.367-375</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux plaisirs de l'eau : Pratiques et soins du corps dans le Hammam Vaporifère de Hauterive (bassin thermal de Vichy, Allier) à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12ème Carrefours d'histoire du sport - Les pratiques corporelles et l'eau du XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Département STAPS de l'Université de Calais; Laboratoire RELACS; Université de Calais, Oct 2006, Calais, France. pp.233-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les femmes de Sport à Vichy ou la mise en scène d'un nouveau support publicitaire dans la station thermale (1875-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11ème Carrefours d'histoire du sport : Sport et genre XIXe-XXe siècles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Recherche et d'Innovation sur le Sport (Lyon); UFR STAPS Université Lyon I, Oct 2004, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Divertir ou soigner ? La diffusion des pratiques sportives dans la station thermale de Vichy. 1875-1914</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Européen sur l'histoire du sport - L'empreinte de Joinville, 150 ans de sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Iconothèque Insep, May 2002, Paris, France. pp.285-301, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/insep.2003.1732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques physiques et sportives dans les Chantiers de la jeunesse, 1940-1944</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maïté Lascaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Carrefours d'Histoire du sport : Le sport et les Français pendant l'Occupation. 1940-1944</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Sciences de l'Homme de Lyon; UFR STAPS université Lyon 1; CRIS, Nov 2000, Lyon, France. pp.97-111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La passion du turf à Vichy : nécessité mondaine et pratique lucrative à la fin du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8ème Carrefours d'Histoire du sport : Sport et identités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de recherches sur l'histoire des pratiques et des techniques du corps (UPRES 498); CNRS- MSHA, Maison des Sciences de l'Homme d'Aquitaine; Université Victor Ségalen Bordeaux II, Oct 1998, Bordeaux, France. pp.201-213</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercices physiques et loisirs sportifs pendant une cure thermale : l'exemple de Vichy à la Belle Epoque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Congrès de la Société Internationale d'Histoire du Sport et de l'Education Physique (ISHPES) : Sport et santé dans l'Histoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISHPES - Société Internationale d'Histoire du Sport et de l'Education Physique, Jul 1997, Lyon, France. pp.370-379</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01927309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVe République (1946-1958), entre intentions et réalisations, actes des journées d'étude organisées à l'université de Caen Normandie (16-17 mars 2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yohann Fortune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Lemonnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reconstructions physique et sportive en France sous la IVème République (1946-1958) : Entre intentions et réalisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Caen, France. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses universitaires de Caen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 250 p., 2018, 978-2-84133-883-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01925299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exercices physiques et loisirs sportifs pendant une cure thermale : L'exemple de Vichy à la Belle Époque.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dutheil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Blaise Pascal (Clermont Ferrand 2) (UBP), Aubière, FRA. 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04610665v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId103"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092646v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dutheil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjhh.700-052024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183960v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemonnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2053322" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508693v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.5159" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824397v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Froissart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.542.0009" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183945v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03690304v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Michel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CSQFCRD3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328692v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.692.0101" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921481v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Fortune" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2018.1482843" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/shr.2016-0020" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925282v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0172-4029-2016-1-72" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925369v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925736v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.433.0137" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927082v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925737v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.063.0543" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926841v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Couturier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926911v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925739v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.066.0011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925741v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.061.0039" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925744v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Lascaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.058.0035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327282v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.18046" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886864v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.quidu.2025.01.0067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324950v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508728v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184289v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936345v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13z8h" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358160v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409056v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925331v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925453v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925439v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicaen.fr/recherche/mrsh/cesams/3812" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110132v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925719v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925725v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://carrefours2010.free.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926340v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926369v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Attali" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bazoge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Bretin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deboutd" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926411v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926483v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926553v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926708v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926738v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926770v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600216v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04327551v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2002LYO10200" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238756v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368200v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283383v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926655v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lestrelin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926774v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926817v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927152v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927315v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927178v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927218v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927255v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927279v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/insep.2003.1732" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927294v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927302v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927309v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925299v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610665v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092646v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dutheil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjhh.700-052024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183960v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lemonnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2022.2053322" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508693v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tourisme.5159" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03183945v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03824397v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Froissart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.542.0009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03690304v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Michel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.19449" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-CSQFCRD3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328692v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.692.0101" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921481v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Fortune" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2018.1482843" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926687v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/shr.2016-0020" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925282v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/0172-4029-2016-1-72" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925369v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925736v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.433.0137" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927082v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925737v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.063.0543" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926911v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926841v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Couturier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925739v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.066.0011" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925741v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.061.0039" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925744v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Lascaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.058.0035" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327282v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.puc.18046" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886864v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pug.quidu.2025.01.0067" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324950v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508728v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03184289v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02936345v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13z8h" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358160v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409056v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925331v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925453v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925439v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicaen.fr/recherche/mrsh/cesams/3812" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110132v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925719v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925725v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://carrefours2010.free.fr/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926340v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926369v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Attali" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bazoge" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Bretin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Deboutd" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926411v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926483v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926553v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926708v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926738v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926770v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600216v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04327551v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2002LYO10200" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04238756v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368200v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02283383v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926655v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Lestrelin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926774v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926817v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927152v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927315v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927178v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927218v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927255v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927279v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/insep.2003.1732" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927294v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927302v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01927309v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925299v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610665v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>