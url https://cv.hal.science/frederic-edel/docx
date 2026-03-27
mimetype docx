--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -697,196 +697,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les emplois publics sont‑ils accessibles à tous ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le chaos des interprétations du principe d’égalité ou de non-discrimination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.153.0005⟩</w:t>
+              <w:t xml:space="preserve">Droits : Revue française de théorie juridique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 61 (1), pp.117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/droit.061.0117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04261875v1</w:t>
+                <w:t xml:space="preserve">hal-04256913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chaos des interprétations du principe d’égalité ou de non-discrimination</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les emplois publics sont‑ils accessibles à tous ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Larat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droits : Revue française de théorie juridique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 61 (1), pp.117. </w:t>
+              <w:t xml:space="preserve">Revue française d’administration publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, N° 153 (1), pp.5-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/droit.061.0117⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfap.153.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04256913v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04261875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La classe préparatoire intégrée de l’ÉNA mise au défi de compenser les inégalités des chances devant le concours externe</w:t>
               </w:r>
@@ -1743,51 +1743,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les emplois publics sont-ils accessibles à tous ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Larat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’administration publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1 (153), 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2275,51 +2275,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Internships in French public administration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Larat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3728,311 +3728,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique de l'administration [1er mai au 30 juillet 2021]</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronique de l’administration [1er février au 30 avril 2021]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Desforges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Pissaloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Supplisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne de Gliniasty</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, p. 449-480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pissaloux Jean-Luc</w:t>
-[...19 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfap.179.0229⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfap.178.0193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05130015v1</w:t>
+                <w:t xml:space="preserve">hal-03616525v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronique de l’administration [1er février au 30 avril 2021]</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronique de l'administration [1er mai au 30 juillet 2021]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Xavière Catto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Desforges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne de Gliniasty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
+                <w:t xml:space="preserve">Pissaloux Jean-Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2021, p. 449-480. </w:t>
+              <w:t xml:space="preserve">2021, pp. 743-780. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfap.178.0193⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rfap.179.0229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03616525v2</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er novembre 2020 au 31 janvier 2021]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4369,51 +4369,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4623,51 +4623,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er janvier au 31 avril 2019]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4750,51 +4750,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er août au 31 octobre 2019]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4877,51 +4877,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er mai au 31 juillet 2019]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5004,51 +5004,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er août au 31 octobre 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5131,51 +5131,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er novembre 2017 au 31 janvier 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5258,51 +5258,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er mai 2017 au 31 juillet 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5385,51 +5385,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er mai 2017 au 31 juillet 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5512,51 +5512,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er août au 31 octobre 2018]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5639,51 +5639,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er août au 31 octobre 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5766,51 +5766,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er février au 30 avril 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5893,51 +5893,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l’administration [1er novembre 2016 au 1er janvier 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6020,51 +6020,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er mai au 31 juillet 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6147,51 +6147,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er mai au 31 juillet 2016]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6343,51 +6343,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique de l'administration [1er août au 31 octobre 2017]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Champeil-Desplats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Edel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6649,51 +6649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Fouilleron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Monteils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pissaloux Jean-Luc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, pp. 599-634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6917,51 +6917,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C5FD6A07"/>
+    <w:nsid w:val="1CE00775"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7148,51 +7148,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-edel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077599799" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388039v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Edel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.187.0095" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Blatrix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ledenvic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260948v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0183" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.3492" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-TJGWHLQG-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256940v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.1171" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261875v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Larat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.153.0005" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256913v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droit.061.0117" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258877v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.153.0141" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258827v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.145.0109" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018012v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.142.0339" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479736v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Desforges" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pissaloux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Supplisson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Xavi&#232;re Catto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.094.0022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261028v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.137.0059" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256812v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droit.049.0213" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261041v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261049v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261064v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261673v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261845v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://book.coe.int/eur/fr/droits-de-l-homme-et-democratie/6508-e-pub-jurisprudence-de-la-cour-europeenne-des-droits-de-lhomme-relative-aux-discriminations-fondees-sur-lorientation-sexuelle-ou-lidentite-de-genre.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261808v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#8211; Case law of the European Court of Human Rights relating to discrimination on grounds of sexual orientation or gender identity, Council of Europe Publishing, 2015, 203 pages (ISBN : 102114ENG-mobi) https://book.coe.int/eur/en/human-rights-and-democracy/6510-e-pub-case-law-of-the-european-court-of-human-rights-relating-to-discrimination-on-grounds-of-sexual-orientation-or-gender-identity.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256580v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/europ.edel.2010.01" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261752v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261707v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260901v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259562v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260841v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.holcm.2014.01.0131" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259657v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomos-elibrary.de/10.5771/9783845235851-1/titelei-inhaltsverzeichnis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259714v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-pratique-d-indemnisation-par-la-cour-europeenne-des-droits-de-l-homme-9782802730361.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262057v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258938v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258961v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258953v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158898v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.009.0020" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158891v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.007.0001b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158883v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.005.0001c." TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158888v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.006.0001c." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158893v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.008.0027" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158880v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.004.0001c" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158875v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.002.0020" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158879v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.003.0025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158873v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.001.0020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457696v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.184.0261" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130015v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne de Gliniasty" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pissaloux Jean-Luc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0229" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03616525v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Champeil-Desplats" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.178.0193" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03461394v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fouilleron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hennette-Vauchez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Monteils" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.177.0177" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03616452v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.176.0173" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03616396v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.175.0777" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03602102v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.173.0209" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03602111v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.174.0245" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03599746v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.170.0493" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03599811v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.172.0221" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03599775v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0781" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.169.0211" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860598v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.165.0145" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130088v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.166.0401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984590v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.167.0653" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0957" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130105v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.164.0903" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130097v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.162.0399" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623348v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.161.0147" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130101v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.163.0645" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129609v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.159.0879" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129720v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.1289" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01469828v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.157.0239" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128263v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Delaunay" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fouilleron" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.158.0599" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04227304v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-edel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077599799" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388039v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Edel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.187.0095" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260993v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Blatrix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ledenvic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260948v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0183" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260917v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethiquepublique.3492" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-TJGWHLQG-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256940v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.1171" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256913v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droit.061.0117" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261875v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Larat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.153.0005" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258877v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.153.0141" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258827v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.145.0109" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018012v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.142.0339" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479736v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Desforges" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pissaloux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Supplisson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Xavi&#232;re Catto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.094.0022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261028v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.137.0059" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256812v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/droit.049.0213" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261041v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261049v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261064v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261673v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261845v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261795v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://book.coe.int/eur/fr/droits-de-l-homme-et-democratie/6508-e-pub-jurisprudence-de-la-cour-europeenne-des-droits-de-lhomme-relative-aux-discriminations-fondees-sur-lorientation-sexuelle-ou-lidentite-de-genre.html" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261808v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#8211; Case law of the European Court of Human Rights relating to discrimination on grounds of sexual orientation or gender identity, Council of Europe Publishing, 2015, 203 pages (ISBN : 102114ENG-mobi) https://book.coe.int/eur/en/human-rights-and-democracy/6510-e-pub-case-law-of-the-european-court-of-human-rights-relating-to-discrimination-on-grounds-of-sexual-orientation-or-gender-identity.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256580v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/europ.edel.2010.01" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261752v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261707v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260901v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259562v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260841v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.holcm.2014.01.0131" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259657v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomos-elibrary.de/10.5771/9783845235851-1/titelei-inhaltsverzeichnis" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259714v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/la-pratique-d-indemnisation-par-la-cour-europeenne-des-droits-de-l-homme-9782802730361.html" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262057v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258938v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258961v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258953v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158898v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.009.0020" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158891v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.007.0001b" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158883v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.005.0001c." TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158888v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.006.0001c." TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158893v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.008.0027" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158880v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.004.0001c" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158875v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.002.0020" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158879v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.003.0025" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158873v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdap.001.0020" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457696v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.184.0261" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03616525v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Champeil-Desplats" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.178.0193" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130015v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne de Gliniasty" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pissaloux Jean-Luc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.179.0229" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03461394v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fouilleron" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hennette-Vauchez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Monteils" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.177.0177" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03616452v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.176.0173" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03616396v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.175.0777" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03602102v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.173.0209" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03602111v2" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.174.0245" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03599746v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.170.0493" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03599811v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.172.0221" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03599775v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.171.0781" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130055v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.169.0211" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01860598v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.165.0145" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130088v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.166.0401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01984590v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.167.0653" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.168.0957" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130105v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.164.0903" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130097v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.162.0399" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01623348v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.161.0147" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130101v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.163.0645" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129609v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.159.0879" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129720v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.160.1289" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01469828v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.157.0239" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128263v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Delaunay" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fouilleron" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.158.0599" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04227304v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>