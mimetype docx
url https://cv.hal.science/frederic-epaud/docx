--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -171,51 +171,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -529,3138 +529,3069 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04267030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le port romain du quartier de Saint-Lupien à Rezé/&amp;lt;i&amp;gt;Ratiatum&amp;lt;/i&amp;gt; (Loire-Atlantique) : origine et évolution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les secrets de la forêt disparue de Notre Dame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Notre-Dame un an après, l'archéologie à son chevet, N°590, pp.36-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...47 lines deleted...]
-            </w:r>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude tracéologique des bois de construction du port romain de Saint-Lupien à Rezé/&amp;lt;i&amp;gt;Ratiatum&amp;lt;/i&amp;gt; (Loire-Atlantique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Les ports romains dans les Trois Gaules. Entre Atlantique et eaux intérieures, 77 (1), pp.67-97. </w:t>
+              <w:t xml:space="preserve">, 2020, Les ports romains dans les Trois Gaules. Entre Atlantique et eaux intérieures, 77 (1), pp.141-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gallia.5472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le port romain du quartier de Saint-Lupien à Rezé/&amp;lt;i&amp;gt;Ratiatum&amp;lt;/i&amp;gt; (Loire-Atlantique) : origine et évolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/gallia.5773⟩</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Martial Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...64 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...18 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Ménez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gallia - Archéologie des Gaules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Les ports romains dans les Trois Gaules. Entre Atlantique et eaux intérieures, 77 (1), pp.141-154. </w:t>
+              <w:t xml:space="preserve">, 2020, Les ports romains dans les Trois Gaules. Entre Atlantique et eaux intérieures, 77 (1), pp.67-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/gallia.5472⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/gallia.5773⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173314v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03173252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La toiture en remploi : charpentes et couvertures de la cathédrale Saint-Pierre de Lisieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Aumard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.23280⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charpente de Notre-Dame : stop aux idées reçues !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNRS Le journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La charpente de Notre-Dame de Paris : état des connaissances et réflexions diverses autour de sa reconstruction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientifiques de Notre-Dame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03176917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le monde des charpentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...34 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Cathédrales gothiques, n° 396, pp.17-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02405690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La charpente disparue de Notre-Dame</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Histoire, Hors série n°57, décembre 2019, p. 40-45</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.40-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02442889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le port romain de Rezé/Ratiatum (Loire-Atlantique) et ses infrastructures à pan de bois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Aumard</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Loire et ses terroirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.66-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochecorbon (Indre-et-Loire), église Saint-Georges, une charpente du début du XIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 172-3, pp.195-202</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243350v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La grange de la léproserie Saint-Lazare de Beauvais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 44, pp.51-70</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jimmy Mouchard</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BUILDING ACTIVITY AND TIMBER MANAGEMENT AT THE TURN OF THE 1ST MILLENNIUM ad AT PINEUILH, LA MOTHE (GIRONDE, FRANCE): AN ORIGINAL DENDROARCHAEOLOGICAL APPROACH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Guitton</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Digol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Loire et ses terroirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, pp.66-70</w:t>
+              <w:t xml:space="preserve">Medieval Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56 (1), pp.268-282</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01147554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Building Activity and Timber Management at the Turn of the 1st Millennium AD at Pineuilh, La Mothe (Gironde, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Digol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medieval Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56, pp.268-282</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charpente de la nef de la cathédrale de Bourges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Découverte d’une salle de trait du XIIIe siècle dans les combles de la cathédrale de Bayeux (Calvados)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 169-4, pp.345-350</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L 'Archéologie expérimentale sur les habitats ruraux franciliens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, « Aux origines du Moyen Âge Ve-XIe s. », 344, pp.74-83</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01245216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prieuré-léproserie de Saint-Nicolas d'Évreux Dossier historique et patrimonial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tabuteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin des Amis des Monuments et Sites de l'Eure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Cahiers Jacques Charles, coll. « Monuments et sites de l'Eure » mars 2011, 138, p. 11-50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03111594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cuisine de l’abbaye cistercienne de Bonport (Pont-de-l’Arche, Eure)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 169-2 (169-2), pp.99-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bulmo.2011.7925⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de la charpente de l'église Saint-Martin de Bézu-la-Forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin des Amis des Monuments et Sites de l'Eure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 137, pp.23-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de la charpente de l'église Saint-Pierre de Mainneville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin des Amis des Monuments et Sites de l'Eure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 135, pp.51-59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">APPROCHE ETHNOARCHÉOLOGIQUE DES CHARPENTES À POTEAUX PLANTÉS : LES LOGES D'ANJOU-TOURAINE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 44, pp.51-70</w:t>
+              <w:t xml:space="preserve">, 2009, pp.121 - 160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01798258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’apport de l’expérimentation archéologique pour la compréhension de l’architecture carolingienne à poteau planté : les exemples du chantier d’Orville (Val-d’Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique de Picardie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1/2, pp.129-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Approche ethnoarchéologique des charpentes à poteaux plantés : les loges d’Anjou-Touraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 39, pp.121-160</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’apport de l’expérimentation archéologique pour la compréhension de l’architecture carolingienne à poteau planté : les exemples du chantier d’Orville (Val-d’Oise)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique de Picardie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1/2, pp.129-144</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01819410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de la charpente de l'église Saint-Aubin de Mesnil-sous-Vienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin des Amis des Monuments et Sites de l'Eure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 133, pp.13-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restitution expérimentale d'une cabane excavée carolingienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simard Mélanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin archéologique du Vexin français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, L'habitat rural du haut Moyen Âge en Ile-de-France (dir. Gentili F., Lefevre A. et Mahé N.), 2ème supplément du PCR pp.12-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01245220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restitution expérimentale d'une cabane excavée carolingienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Simard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin archéologique du Vexin français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, in L'habitat rural du haut Moyen Âge en Ile-de-France, (dir. Gentili F., Lefevre A. et Mahé N.) - 2ème supplément du PCR, Guiry-en-Vexin, pp.12-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00368147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’évolution des charpentes d’églises du Val d’Oise, du XIe au XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47, [en ligne], 34 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les charpentes des XIIe-XIIIe siècles de la cathédrale Saint-Pierre de Lisieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologie et prospection en Basse-Normandie, MSAN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, t. XXXVIII, p. 67-103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00261941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An English framed building in Normandy to the 15th-16th centuries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vernacular Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, t. 34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00261509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une charpente à croupe sculptée du XIe siècle : l'église Saint-Pierre de Neufmarché-en-Lyons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Monumental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 172-3, pp.195-202</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2003, 161 (2), pp.101-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bulmo.2003.1183⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00067872v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une charpente sculptée du XIe siècle : l'église Saint Pierre de Neufmarché (Seine-Maritime)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, t. 161-2, pp.101-115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charpente sculptée du XIe siècle de l'église de Neufmarché-en-Lyons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haute Normandie archéologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00261590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charpente de la cathédrale de Rouen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 44, pp.51 - 70</w:t>
+              <w:t xml:space="preserve">, 2002, p. 30-31, p. 133-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00261192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’apport de l’archéologie des charpentes pour l’étude historique et architecturale de l’église de la Trinité de Fécamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medieval Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tabularia : Sources écrites des mondes normands médiévaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, Etudes, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/tabularia.3827⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apport de l'archéologie des charpentes pour l'étude historique et architecturale de l'église de la trinité de Fécamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medieval Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 56, pp.268-282</w:t>
+              <w:t xml:space="preserve">Tabularia : Sources écrites des mondes normands médiévaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 2, http://www.unicaen.fr//mrsh/crahm/revue/tabularia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00261195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charpente de la cathédrale de Rouen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Archéologique du Centre de la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 50</w:t>
+              <w:t xml:space="preserve">Archéologie médiévale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 30-31, pp.133-175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un cas de charpenterie médiévale anglaise en Normandie : le bâtiment de Selles (Eure)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Monumental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 169-4, pp.345-350</w:t>
+              <w:t xml:space="preserve">, 2000, 158 (3), pp.239-249</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...1626 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">halshs-01243373v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un cas de charpenterie médiévale anglaise en Normandie : le bâtiment de Selles (Eure)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin du Groupe de Recherche Archéologique du Pays de Caux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, pp.30-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01245226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3670,51 +3601,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les gravures rupestres du Valcamonica : approche structurelle des représentations de construction en bois de l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Péfau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3730,73 +3661,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les petits-déjeuners de la MOM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2026, Maison de l'Orient et de la Méditerranée, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les gravures rupestres du Valcamonica : approche structurelle des représentations de construction en bois de l’âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Péfau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3812,73 +3743,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence invitée de l'UMR 5140 ASM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches tracéologiques, technologiques et structurelles des bois gorgés d'eau : l’exemple du port antique de Rezé/Ratiatum (Loire-Atlantique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3894,1610 +3825,1679 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table-ronde sur les méthodes d’étude du bois dans les constructions protohistoriques et antiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Benjamin Clément; Andrea Fochesato; Sandra Zanella, Feb 2024, Bibracte, Glux-en-Glenne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05505818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en œuvre d’une charpente à chevrons-formant-fermes du XIIIe siècle : l'exemple expérimental de Guédelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les chantiers et les matériaux de construction de l’Antiquité à la Révolution industrielle en Occident et en Orient. Actes du colloque. Textes réunis par A. Baud et G. Charpentier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Chantier de Guédelon, Treigny (Yonne), France. pp.209-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02402121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux constructions monumentales dans le système d’enceintes du Néolithique récent de Pont-sur-Seine, Le Haut de Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Desbrosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le phénomène des enceintes dans le Néolithique du nord-ouest de l’Europe, 33e colloque interrégional sur le Néolithique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Philippe Lefranc; Anthony Denaire; Christophe Croutsch, Nov 2019, Saint-Dié-des-Vosges (88100), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les espaces excavés et les souterrains du haut Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Hunot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">François Gentili</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jesset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Valais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Caves et Celliers au Moyen Âge et à l’époque moderne : Actes du colloque international,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Tours, France. pp.191-209</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02401291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le poteau faîtier et la ferme dans l’architecture protohistorique : mythes ou réalités ? Questions autour des constructions à poteaux axiaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bois et architecture dans la Protohistoire et l’Antiquité (XVIe av. J.-C. – IIe ap. J.-C.), Actes des Journées d'étude. Pallas, 10. Revue d'études antiques, Presses universitaires du Mirail,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, S. Lamouille, P. Péfau, S. Rougier-Blanc (dir.), Apr 2018, Toulouse, France. pp.175-199</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charpentes gothiques face au défi du gigantisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les structures gothiques : à la poursuite de l’équilibre. Publication des actes du 3ème colloque international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Tournai, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02403547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un moulin à foulon médiéval à Pennedepie, sur le littoral du Calvados</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Billard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Billard</w:t>
+                <w:t xml:space="preserve">Christophe Maneuvrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bernard</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Gabriel Senecal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Sorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie des moulins hydrauliques, à traction animale et à vent, des origines à l’époque médiévale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Lons-le-Saunier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01801161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre fleuve et océan, les quais à pans de bois du port antique de Rezé / Ratiatum (Loire-Atlantique)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Mouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les ports dans l’espace méditerranéen antique : Narbonne et les systèmes portuaires fluvio-lagunaires,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un problème de dendrochronologie à Tours au début de notre ère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Ferdière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Ferdière</w:t>
+                <w:t xml:space="preserve">Nicolas Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Jouquand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorine Mataouchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXe Colloque d’Archéométrie du Groupe des Méthodes Pluridisciplinaires Contribuant à l’Archéologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Caen, Apr 2013, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01256170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bois de haie, bois de bocage, bois d'architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ledigol Yannick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antoine A. et Marguerie R. (dir.), Bocages et Sociétés, Actes du colloque (Rennes 29 sept-01 octobre 2004), PUR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Rennes, France. pp.213-230</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01249277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le prieuré-léproserie Saint-Nicolas d'Évreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes des lépreux et des léproseries au Moyen Age dans le nord de la France, Actes de la journée d'Aizier (Eure) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Aizier, France. pp.187-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00368817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le prieuré-léproserie Saint-Nicolas d’Évreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes des lépreux et des léproseries au Moyen Âge dans le nord de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CAHMER, Apr 2005, Aizier, France. pp.187-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution historique des méthodes d'extraction souterraine de la pierre de Caen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication poster, Pierres du patrimoine européen, colloque international, 18-21 octobre 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Château-Thierry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00273727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le site de Pineuilh (Dordogne) des Xe-XIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Prodéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Ledigol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire de l'école doctorale d'Archéologie de Paris I, Michelet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2005, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00262187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire et étude des charpentes du Val d'Oise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Service Départemental Archéologique du Val-d'Oise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2005, Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00273724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution et techniques de conception : de la charpente romane à la charpente gothique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire d'Odette Chapelot "Les chantiers de construction au Moyen Âge" de l'EHESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00262196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'archéologie des charpentes face aux restaurations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire sur "l'archéologie du bâti"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00262193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...51 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...53 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'architecture et les charpentes des granges monastiques aux XIIe-XIIIe siècles en Normandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Archéologiques de Haute-Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Vieil-Evreux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00273726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tracés régulateurs des épures des charpentes romanes et gothiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apport de l'archéométrie à l'archéologie du bâtiment, 17-20 janvier 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Liège, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00273722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-00273722v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le recensement et l'étude des charpentes médiévales et post-médiévales du Val d'Oise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Service Départemental Archéologique du Val d'Oise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2004, Pontoise, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00273704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apport de la connaissance des techniques de construction dans la restitution expérimentale d'un bâtiment du Haut Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PCR sur l'habitat rural du Haut Moyen Âge en Ile-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2004, Epinay-sur-Seine, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5516,126 +5516,126 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00273703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le recensement et l'étude des charpentes médiévales et post-médiévales du Val d'Oise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">L'archéologie des charpentes pour la compréhension des chantiers du bâtiment au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Service Départemental Archéologique du Val d'Oise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2004, Pontoise, France</w:t>
+              <w:t xml:space="preserve">Séminaire d'Art monumental médiéval de Maylis Baylé, Institut d'Art et d'Archéologie de l'Université de Paris I</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00273704v1</w:t>
+                <w:t xml:space="preserve">hal-00262014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'étude des charpentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire sur l'archéologie du bâti organisé par l'Institut national du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5660,51 +5660,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques de conception et d'exécution en charpenterie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire d'archéologie d'Eric Rieth, Institut d'Art et d'Archéologie de l'Université de Paris I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5729,51 +5729,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La reconstitution d'un grenier carolingien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du PCR sur l'habitat rural du Haut Moyen Âge en Ile-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, Louvres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5798,51 +5798,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie du bâti : l'étude des charpentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire d'archéologie de l'Université de Rouen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2003, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5861,159 +5861,90 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00261977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'archéologie des charpentes pour la compréhension des chantiers du bâtiment au Moyen Âge</w:t>
-[...67 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">La charpente de l'église abbatiale de Saint-Ouen de Rouen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chantier européen Culture du Bois en Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00273564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6023,492 +5954,492 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naissance et évolution de l'ensemble castral de Vesvre, du IXe au XIIe siècle, à Neuvy-Deux-Clochers (Cher)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Launay</w:t>
+                <w:t xml:space="preserve">Diane Carron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Carron</w:t>
+                <w:t xml:space="preserve">Séverine Chaudriller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Chaudriller</w:t>
+                <w:t xml:space="preserve">Presses universitaires de Caen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 448 p., 2025, Publications du Centre de Recherches Archéologiques et Historiques Anciennes et Médiévales, 978-2-38185-252-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La charpente de la cathédrale de Bourges. De la forêt au chantier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUFR, 2017, Collection Perspectives historiques série archéologie, 978-2-86906-435-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802160v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction en pan de bois au Moyen Âge et à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, 448 p., 2025, Publications du Centre de Recherches Archéologiques et Historiques Anciennes et Médiévales, 978-2-38185-252-2</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires François-Rabelais, coédition Presses Universitaires de Rennes, pp.450, 2013, 978-2-86906-294-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01006223v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction en pan de bois au Moyen Age et à la Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Alix (dir)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUFR-PUR, 1, 2013, 978-2-7535-2870-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les charpentes de la cathédrale Notre-Dame de Bayeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">PUFR, 2017, Collection Perspectives historiques série archéologie, 978-2-86906-435-5</w:t>
+              <w:t xml:space="preserve">Publications du CRAHM, Caen, pp.80, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">PUFR-PUR, 1, 2013, 978-2-7535-2870-3</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00368130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la charpente romane à la charpente gothique en Normandie. Evolution des techniques et des structures de charpenterie aux XIIe-XIIIe siècles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Publications du CRAHM, Caen, pp.624, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...95 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
-              <w:r>
-[...100 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00368122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6518,556 +6449,289 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Bernardi; Philippe Dillmann; Maxime L’Héritier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Démonter pour construire. Une histoire des matériaux de seconde main</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 17, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">éditions Mergoil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.167-168, 2025, Europe Médiévale, 978-2-35518-153-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05468081v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
-              <w:r>
-[...43 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les matériaux de construction en bois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">V. Mataouchek (dir.), Naissance et évolution de l’ensemble castral de Vesvre, du IXe au XIIe siècle, à Neuvy-Deux-Clochers (Cher), Publications du CRAHAM, Presses universitaires de Caen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.205-223, 2025, 978-2-38185-252-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05131800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...287 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une brève histoire de la charpenterie française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savoir et Faire. Le bois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actes Sud, pp.118-203, 2024, 978-2-330-19443-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04683283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La poutre sculptée de Bibracte : l’architecture, véhicule d’expression artistique au Second âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Fochesato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7078,627 +6742,976 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Expressions artistiques des sociétés des âges du Fer. Actes du 46</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve">e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> colloque international de l’Association française pour l’étude de l’âge du Fer (Aix-en-Provence, 26-28 mai 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afeaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.93-104, 2024, Collection Afeaf (6), 978-2-9567407-5-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05022388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Moyen Âge - Le site 5 : un habitat fossoyé « élitaire » du XIe siècle de Méaulte l’exemple d’une paierie dépendant de la châtellenie d’Encre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Blondiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Jonvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sidonie Preiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Duvette; Richard Rougier; Nathalie Soupart. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les occupations protohistoriques et historiques de Méaulte (Somme), ZAC du Pays du Coquelicot et plateforme aéro-industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RAP, pp.303-352, 2024, Revue archéologique de Picardie, Numéro spécial 40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse détaillée des structures et de la stratigraphie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Digol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luc Bourgeois; Frédéric Prodéo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Seigneurs du marais. La résidence fossoyée de la Mothe de Pineuilh (Gironde, Xe-XIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presse universitaire de Caen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.91-180, 2024, Publications du Centre de Recherches Archéologiques et Historiques Anciennes et Médiévales, 978-2-38185-215-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...43 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux constructions monumentales dans le système d’enceinte du Néolithique récent de Pont-sur-Seine, Le Haut de Launoy, en Champagne (Aube, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Desbrosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Peltier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Lefranc; Christophe Croutsch; Antony Denaire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enceintes néolithiques du nord-ouest de l'Europe : Actes du 33e colloque interrégional sur le Néolithique, Saint-Dié-des-Vosges, 8-9 novembre 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions universitaires de Dijon, pp.109-129, 2023, Arts, Archéologie et Patrimoine, 978-2-36441-486-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04425646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charpentes gothiques face au défi du gigantisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 3e colloque international autour de la cathédrale Notre-Dame de Tournai (2-3 février 2017). Etudes et Documents, Monuments et Sites. 17, Namur.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.21-30, 2023, 978-2-39038-189-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02406978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le point de vue du scientifique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Guédelon, nous bâtissons un château fort.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Ouest-France, pp.72, 2022, 978-2-7373-7568-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03903011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landounic : le plus vieux moulin à marée est désormais breton !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bernard</w:t>
+                <w:t xml:space="preserve">Yannick Le Digol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'énergie des marées. Hier, aujourd'hui et demain. Sous la direction de Ewan Sonnic. Presses universitaires de Rennes.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.57-73, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03433688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en œuvre d’une charpente à chevrons-formant-fermes du XIIIe siècle : l'exemple expérimental de Guédelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les chantiers et les matériaux de construction de l’Antiquité à la Révolution industrielle en Occident et en Orient, Actes du colloque tenu au château de Guédelon (23-25 septembre 2015), textes réunis par A. Baud et G. Charpentier Lyon, Maison de l’Orient et de la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 209-222, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les forêts et le bois d’œuvre au Moyen Âge dans le Bassin parisien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bépoix S. et Richard H. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La forêt au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Les Belles Lettres, pp.142-153, 2019, 978-2-251-44988-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02401264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-02401264v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expérimentations, in : Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2013-2017 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapport d’activité 2013-2017 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.59-65, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03197320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité et innovations dans les architectures domestiques du Néolithique moyen du Centre à l’Ouest de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7764,1177 +7777,1168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02158508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentations, in : Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2013-2017 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+                <w:t xml:space="preserve">De terre et de bois : choix techniques pour l’implantation et le fonctionnement d’un moulin à eau au début du XIe siècle. Le cas de Colomby, La Perruque (Manche – France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...53 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bernard</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Aoustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Aoustin</w:t>
+                <w:t xml:space="preserve">Adèle Bouriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adèle Bouriez</w:t>
+                <w:t xml:space="preserve">Julien Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jacottey, Luc; Rollier, Gilles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologie des moulins hydrauliques, à traction animale et à vent, des origines à l’époque médiévale. Actes du colloque international, Lons-le-Saunier du 2 au 5 nov. 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.343-360, 2016, Annales Littéraires 954, Série "Environnement, sociétés et archéologie", 20, vol. 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La restauration de l’église de Pierre Ronde (Beaumesnil) : l’apport de l’archéologie du bâti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France Poulain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les église de l’Eure à l’épreuve du temps</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Étoiles du Patrimoine, pp.213-215, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pineuilh, “La Mothe” (Gironde) : la résidence d’un seigneur campagnard de l’an mil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Prodéo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Digol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entre archéologie et écologie, une Préhistoire de tous les milieux. Mélanges offerts à Pierre Pétrequin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Franche-Comté, pp.417-424, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventaire des églises paroissiales préromanes en Indre-et-Loire et en bordure des départements limitrophes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas Archéologique de Touraine (Zadora-Rio dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les loges à poteaux plantés : approche ethnoarchéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E. Zadora-Rio (dir.) Atlas Archéologique de Touraine, Supplément à la Revue Archéologique du Centre de la France, 53, FERACF, Tours. URL : http://a2t.univ-tours.fr/notice.php?id=162.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03110149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abbaye Saint-Amand de Rouen : étude d’un édifice en pan de bois du XIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La construction en pan de bois au Moyen Age et à la Renaissance (dir Epaud F. et Alix C.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes; Presses universitaires François-Rabelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.127-140, 2013, 978-2-7535-2870-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01244536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les charpentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Andrault-Schmitt C. (dir.) La cathédrale Saint-Pierre de Poitiers. Enquêtes croisées</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Geste éditions, pp.188-208, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01244533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chantier expérimental de construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gentili F. (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2012 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.14-17, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01249287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rochecorbon : l'église Saint-Georges et sa charpente romane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zadora-Rio E. (dir.) - Atlas Archéologique de Touraine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01243382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Projet d’archéologie expérimentale 2013-2015 : une construction sur cave carolingienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gentili F. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2012 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.31-34, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tracés d’épure du collatéral sud de la nef</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Andrault-Schmitt C. (dir.) La cathédrale Saint-Pierre de Poitiers. Enquêtes croisées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Geste éditions, pp.188-208, 2013</w:t>
+              <w:t xml:space="preserve">, Geste éditions, pp.107-109, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...150 lines deleted...]
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01244531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...84 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chantier expérimental de construction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gentili F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2011 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.11-21, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03115761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la cathédrale romane à la cathédrale gothique : les révélations des charpentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mgr J-C Descubes (dir.), Rouen, primatiale de Normandie. La grâce d’une cathédrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Nuée Bleue, pp.43-49, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01244537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">halshs-01244537v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LE CHANTIER DU GRENIER EN 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gentili F. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2010 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-14, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chapelle Notre-Dame du Temple de l’ancienne commanderie templière de Chanu à Villiers-en-Désoeuvre (Eure)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hoffsummer P. (dir.), Les charpentes du XIe au XIXe siècle. Grand Ouest de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Brepols, pp.257-260, 2011, AMA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8959,51 +8963,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les épures des charpentes romanes et gothiques en Normandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hoffsummer P. (dir.), Les charpentes du XIe au XIXe siècle. Grand Ouest de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Brepols pp.59-72, 2011, AMA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9028,51 +9032,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les couvertures en schiste ardoisier de Normandie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hoffsummer P. (dir.), Les charpentes du XIe au XIXe siècle. Grand Ouest de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Brepols, pp.215-218, 2011, AMA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9097,51 +9101,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grange de la commanderie Sainte-Vaubourg du Val-de-la-Haye (Seine-Maritime)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hoffsummer P. (dir.), Les charpentes du XIe au XIXe siècle. Grand Ouest de la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, Brepols, pp.261-268, 2011, AMA</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9160,1026 +9164,1028 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01244554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE CHANTIER DU GRENIER EN 2010</w:t>
-[...71 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Les loges à poteaux plantés : approche ethnoarchéologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas Archéologique de Touraine, Zadora-Rio (dir.)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01245219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chantier du grenier carolingien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gentili F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2009 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.19-24, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03115767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charpentes à fermes et pannes du Nord-Ouest de l'Europe : Granges et halles Nord de la France du XIIIe au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hoffsummer P. (dir.), Charpentes d'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut du Patrimoine Wallon, pp.33-38, 2009, Carnet du Patrimoine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01244558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charpentes à chevrons-formant-fermes : Nord de la France et Belgique du XIIIe au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hoffsummer P. (dir.), Charpentes d'Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut du Patrimoine Wallon, pp.15-17, 2009, Carnet du Patrimoine</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01244556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chantier du grenier : réalisation de bardeaux de chêne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gentili F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2008 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.97-100, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Description architecturale. Royaumont du XIIIe siècle à sa reconversion industrielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-François Belhoste et Nathalie Le Gonidec. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Royaumont au XIXe siècle. Les métamorphoses d'une abbaye</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Creaphis </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.14-27, 2008, 978-2-35428-015-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01245215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le &amp;quot;mur armé&amp;quot; : quelques exemples de raidissements architectoniques en bois de murs maçonnés dans l'architecture militaire normande aux XIIe-XIVe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des châteaux et des sources. Archéologie et histoire dans la Normandie médiévale. Mélanges en l'honneur d'Anne-Marie Flambard Héricher. Textes réunis par Lalou E., Lepeuple B. et Roch J.-L.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PURH, pp.255-274, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00368164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restitution expérimentale d’une cabane excavée carolingienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...84 lines deleted...]
-            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simard Mélanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport intermédiaire 2006 de fouille programmée, SRA Ile-de-France Saint-Denis, INRAP, Pantin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.156-164, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'achèvement du grenier carolingien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport intermédiaire 2006 de fouille programmée, SRA Ile-de-France Saint-Denis, INRAP, Pantin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.156-159, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03208805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...20 lines deleted...]
-                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les charpentes des XIIe-XIIIe siècles de la cathédrale Saint-Pierre de Lisieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Juhel V. (dir.) Archéologie et prospection en Basse-Normandie Mémoires de la Société des Antiquaires de Normandie, t. XXXVIII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, XXXVIII, pp.219-255, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01245222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">halshs-01245222v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apport de la connaissance des techniques construction dans la restitution expérimentale d'un bâtiment du haut Moyen Âge : l'exemple du grenier carolingien d'Orville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Louvres (Val d'Oise) « Château d'Orville », Rapport intermédiaire 2004, SRA Ile-de-France, Saint-Denis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.138-144, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Archéologie expérimentale : bilan de la campagne 2005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simard Mélanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Louvres (Val d’Oise) Château d’’Orville» Rapport d’activité de la fouille programmée pluriannuelle 2003-2005, SRA Ile-de-France, Saint-Denis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.256-257, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01249305v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01249304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (41)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baie de Cayola, Les Sables d’Olonne (Vendée), Fouille archéologique programmée (03-06 mai 2023), Rapport final d’opération archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Mouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">LARA - UMR 6566; Université Nantes; CNRS (LAT CITERES UMR7324). 2025, 156 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05135787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avenue de Lattre-de-Tassigny. Une occupation les pieds dans l’eau...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Hervé-Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
@@ -10324,2869 +10330,2794 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05135685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baie de Cayola, Les Sables d’Olonne (Vendée), Fouille archéologique programmée (03-06 mai 2023), Rapport final d’opération archéologique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jimmy Mouchard</w:t>
+                <w:t xml:space="preserve">Etude de l’hôtellerie de l’abbaye de Longues-sur-Mer (Calvados) - Rapport intermédiaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS (LAT CITERES UMR7324). 2024, 31 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04845888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport de prospection thématique à Villedieu-sur-Indre (36) « Approche multiscalaire des dynamiques environnementales et anthropiques de la moyenne vallée de l'Indre »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Coubray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">LARA - UMR 6566; Université Nantes; CNRS (LAT CITERES UMR7324). 2025, 156 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Gouhier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAP Centre Ile de France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le site néolithique de Goulet &amp;quot;Le Mont&amp;quot; (Orne) - environnement, architecture, société et territoire dans la Plaine d'Argentan. Rapport de synthèse 2007-2018, 2 vol.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Coubray</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Marcigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Barbier-Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Basse-Normandie. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04844817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude architecturale des bâtiments I et II de l’oppidum de Vix (Côte-d’Or), Rapport inédit, CNRS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR7324 CITERES-LAT. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03870579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude xylologique, in : « Approche multiscalaire des dynamiques environnementales et anthropiques de la moyenne vallée de l’Indre », Rapport de prospection thématique à Villedieu-sur-Indre (36), F. Di Napoli (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAP. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03903097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude archéologique de la charpente du chœur de la cathédrale Notre-Dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS (LAT CITERES UMR7324). 2020, 2 vol., 81 p., 72 fig</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03047012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude archéologique de la charpente de la nef de la cathédrale Notre-Dame de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS (LAT CITERES UMR7324). 2020, 2 vol., 77 p., 75 fig</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03046995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les recommandations du Consortium 3D SHS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Granier</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gardère</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi Chayani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bastien Gouhier</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bénistant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bergerot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAP Centre Ile de France. 2024</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] CNRS; SHS. 2019, 204 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Billard</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01683842v4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude archéologique des charpentes et des couvertures de la cathédrale Saint-Pierre de Lisieux (Calvados)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Aumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Ghesquière</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT; centre d'étude médiévale d'Auxerre. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bois, in : PCR Naissance et évolution de l’ensemble castral de Vesvre, à Neuvy-Deux-Clochers (Cher), rapport d’activité 2016, Mataouchek V. (dir.),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] service régional de l'archéologie de la région Centre. 2017, pp.91-100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01801568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inventaire des charpentes d'églises médiévales en région Centre-Val de Loire, Programme CharpCentre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyril Marcigny</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Noblet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anna Baudry</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Tournadre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS - Citeres, LAT UMR 7324. 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naissance et évolution de l'ensemble castral de Vesvre, à Neuvy-deux-Clochers, Cher, Blois, Pantin : Les Semeurs du Temps, Inrap CIF, Rapport d'activité de PCR 2016 2 vol. (73, 209 p.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Barbier-Pain</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Carron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Chaudriller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud (dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">SRA Basse-Normandie. 2024</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] INRAP. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Etude de l’hôtellerie de l’abbaye de Longues-sur-Mer (Calvados) - Rapport intermédiaire</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude tracéologique des bois (Frédéric Epaud) in : Guitton D. et Mouchard J. (dir.) – L’agglomération antique de Rezé (Loire-Atlantique), le quartier Saint-Lupien, Rapport 2015 de fouille programmée, SRA Pays de la Loire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS - CITERES, LAT UMR7324. 2016, pp.163-197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01802129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude archéologique des bois : test de tracéologie sur le caisson CAI 12 dans Guitton D. et Mouchard J. (dir.) – L’agglomération antique de Rezé (Loire-Atlantique), le quartier Saint-Lupien, Rapport intermédiaire 2014 de fouille programmée, SRA Pays de la Loire, tome 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2015, pp.29-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des bois d’œuvre du site, in : PCR Naissance et évolution de l’ensemble castral de Vesvre, à Neuvy-Deux-Clochers (Cher), rapport d’activité 2013, Mataouchek (dir.) et al., SRA Centre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2013, pp.123-162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude archéologique des charpentes médiévales de la cathédrale Saint Pierre de Poitiers (86),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chantier expérimental de construction, in : Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2011 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2012, pp.11-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restitution du bâtiment F du site de Longueil Annel (60)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2011, pp.211-223</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des bâtiments, in : L. Blondiau (dir.), Méaulte, Brays/Somme et Fricourt, Somme (Picardie). Plateforme aéro-industrielle de Haute-Picardie, Volume 7, un habitat médiéval fortifié aux Quarante Cinq (site 5), Rapport final d’opération, INRAP Nord-Picardie, Janvier 2011</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2011, pp.85-147</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chantier du grenier carolingien , in : Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport d’activité 2009 d’opération archéologique programmée, SRA Ile-de-France, Saint-Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2010, pp.19-24</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249293v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude architecturale des bois du chantier de Neuvy-deux-Clochers (Cher), dans MATAOUCHEK (V.). – Neuvy-Deux-Clochers : Tour de Vesvre (18 163 003 AH), rapport préliminaire des surveillances et fouilles archéologiques préventives, 2003-2006. Pantin : Inrap CIF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les charpentes de l'église Saint-Didier de Villiers-le-Bel, in : Abadie (I.), Caillot (I.), Epaud (F.), Gentili (F.) (dir.)- : Villiers- le-Bel, Eglise Saint-Didier, RFO d'une fouille archéologique préventive, mai-décembre 2005. INRAP Pantin, SRAIF, Saint-Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2008, pp.125-134</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de la charpente de l’église Saint-Vincent de Martagny, Rapport d’étude inédit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNRS (LAT CITERES UMR7324). 2024, 31 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS (LAT CITERES UMR7324). 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Etude architecturale des bâtiments I et II de l’oppidum de Vix (Côte-d’Or), Rapport inédit, CNRS</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03169296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tuiles de bois dans l’architecture rurale du haut Moyen Age : problématiques de recherche et projet expérimental, in : Gentili F. (dir.) - Louvres (Val d’Oise) « Château d’Orville », rapport intermédiaire 2007 de fouille programmée, SRA Ile-de-France Saint-Denis, INRAP, Pantin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT. 2008, pp.227-229</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude des pièces d’architecture. In : Prodéo (F.) dir., Pineuilh (33), La Mothe. Rapport final d’opération. Pessac, INRAP GSO / Bordeaux, SRA Aquitaine, 2007, vol. 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2007, pp.369-417</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charpentes, in : Caillot I., Lafarge I avec la coll. de Viré M. et Epaud F. – Aulnay-sous-Bois, 93 - 005 (Seine-Saint-Denis), Eglise Saint-Sulpice, Rapport de surveillance archéologique, Epinay-sur-Seine : Centre d’archéologie de la Seine-Saint-Denis, Saint-Denis : Service régional de l’archéologie d’Ile-de-France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2007, pp.71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La grange de la léproserie Saint-Lazare de Beauvais. Etude archéologique de la charpente. Service archéologique municipal de Beauvais, 2006.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2006, 90 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des charpentes de l’abbaye de Royaumont (95), Fondation Royaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2006, 60 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249303v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des charpentes des églises de la vallée de la Vienne (95). Rapport d'expertise pour le cabinet d'architecture Degas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restitution archéologique d'un grenier carolingien, in : Gentili F. (dir.), Louvres (Val d'Oise) « Château d'Orville », Rapport intermédiaire d’opération 2003, SRA Ile-de-France, Saint-Denis, 2004</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">UMR7324 CITERES-LAT. 2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gentili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS (LAT CITERES UMR7324). 2004, pp.113-116</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Etude xylologique, in : « Approche multiscalaire des dynamiques environnementales et anthropiques de la moyenne vallée de l’Indre », Rapport de prospection thématique à Villedieu-sur-Indre (36), F. Di Napoli (dir.)</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03197196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charpentes anciennes du Val d'Oise. Rapport d'étude des combles de 17 monuments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAP. 2022</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Départemental d’Archéologie du Val d’Oise, DRAC / SRA Île-de-France. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Etude archéologique de la charpente du chœur de la cathédrale Notre-Dame de Paris</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03199804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude archéologique et sanitaire des charpentes des communs, Château de Saint Germain de Livet (14), Rapport d'expertise pour le cabinet d’architecture Pougheol, architecte du Patrimoine, Caen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] CNRS (LAT CITERES UMR7324). 2020, 2 vol., 81 p., 72 fig</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Etude archéologique de la charpente de la nef de la cathédrale Notre-Dame de Paris</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03223245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charpentes anciennes du Val d'Oise. Rapport d'étude des combles de 23 monuments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] CNRS (LAT CITERES UMR7324). 2020, 2 vol., 77 p., 75 fig</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Service Départemental d’Archéologie du Val d’Oise, DRAC / SRA Île-de-France. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03773070v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charpentes anciennes du Val-d’Oise. Rapport d’étude des combles de 23 monuments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] service départemental d'archéologie du val d'oise. 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...105 lines deleted...]
-              <w:t xml:space="preserve">[Rapport Technique] CNRS; SHS. 2019, 204 p</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03199791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cahier d'aide à la conception des charpentes du château de Guédelon, Rapport de proposition de charpentes du XIIIe siècle, Chantier du château de Guédelon, Treigny (89)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS. 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] CNRS, CITERES-LAT; centre d'étude médiévale d'Auxerre. 2017</w:t>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03223236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’étude sur les charpentes de l'église de Saint-Clair-sur-Epte (95) pour le chantier INRAP sur l'église de Saint-Clair-sur-Epte (dir. E. Broïne) DRAC-SRA Ile-de-France, Saint-Denis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] service régional de l'archéologie de la région Centre. 2017, pp.91-100</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03223246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’étude sur les charpentes de la cathédrale de Bayeux (14) pour le cabinet de l'Architecte en Chef des Monuments Historiques D. Lefevre, Paris.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Craham - UMR 6273 CNRS-Unicaen. 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...75 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] CNRS - Citeres, LAT UMR 7324. 2017</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03223254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rapport d’étude sur les charpentes de l’église de Saint-Sulpice-sur-Risle (61) pour le cabinet d’architecture Y. Touchard, architecte du Patrimoine, Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Epaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] craham. 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...1748 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
-              <w:r>
-[...108 lines deleted...]
-            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03223265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13196,91 +13127,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la forêt au chantier. Approches archéologiques du bois d’œuvre, des techniques et des structures de charpenterie aux périodes anciennes et médiévales en France septentrionale.Thèse d'Habilitation à Diriger des Recherches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archéologie et Préhistoire. Université Paris 1 Panthéon-Sorbonne, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03582402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13290,105 +13221,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le porche médiéval de l'église de Pierre-Ronde : une reconstruction selon les techniques de charpenterie traditionnelle. CITERES UMR 7324. (Vidéo 14 mn). (Réal. J.-P. Corbellini)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Epaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04364217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId266"/>
+      <w:footerReference w:type="default" r:id="rId265"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13456,51 +13387,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="89500799"/>
+    <w:nsid w:val="70B57101"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13687,51 +13618,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-epaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9838-1192" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07047382X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505699v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;fau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Epaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629105v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04846631v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Mouchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannah Barbeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267030v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric &#201;paud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ephaistos.11814" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173252v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guitton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Favreau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;nez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.5773" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944261v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173314v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.5472" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176917v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405690v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Epaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442889v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401308v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Aumard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.23280" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801248v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243347v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243350v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01800788v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147554v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Digol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prod&#233;o" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243351v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243354v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243352v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245216v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gentili" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111594v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tabuteau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243356v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vincent" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.2011.7925" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249281v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249279v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243362v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243359v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819410v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249282v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01798258v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245220v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simard M&#233;lanie" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243360v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368147v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Simard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261941v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261509v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402888v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261590v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067872v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.2003.1183" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261195v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261192v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243372v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tabularia.3827" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243373v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243374v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245226v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505743v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505732v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505818v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402121v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020943v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Desbrosse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Peltier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401291v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Valais" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401301v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403547v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01801161v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maneuvrier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gabriel Senecal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sorel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801094v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256170v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ferdi&#232;re" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Mataouchek" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249277v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ledigol Yannick" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368817v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249278v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273727v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273724v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262196v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262193v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262187v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prod&#233;o" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bernard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ledigol" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273726v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273722v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273703v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273704v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262016v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273569v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261977v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262014v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273564v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05072617v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Launay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chaudriller" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/fr/book/?gcoi=28777100344730" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802160v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243343v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Epaud (dir.)" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix (dir)" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006223v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368130v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368122v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468081v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/europe-medievale/361-demonter-pour-construire-une-histoire-des-materiaux-de-seconde-main-9782355181535.html" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05131800v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844863v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mille" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/fr/book/?GCOI=28777100082350" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05099452v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Blondiau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rougier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jonvel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Preiss" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683283v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022388v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Fochesato" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425646v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406978v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903011v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433688v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Couturier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Gall" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047292v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401264v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02158508v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanchet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chamaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197320v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801220v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bouriez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deshayes" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243377v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243381v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243380v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03110149v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249287v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244533v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244536v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3280" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244531v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249286v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243382v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115761v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244537v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244545v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244539v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244544v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244554v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249292v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245219v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115767v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244558v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244556v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249294v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368164v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245215v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-creaphis.com/ouvrages/royaumont-au-xixe-siecle-les-metamorphoses-d-une-abbaye.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249300v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208805v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245222v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249305v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249304v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505914v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Herv&#233;-Monteil" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Klinger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135685v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135787v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602999v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coubray" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gouhier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844817v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04845888v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870579v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903097v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047012v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046995v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802123v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801568v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802125v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Noblet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tournadre" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802129v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240953v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249284v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249285v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249288v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249289v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249291v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249290v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249293v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249295v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249296v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03169296v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249297v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249298v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249299v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249301v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249303v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249306v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197196v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03199804v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773070v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223245v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03199791v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223236v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223246v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223254v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223265v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03582402v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364217v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-epaud" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9838-1192" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07047382X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505699v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;fau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Epaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629105v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04846631v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Mouchard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shannah Barbeau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267030v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric &#201;paud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ephaistos.11814" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944261v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173314v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.5472" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173252v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guitton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Favreau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;nez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gallia.5773" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401308v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Epaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Aumard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.23280" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176926v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176917v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405690v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02442889v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801248v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243350v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243347v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01147554v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bernard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Digol" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Prod&#233;o" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243351v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243354v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243352v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245216v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gentili" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03111594v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tabuteau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243356v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Vincent" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.2011.7925" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249281v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01798258v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243362v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243359v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819410v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249282v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245220v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simard M&#233;lanie" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368147v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Simard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243360v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261941v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261509v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00067872v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.2003.1183" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402888v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261590v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261192v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243372v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tabularia.3827" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261195v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243373v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243374v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245226v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505743v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505732v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505818v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402121v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020943v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Desbrosse" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Peltier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401291v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Valais" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401301v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403547v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01801161v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Billard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maneuvrier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gabriel Senecal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sorel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801094v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01256170v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ferdi&#232;re" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Mataouchek" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249277v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ledigol Yannick" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368817v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249278v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273727v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262187v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prod&#233;o" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bernard" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ledigol" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273724v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262196v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262193v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273726v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273722v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273704v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273703v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262014v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00262016v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273569v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00261977v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00273564v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05072617v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Launay" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Carron" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chaudriller" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/fr/book/?gcoi=28777100344730" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802160v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01006223v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243343v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Epaud (dir.)" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix (dir)" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368130v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368122v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05468081v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-mergoil.com/fr/europe-medievale/361-demonter-pour-construire-une-histoire-des-materiaux-de-seconde-main-9782355181535.html" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05131800v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683283v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022388v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Fochesato" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05099452v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Blondiau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Rougier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Jonvel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie Preiss" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844863v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mille" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puc-ed.fr/fr/book/?GCOI=28777100082350" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425646v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406978v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903011v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03433688v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Couturier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Gall" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047292v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02401264v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197320v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02158508v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blanchet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Chamaux" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Creusillet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801220v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Aoustin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Bouriez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Deshayes" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243377v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243381v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243380v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03110149v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244536v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3280" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244533v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249287v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243382v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249286v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244531v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115761v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244537v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249292v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244545v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244539v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244544v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244554v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245219v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03115767v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244558v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01244556v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249294v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245215v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-creaphis.com/ouvrages/royaumont-au-xixe-siecle-les-metamorphoses-d-une-abbaye.html" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368164v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249300v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03208805v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01245222v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249304v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249305v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135787v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505914v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Herv&#233;-Monteil" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Klinger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Arthuis" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135685v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04845888v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602999v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coubray" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Gouhier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844817v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Baudry" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbier-Pain" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03870579v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903097v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03047012v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03046995v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683842v4" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Granier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Chayani" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal B&#233;nistant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bergerot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802123v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801568v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802125v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Noblet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tournadre" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240953v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fournier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802129v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249284v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249285v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249288v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249289v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249291v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249290v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249293v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249295v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249297v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03169296v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249296v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249298v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249299v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249301v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249303v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249306v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03197196v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03199804v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223245v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773070v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03199791v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223236v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223246v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223254v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03223265v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03582402v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364217v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>