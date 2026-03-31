--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -160,472 +160,472 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Candida glabrata glycogen branching enzyme structure reveals unique features of branching enzymes of the Saccharomycetaceae phylum</w:t>
+                <w:t xml:space="preserve">Structural and molecular determinants of Candida glabrata metacaspase maturation and activation by calcium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Martin</w:t>
+                <w:t xml:space="preserve">Bastien Doumèche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+                <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Galisson</w:t>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Violot</w:t>
+                <w:t xml:space="preserve">Chloé Dugelay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glycobiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 32 (4), pp.343-355. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (1), pp.1158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/glycob/cwab110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-022-04091-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03539601v1</w:t>
+                <w:t xml:space="preserve">hal-04285661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tertiary and Quaternary Structure Organization in GMP Synthetases: Implications for Catalysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Candida glabrata glycogen branching enzyme structure reveals unique features of branching enzymes of the Saccharomycetaceae phylum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Conchou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Ballut</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Juliette Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/biom12070871⟩</w:t>
+              <w:t xml:space="preserve">Glycobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (4), pp.343-355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/glycob/cwab110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03708048v1</w:t>
+                <w:t xml:space="preserve">hal-03539601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and molecular determinants of Candida glabrata metacaspase maturation and activation by calcium</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bastien Doumèche</w:t>
+                <w:t xml:space="preserve">Tertiary and Quaternary Structure Organization in GMP Synthetases: Implications for Catalysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sébastien Violot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Chloé Dugelay</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle R Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 5 (1), pp.1158. </w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (7), pp.871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-022-04091-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/biom12070871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04285661v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring molecular determinants of polysaccharide lyase family 6–1 enzyme activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Carrique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -645,187 +645,187 @@
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glycobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 31 (11), pp.1557-1570. </w:t>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/glycob/cwab073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04962311v1</w:t>
+                <w:t xml:space="preserve">hal-03379698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Candida glabrata glycogen branching enzyme structure reveals unique features of branching enzymes of the Saccharomycetaceae phylum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Galisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glycobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 32 (4), pp.343-355. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/glycob/cwab110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04962307v1</w:t>
@@ -836,64 +836,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring molecular determinants of polysaccharide lyase family 6–1 enzyme activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Carrique</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -913,78 +913,78 @@
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glycobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">, 2021, 31 (11), pp.1557-1570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/glycob/cwab073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03379698v1</w:t>
+                <w:t xml:space="preserve">hal-04962311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PASTA repeats of the protein kinase StkP interconnect cell constriction and separation of Streptococcus pneumoniae</w:t>
               </w:r>
@@ -1117,51 +1117,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural model of the full-length Ser/Thr protein kinase StkP from S . pneumoniae and its recognition of peptidoglycan fragments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benedetta Righino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Pirolli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1570,51 +1570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Guiral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Freton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 83 (4), pp.746-58. </w:t>
@@ -1678,51 +1678,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Assrir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Filhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lipinski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1826,90 +1826,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure tridimensionnelle d’un membre de la famille des GH13 en complexe avec un maltotriose, une nouvelle cible thérapeutique face aux infections à Candida glabrata.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Conchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Galisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Violot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nushin Aghajari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Ballut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10èmesJournées du Consortium anti-Parasitaire et -Fongique (CaPF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2024,51 +2024,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4C843649"/>
+    <w:nsid w:val="3526B146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2255,51 +2255,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-galisson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7161-7321" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708048v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12070871" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285661v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dugelay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-04091-4" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962311v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carrique" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinesh Jugnarain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab073" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962307v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gon&#231;alves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03379698v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887855v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zucchini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mercy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ps. Garcia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cluzel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gueguen-Chaignon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-017-0069-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Righino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pirolli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Vitale" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;ty" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.2017.1395767" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680740v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien-Anh Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takla El Khoury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Halima Laaberki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Candusso" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.08.016" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LX5N0DH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01662423v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Morlot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bayle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fleurie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tourcier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12348" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fleurie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cluzel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Freton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07962.x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00170840v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Assrir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Filhol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lipinski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/BC.2007.045" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-PP3LB6CB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095646v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Violot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushin Aghajari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-galisson" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7161-7321" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285661v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Conchou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Doum&#232;che" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Galisson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Violot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dugelay" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-04091-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539601v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle R Gon&#231;alves" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab110" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708048v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ballut" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12070871" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03379698v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Carrique" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinesh Jugnarain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/glycob/cwab073" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962307v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gon&#231;alves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04962311v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887855v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zucchini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mercy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ps. Garcia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cluzel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Gueguen-Chaignon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-017-0069-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324061v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedetta Righino" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pirolli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Vitale" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane R&#233;ty" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07391102.2017.1395767" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680740v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien-Anh Nguyen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takla El Khoury" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Guiral" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Halima Laaberki" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Candusso" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2017.08.016" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3LX5N0DH-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01662423v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Morlot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bayle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jacq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fleurie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tourcier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mmi.12348" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00965574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Fleurie" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cluzel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Freton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.2011.07962.x" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00170840v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Assrir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Filhol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lipinski" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/BC.2007.045" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-PP3LB6CB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095646v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Violot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nushin Aghajari" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>