--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -199,373 +199,373 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergistic anti-wear performance of TiO2 nanoparticles and ZDDP: Influence of dispersion methods</w:t>
+                <w:t xml:space="preserve">Surface oxidation and oxygen incorporation in ScAlN films grown by molecular beam epitaxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Nassif</w:t>
+                <w:t xml:space="preserve">Valentina Gallardo-Mödinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
+                <w:t xml:space="preserve">Xavier Wallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frank Meyer</w:t>
+                <w:t xml:space="preserve">Ileana Florea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imène Lahouij</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Vennéguès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tribology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 210, pp.110791. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 138 (24), pp.245701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.triboint.2025.110791⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0303670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05455822v1</w:t>
+                <w:t xml:space="preserve">hal-05440883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface oxidation and oxygen incorporation in ScAlN films grown by molecular beam epitaxy</w:t>
+                <w:t xml:space="preserve">Synergistic anti-wear performance of TiO2 nanoparticles and ZDDP: Influence of dispersion methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Gallardo-Mödinger</w:t>
+                <w:t xml:space="preserve">Adam Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Wallart</w:t>
+                <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ileana Florea</w:t>
+                <w:t xml:space="preserve">Frank Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Vennéguès</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Imène Lahouij</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 138 (24), pp.245701. </w:t>
+              <w:t xml:space="preserve">Tribology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 210, pp.110791. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0303670⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.triboint.2025.110791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05440883v1</w:t>
+                <w:t xml:space="preserve">hal-05455822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electric polarity: A key factor in lubricated wear of bearing steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhengyuan Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Lahouij</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tribology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 209, pp.110748. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -861,563 +861,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04351608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orientating the plasma-catalytic conversion of CO2 and CH4 toward liquid products by using a composite catalytic bed</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the temperature on growth by ammonia source molecular beam epitaxy of wurtzite phase ScAlN alloy on GaN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Elias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Di Li</w:t>
+                <w:t xml:space="preserve">Maud Nemoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rotella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vandad-Julien Rohani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Georgi</w:t>
+                <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apcata.2022.119015⟩</w:t>
+              <w:t xml:space="preserve">APL Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0139588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03937070v1</w:t>
+                <w:t xml:space="preserve">hal-04240341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the temperature on growth by ammonia source molecular beam epitaxy of wurtzite phase ScAlN alloy on GaN</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Elias</w:t>
+                <w:t xml:space="preserve">Orientating the plasma-catalytic conversion of CO2 and CH4 toward liquid products by using a composite catalytic bed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Di Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vandad-Julien Rohani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Nemoz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Rotella</w:t>
+                <w:t xml:space="preserve">Aravind Parakkulam Ramaswamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Vézian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APL Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 11 (3), </w:t>
+              <w:t xml:space="preserve">Applied Catalysis A : General</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 650, pp.119015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0139588⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apcata.2022.119015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04240341v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03937070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Humins-Derived Magnetic Biochar for Water Purification by Adsorption and Magnetic Separation</w:t>
+                <w:t xml:space="preserve">On the influence of eccentricity on Thick Adherend Shear Tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Lomenech</w:t>
+                <w:t xml:space="preserve">J.-B. Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ch. Hurel</w:t>
+                <w:t xml:space="preserve">C. Perderiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Messina</w:t>
+                <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Schembri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Tosi</w:t>
+                <w:t xml:space="preserve">D. Pino-Muñoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12649-021-01481-3⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 110, pp.102910. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2021.102910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03280245v1</w:t>
+                <w:t xml:space="preserve">hal-03508465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the influence of eccentricity on Thick Adherend Shear Tests</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Humins-Derived Magnetic Biochar for Water Purification by Adsorption and Magnetic Separation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lomenech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-B. Charpentier</w:t>
+                <w:t xml:space="preserve">Ch. Hurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Perderiset</w:t>
+                <w:t xml:space="preserve">L. Messina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Georgi</w:t>
+                <w:t xml:space="preserve">M. Schembri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Pino-Muñoz</w:t>
+                <w:t xml:space="preserve">P. Tosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 110, pp.102910. </w:t>
+              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (12), pp.6497-6512. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2021.102910⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12649-021-01481-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508465v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03280245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystalline magnesium nitride ( Mg3N2 ): From epitaxial growth to fundamental physical properties</w:t>
               </w:r>
@@ -1531,291 +1531,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03045516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of oxide scales formed on alloy 82 in nominal PWR primary water at 340 °C and in hydrogenated steam at 400 °C</w:t>
+                <w:t xml:space="preserve">Hypothetic impact of chemical bonding on the moisture resistance of amorphous SixNyHz by plasma-enhanced chemical vapor deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilie Duhamel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Sennour</w:t>
+                <w:t xml:space="preserve">Catheline Cazako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Inal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Burr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Cauro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corrosion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.corsci.2017.11.029⟩</w:t>
+              <w:t xml:space="preserve">Metallurgical Research &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (4), pp.406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/metal/2018072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01674366v1</w:t>
+                <w:t xml:space="preserve">hal-02968666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypothetic impact of chemical bonding on the moisture resistance of amorphous SixNyHz by plasma-enhanced chemical vapor deposition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of oxide scales formed on alloy 82 in nominal PWR primary water at 340 °C and in hydrogenated steam at 400 °C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Inal</w:t>
+                <w:t xml:space="preserve">Cecilie Duhamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Burr</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Georgi</w:t>
+                <w:t xml:space="preserve">Catherine Guerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Cauro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elizabeth Chaumun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical Research &amp; Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 115 (4), pp.406. </w:t>
+              <w:t xml:space="preserve">Corrosion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 131, pp.386-403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/metal/2018072⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.corsci.2017.11.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968666v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doped TiO2 aerogels as alternative catalyst supports for proton exchange membrane fuel cells: A comparative study of Nb, V and Ta dopants</w:t>
               </w:r>
@@ -2288,103 +2288,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of Growth Temperature and Scandium Concentration on the Surface Oxidation of ScAlN Films Grown by Molecular Beam Epitaxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Gallardo-Mödinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ileana Florea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Wallart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vennéguès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wocsdice Exmatec 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Cadiz, Spain</w:t>
@@ -2413,90 +2413,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LES NANOPARTICULES DE TIO2 EN TANT QU’ADDITIF LIMITE, INTERACTIONS AVEC LES ADDITIFS TRADITIONNELS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Lahouij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Journées Internationales Francophones de Tribologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Chasseneuil du Poitou, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2521,90 +2521,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apport de l’XPS dans l’étude des mécanismes de lubrification des huiles de transmission dopées avec des nanoparticules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Lahouij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales des Spectroscopies de PhotoElectrons 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Sophia Antipolis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2655,64 +2655,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Perderiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Grunenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2780,64 +2780,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Perderiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Grunenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2892,51 +2892,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation mécanique d'une interface titane/epoxy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Perderiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3043,51 +3043,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Grunenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3123,256 +3123,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of nitrogen plasma treatments on SixNyHz moisture sensitivity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Discharge frequency and reagents choice effects on robustness of silicon nitride (Si3N4) thin layers deposited by PECVD (Plasma-Enhanced Chemical Vapor Deposition)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catheline Cazako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Burr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Cauro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Plasma Based Ion Implantation &amp; Deposition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Shanghai, France</w:t>
+              <w:t xml:space="preserve">European Conference on Heat Treatment and Surface Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721379v1</w:t>
+                <w:t xml:space="preserve">hal-01721378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discharge frequency and reagents choice effects on robustness of silicon nitride (Si3N4) thin layers deposited by PECVD (Plasma-Enhanced Chemical Vapor Deposition)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">The impact of nitrogen plasma treatments on SixNyHz moisture sensitivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catheline Cazako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Burr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Cauro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Heat Treatment and Surface Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Nice, France</w:t>
+              <w:t xml:space="preserve">Conference on Plasma Based Ion Implantation &amp; Deposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Shanghai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01721378v1</w:t>
+                <w:t xml:space="preserve">hal-01721379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude XPS de la ré-oxydation de films de Nichrome dans la chambre d'analyse lors du profilage séquentiel par érosion</w:t>
               </w:r>
@@ -3410,51 +3410,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bouttemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Aureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Inal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELSPEC'16, 7eme conférence francophone sur les spectroscopies d’électrons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Versailles_Meudon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3826,90 +3826,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apport de l’XPS dans la compréhension des interactions entre nanoparticules et additifs à action tribologique pour la formation de tribofilms performants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Nassif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imène Lahouij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LES JOURNEES NATIONALES DES SPECTROSCOPIES DE PHOTOEMISSION (JNSPE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3960,64 +3960,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Perderiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Georgi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Montmitonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Grunenwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4252,51 +4252,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9BB2B8C5"/>
+    <w:nsid w:val="96019DF2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4483,51 +4483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-georgi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2731-3811" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/086162217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05455822v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Nassif" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Georgi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montmitonnet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Meyer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Lahouij" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.110791" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440883v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Gallardo-M&#246;dinger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wallart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0303670" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05455843v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyuan Peng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.110748" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722306v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alamarguy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aureau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Conard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2024.147486" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04351608v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Ndiaye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Elias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissatou Diagne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rotella" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167855" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937070v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Li" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandad-Julien Rohani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Parakkulam Ramaswamy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sennour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.119015" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240341v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Nemoz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane V&#233;zian" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0139588" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03280245v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lomenech" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Hurel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Messina" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schembri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tosi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-021-01481-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508465v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Charpentier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perderiset" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouvard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pino-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2021.102910" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045516v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. John" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rotella" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deparis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.4.054601" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01674366v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Duhamel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Chaumun" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2017.11.029" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968666v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catheline Cazako" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Inal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cauro" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/2018072" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01327894v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Testut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthon-Fabry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;taz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2016.06.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01354141v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Boix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Navard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2016.06.030" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00673987v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque-Ceretti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Monasse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0151-9107(03)00051-5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444006v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Sterzynski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morand Lambla" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/217.970064" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168319v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886922v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391358v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582835v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Perderiset" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Grunenwald" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582854v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417171v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charpentier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pino Mu&#241;oz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-04028682v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01721379v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01721378v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444740v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Macabies" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bouttemy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02500813v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duhamel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sennour" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chaumun" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444777v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444604v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eponine Raynaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquesne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886942v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01963585v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03585661v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-georgi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2731-3811" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/086162217" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440883v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Gallardo-M&#246;dinger" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Georgi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Wallart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Florea" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Venn&#233;gu&#232;s" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0303670" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05455822v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Nassif" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Montmitonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Meyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Lahouij" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.110791" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05455843v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyuan Peng" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2025.110748" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722306v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alamarguy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Aureau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Conard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gauthier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2024.147486" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04351608v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samba Ndiaye" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Elias" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissatou Diagne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rotella" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0167855" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240341v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Nemoz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane V&#233;zian" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0139588" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03937070v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di Li" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vandad-Julien Rohani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aravind Parakkulam Ramaswamy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sennour" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2022.119015" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508465v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Charpentier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perderiset" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Bouvard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pino-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2021.102910" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03280245v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lomenech" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Hurel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Messina" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schembri" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Tosi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-021-01481-3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045516v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. John" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rotella" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Deparis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevmaterials.4.054601" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968666v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catheline Cazako" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Inal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Burr" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Cauro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal/2018072" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01674366v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Duhamel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Guerre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Chaumun" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2017.11.029" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01327894v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Testut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Berthon-Fabry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Gu&#233;taz" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2016.06.003" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01354141v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estefania Boix" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Navard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2016.06.030" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00673987v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Darque-Ceretti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Monasse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0151-9107(03)00051-5" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444006v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Sterzynski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morand Lambla" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Thomas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/217.970064" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168319v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886922v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391358v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582835v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Perderiset" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Grunenwald" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03582854v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417171v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Charpentier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pino Mu&#241;oz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-04028682v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01721378v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01721379v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444740v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Macabies" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bouttemy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02500813v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Duhamel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sennour" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerre" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Chaumun" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444777v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01444604v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eponine Raynaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquesne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04886942v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01963585v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03585661v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>