--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -355,278 +355,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04531421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil properties and growing duration determine phosphorus phyto-availability dynamics of polyphosphate versus orthophosphate fertilizers</w:t>
+                <w:t xml:space="preserve">Two-dimensional modelling of CO2 mineral trapping through the oxalate-carbonate pathway: influence of the root system model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ran Erel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Yalin</w:t>
+                <w:t xml:space="preserve">Hannah S. Gatz-Miller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adi Kushmaro-Bier</w:t>
+                <w:t xml:space="preserve">Danyang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qianqian Li</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">K. Ulrich Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 485, pp.299-315. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 904, pp.166280. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-022-05830-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969723v1</w:t>
+                <w:t xml:space="preserve">hal-04197276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-dimensional modelling of CO2 mineral trapping through the oxalate-carbonate pathway: influence of the root system model</w:t>
+                <w:t xml:space="preserve">Soil properties and growing duration determine phosphorus phyto-availability dynamics of polyphosphate versus orthophosphate fertilizers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hannah S. Gatz-Miller</w:t>
+                <w:t xml:space="preserve">Ran Erel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Yalin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adi Kushmaro-Bier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qianqian Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 904, pp.166280. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 485, pp.299-315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166280⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-022-05830-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197276v1</w:t>
+                <w:t xml:space="preserve">hal-03969723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reactive transport modelling the oxalate-carbonate pathway of the Iroko tree; Investigation of calcium and carbon sinks and sources</w:t>
               </w:r>
@@ -651,64 +651,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Verrecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danyang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ulrich Mayer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoderma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 410, pp.115665. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1004,157 +1004,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02629397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the effects of water limitation on plant biomass using a 3D functional–structural plant model of shoot and root driven by soil hydraulics</w:t>
+                <w:t xml:space="preserve">Effects of intercropping on field-scale phosphorus acquisition processes in a calcareous soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato K Braghiere</w:t>
+                <w:t xml:space="preserve">Hanane Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jochem B. Evers</w:t>
+                <w:t xml:space="preserve">Peter Dokukin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Pradal</w:t>
+                <w:t xml:space="preserve">Hadjer Djamai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Pagès</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nazih-Yacer Rebouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 126 (4), pp.713-728. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 449, pp.331-341. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/aob/mcaa059⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-020-04491-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02912597v1</w:t>
+                <w:t xml:space="preserve">hal-02538322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphorus acquisition processes in the field: study of faba bean cultivated on calcareous soils in Algeria</w:t>
               </w:r>
@@ -1251,161 +1255,157 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02620727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of intercropping on field-scale phosphorus acquisition processes in a calcareous soil</w:t>
+                <w:t xml:space="preserve">Simulating the effects of water limitation on plant biomass using a 3D functional–structural plant model of shoot and root driven by soil hydraulics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hanane Messaoudi</w:t>
+                <w:t xml:space="preserve">Renato K Braghiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Dokukin</w:t>
+                <w:t xml:space="preserve">Jochem B. Evers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadjer Djamai</w:t>
+                <w:t xml:space="preserve">Christophe Pradal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nazih-Yacer Rebouh</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Loic Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 449, pp.331-341. </w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 126 (4), pp.713-728. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11104-020-04491-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcaa059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02538322v1</w:t>
+                <w:t xml:space="preserve">hal-02912597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geochemical and microbial controls of the effect of citrate on phosphorus availability in a ferralsol</w:t>
               </w:r>
@@ -1547,51 +1547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Blitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Pagès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 413 (1-2), pp.161 - 180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1843,613 +1843,613 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The intercropping cowpea-maize improves soil phosphorus availability and maize yields in an alkaline soil</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reply to the Comment by J.P. Gustafsson and D.G. Lumsdon on “Citrate adsorption can decrease soluble phosphate concentration in soils: Results of theoretical modeling” by M. Duputel, N. Devau, M. Brossard, B. Jaillard, D.L. Jones, P. Hinsinger, and F. Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Alkama</w:t>
+                <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Laoufi</w:t>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Jacques Drevon</w:t>
+                <w:t xml:space="preserve">Michel Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Jaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davey L. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-014-2214-6⟩</w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46, pp.90-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2014.02.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268708v1</w:t>
+                <w:t xml:space="preserve">hal-01268506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to the Comment by D. G. Lumsdon on &amp;quot;Fertilization and pH effects on processes and mechanisms controlling dissolved inorganic phosphorus in soils&amp;quot; by N. Devau, P. Hinsinger, E. Le Cadre, B. Colomb and F. Gerard</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The intercropping cowpea-maize improves soil phosphorus availability and maize yields in an alkaline soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Latati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Blavet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Alkama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Laoufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Drevon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2013.03.044⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 385 (1-2), pp.181-191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-014-2214-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01268477v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endogeic earthworms modify soil phosphorus, plant growth and interactions in a legume–cereal intercrop</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Bernard</w:t>
+                <w:t xml:space="preserve">Reply to the Comment by D. G. Lumsdon on &amp;quot;Fertilization and pH effects on processes and mechanisms controlling dissolved inorganic phosphorus in soils&amp;quot; by N. Devau, P. Hinsinger, E. Le Cadre, B. Colomb and F. Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-014-2046-4⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 124, pp.410-417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2013.03.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268548v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to the Comment by J.P. Gustafsson and D.G. Lumsdon on “Citrate adsorption can decrease soluble phosphate concentration in soils: Results of theoretical modeling” by M. Duputel, N. Devau, M. Brossard, B. Jaillard, D.L. Jones, P. Hinsinger, and F. Gérard</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Endogeic earthworms modify soil phosphorus, plant growth and interactions in a legume–cereal intercrop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Jaillard</w:t>
+                <w:t xml:space="preserve">Mathieu Coulis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davey L. Jones</w:t>
+                <w:t xml:space="preserve">Laetitia Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2014.02.011⟩</w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 379, pp.149-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11104-014-2046-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01268506v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citrate adsorption can decrease soluble phosphate concentration in soil: Experimental and modeling evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence van Hoye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2534,103 +2534,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Citrate adsorption can decrease soluble phosphate concentration in soils: Results of theoretical modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davey L. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Geochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 35, pp.120-131. </w:t>
@@ -2814,77 +2814,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fertilization and pH effects on processes and mechanisms controlling dissolved inorganic phosphorus in soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Colomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2956,64 +2956,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mechanistic model for understanding root-induced chemical changes controlling phosphorus availability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3067,311 +3067,311 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02658888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil pH controls the environmental availability of phosphorus: Experimental and mechanistic modelling approaches</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Gérard</w:t>
+                <w:t xml:space="preserve">Which formalism to model the pH and temperature dependence of the microbiological processes in soils? Emphasis on nitrification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Cadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Génermont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Morvan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Recous</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2009.09.020⟩</w:t>
+              <w:t xml:space="preserve">Environmental Modeling &amp; Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 14 (4), pp.539-544. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10666-008-9155-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02663480v1</w:t>
+                <w:t xml:space="preserve">hal-01192164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which formalism to model the pH and temperature dependence of the microbiological processes in soils? Emphasis on nitrification</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Recous</w:t>
+                <w:t xml:space="preserve">Soil pH controls the environmental availability of phosphorus: Experimental and mechanistic modelling approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Jaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Modeling &amp; Assessment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 14 (4), pp.539-544. </w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 24 (11), pp.2163-2174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10666-008-9155-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2009.09.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01192164v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Verification and intercomparison of reactive transport codes to describe root-uptake</w:t>
               </w:r>
@@ -4057,1434 +4057,1434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02787774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reactive transport modeling the oxalate carbonate pathway to assess carbon sequestration by the Iroko tree</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling reactive transport processes with root system architecture and functions: principles and application examples.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannah Gatz-Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rénato Kerches Braghiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Andres Bea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Washington, United States</w:t>
+              <w:t xml:space="preserve">International Conference on Terrestrial Systems research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02116331v1</w:t>
+                <w:t xml:space="preserve">hal-02787921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nutrient and carbon dynamics in agroecosystems from a rhizosphere biogeochemistry perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Pradier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BONARES Conference 2018: Soil as a sustainable resource</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of CO2, CH4 and N2O concentrations throughout deep soil profiles in Eucalypt plantations subjected to contrasted rainfall regimes: consequences on soil effluxes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Loïc Pagès</w:t>
+                <w:t xml:space="preserve">Reactive transport modeling the oxalate carbonate pathway to assess carbon sequestration by the Iroko tree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannah Gatz-Miller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Verrechia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Ulrich Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eucalyptus 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Montpellier, France</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788521v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02116331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling reactive transport processes with root system architecture and functions: principles and application examples.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamics of CO2, CH4 and N2O concentrations throughout deep soil profiles in Eucalypt plantations subjected to contrasted rainfall regimes: consequences on soil effluxes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Germon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Blitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Terrestrial Systems research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Bonn, Germany</w:t>
+              <w:t xml:space="preserve">Eucalyptus 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787921v1</w:t>
+                <w:t xml:space="preserve">hal-02788521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processes controlling phosphate acquisition by plants as revealed by coupled root system-reactive transport modeling</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eléments de réflexion sur l’introduction d’un module P dans le modèle STICS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mollier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Budynek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Denoroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marko Kavic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">11. Séminaire STICS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787920v1</w:t>
+                <w:t xml:space="preserve">hal-02733592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléments de réflexion sur l’introduction d’un module P dans le modèle STICS</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Processes controlling phosphate acquisition by plants as revealed by coupled root system-reactive transport modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Andres Bea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pagès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Ulrich Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Séminaire STICS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Goldschmidt 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733592v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incorporating soil organic matter models in generic reactive transport codes</w:t>
+                <w:t xml:space="preserve">Generic reactive transport codes as ﬂexible tools to integrate soil organic matter degradation models with water, transport and geochemistry in soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Ulrich Mayer</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jirka Simunek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t>
+              <w:t xml:space="preserve">Fall Meeting AGU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02801821v1</w:t>
+                <w:t xml:space="preserve">hal-02797237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic reactive transport codes as flexible tools to integrate soil organic matter degradation models with water, transport and geochemistry in soils</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Leterme</w:t>
+                <w:t xml:space="preserve">Nutrient cycling in agroecosystems – a rhizosphere biogeochemistry perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pradier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laclau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU, European Geosciences Union General Assembly 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">ASA, CSSA and SSSA International Annual Meetings (2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Phoenix, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02742565v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02739464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient cycling in agroecosystems – a rhizosphere biogeochemistry perspective</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+                <w:t xml:space="preserve">Generic reactive transport codes as flexible tools to integrate soil organic matter degradation models with water, transport and geochemistry in soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diederik Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uli Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Leterme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASA, CSSA and SSSA International Annual Meetings (2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Phoenix, United States</w:t>
+              <w:t xml:space="preserve">EGU, European Geosciences Union General Assembly 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02739464v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02742565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generic reactive transport codes as ﬂexible tools to integrate soil organic matter degradation models with water, transport and geochemistry in soils</w:t>
+                <w:t xml:space="preserve">Incorporating soil organic matter models in generic reactive transport codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaus Ulrich Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jirka Simunek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fall Meeting AGU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">Austin International Conference on Soil Modeling, International Soil Modeling Consortium (ISMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2016, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02797237v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02801821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus use efficiency in symbiotic N2 fixation for coupling bio-geochemical cycles in agrosystems with legumes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Jacques Drevon</w:t>
+                <w:t xml:space="preserve">Implementation of root system architecture and functions into the reactive transport model MIN3P: method and capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Blitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Pagès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Amenc</w:t>
+                <w:t xml:space="preserve">Nicolas Moitrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adnane Bargaz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Didier Blavet</w:t>
+                <w:t xml:space="preserve">Ludovic Tambour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. Climate Smart Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Montpellier, France. 227 p</w:t>
+              <w:t xml:space="preserve">Goldschmidt conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02741501v1</w:t>
+                <w:t xml:space="preserve">hal-02797235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of root system architecture and functions into the reactive transport model MIN3P: method and capabilities</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Loïc Pagès</w:t>
+                <w:t xml:space="preserve">Phosphorus use efficiency in symbiotic N2 fixation for coupling bio-geochemical cycles in agrosystems with legumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Drevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Moitrier</w:t>
+                <w:t xml:space="preserve">Laurie Amenc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Tambour</w:t>
+                <w:t xml:space="preserve">Adnane Bargaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Becquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Blavet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Goldschmidt conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">3. Climate Smart Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Montpellier, France. 227 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02797235v1</w:t>
+                <w:t xml:space="preserve">hal-02741501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations – Modélisation des interactions biotiques dans les sols</w:t>
               </w:r>
@@ -5522,51 +5522,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Boudsocq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nouveaux défis de Modélisation pour l'Agro-écologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Paris, France. 19 p</w:t>
@@ -5595,51 +5595,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic modelling of P availability: the case of intercropping rhizosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5684,333 +5684,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01190050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A decision-support system for vineyard water status management based on a modeling approach</w:t>
+                <w:t xml:space="preserve">Time-dependent sensitivity and uncertainty analyses of an agro-climatic model for the water status management of vineyard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Guaus</w:t>
+                <w:t xml:space="preserve">Anais Guaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bsaibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Cartailler</w:t>
+                <w:t xml:space="preserve">Thomas Cartailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECPA 2013 - 9th European Conference on Precise Agriculture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Lleida, Spain. pp.451-458</w:t>
+              <w:t xml:space="preserve">7. International Conference on Sensitivity Analysis of Model Output</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00920847v1</w:t>
+                <w:t xml:space="preserve">hal-01190046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-dependent sensitivity and uncertainty analyses of an agro-climatic model for the water status management of vineyard</w:t>
+                <w:t xml:space="preserve">A decision-support system for vineyard water status management based on a modeling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais Guaus</w:t>
+                <w:t xml:space="preserve">Anaïs Guaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bsaibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cartailler</w:t>
+                <w:t xml:space="preserve">Thierry Cartailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. International Conference on Sensitivity Analysis of Model Output</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Nice, France</w:t>
+              <w:t xml:space="preserve">ECPA 2013 - 9th European Conference on Precise Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Lleida, Spain. pp.451-458</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190046v1</w:t>
+                <w:t xml:space="preserve">hal-00920847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A model-driven decision support system for vineyard water status management: a time-dependent sensitivity analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Guaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bsaibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cartailler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémentine Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6068,398 +6068,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption du citrate et disponibilité du phosphate dans les sols : modélisation mécaniste</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of two modeling approaches for water transfer in the soil-vegetation-atmosphere continuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Guaus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bsaibes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Auffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lebon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journées d'Etude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Versailles, France</w:t>
+              <w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268849v1</w:t>
+                <w:t xml:space="preserve">hal-01268647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Root-mediated mobilization of soil phosphates: what did we learn from mechanistic modelling ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01268648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of two modeling approaches for water transfer in the soil-vegetation-atmosphere continuum</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adsorption du citrate et disponibilité du phosphate dans les sols : modélisation mécaniste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Duputel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Brossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Jaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Congress of the European Soil Science Societies. Eurosoil 2012: soil science for the benefit of mankind and environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Bari, Italy</w:t>
+              <w:t xml:space="preserve">11. Journées d'Etude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268647v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the effects of fertilization and pH on dissolved inorganic phosphorus in soils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6510,77 +6510,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a predictive model of soil and rhizosphere phosphorus availability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6743,77 +6743,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical analysis of two approaches for modelling water transfers in the soil-vegetation-atmosphere continuum: application to vineyard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Guaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Bsaibes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Auffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lebon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6890,64 +6890,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Betencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoyan Tang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6989,103 +6989,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of citrate on phosphorus availability in soils of contrasted mineralogy – a mechanistic modeling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rhizosphere 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Perth, Australia</w:t>
@@ -7108,808 +7108,808 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus bioavailability – nothing but a rhizosphere story</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Surface complexation modelling of phosphorus availability and bioavailability for plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marek Duputel</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Phosphorus Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Séville, Spain</w:t>
+              <w:t xml:space="preserve">Conference on Goldschmidt 2010 - Earth, Energy, and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Knoxville, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756049v1</w:t>
+                <w:t xml:space="preserve">hal-02751335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface complexation modelling of phosphorus availability and bioavailability for plants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Phosphorus bioavailability – nothing but a rhizosphere story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude C. Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Betencourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Duputel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Goldschmidt 2010 - Earth, Energy, and the Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Knoxville, United States</w:t>
+              <w:t xml:space="preserve">6. International Phosphorus Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Séville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02751335v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rhizosphere processes : the roots of ecological intensification of agroecosystems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modifications des propriétés complexantes des matières organiques dissoutes vis-à-vis du cuivre dans la rhizosphère du blé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Bravin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Plant Nutrition Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Sacramento, United States</w:t>
+              <w:t xml:space="preserve">10. Journées d’Etude des Sols (JES)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02753155v1</w:t>
+                <w:t xml:space="preserve">hal-02753009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Availability of phosphorus from micronized phosphate for crops: a new application of rock phosphate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">A mechanistic model for understanding pH effect on phosphorus availability in rhizosphere and bulk soil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COVAPHOS 3: the Phosphate Meeting Point</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Marrakech, Morocco</w:t>
+              <w:t xml:space="preserve">16. International Plant Nutrition Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Sacramento, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754377v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications des propriétés complexantes des matières organiques dissoutes vis-à-vis du cuivre dans la rhizosphère du blé</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cedric Garnier</w:t>
+                <w:t xml:space="preserve">Rhizosphere processes : the roots of ecological intensification of agroecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Brauman Brauman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jourdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. Journées d’Etude des Sols (JES)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">16. International Plant Nutrition Colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Sacramento, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753009v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02753155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mechanistic model for understanding pH effect on phosphorus availability in rhizosphere and bulk soil</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Availability of phosphorus from micronized phosphate for crops: a new application of rock phosphate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadija Saja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Benezet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Souche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. International Plant Nutrition Colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Sacramento, United States</w:t>
+              <w:t xml:space="preserve">COVAPHOS 3: the Phosphate Meeting Point</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Marrakech, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02752370v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using a mechanistic adsorption model to understand the influence of soil pH on the environmental availability of Phosphorus: Application to a Chromic Cambisol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Vancouver, Canada</w:t>
@@ -7951,90 +7951,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soil-Root-Microbe Interactions in the Rhizosphere - A Key to Understanding and Predicting Nutrient Bioavailability to Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bravin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Devau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edith Le Cadre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Symposium on Interactions of Soil Minerals with Organic Components and Microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Pucon, Chile</w:t>
@@ -8337,51 +8337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hatem Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Drevon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8471,51 +8471,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Blitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hinsinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Pagès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International EcoSummit: Ecological Sustainability: Engineering Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Montpellier, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8534,385 +8534,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clay minerals and phosphate sorption in soils</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marek Duputel</w:t>
+                <w:t xml:space="preserve">Abiotic processes controlling the effects of citrate on phosphorus availability: study of a fertilized ferralsol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manitranirina Henintsoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Becquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Caner</w:t>
+                <w:t xml:space="preserve">Michael Clairotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chanapa Kongmark</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Larvy Delarivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andry Andriamananjara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
+              <w:t xml:space="preserve">4th Sustainable Phosphorus Summit, SPS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268830v1</w:t>
+                <w:t xml:space="preserve">hal-01268855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Earthworms modify soil phosphorus and plant interactions in a Mediterranean legume-cereal intercrop</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clay minerals and phosphate sorption in soils</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Duputel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Caner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanapa Kongmark</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268845v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abiotic processes controlling the effects of citrate on phosphorus availability: study of a fertilized ferralsol</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Andry Andriamananjara</w:t>
+                <w:t xml:space="preserve">Earthworms modify soil phosphorus and plant interactions in a Mediterranean legume-cereal intercrop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Coulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hinsinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01268827v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01268845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abiotic processes controlling the effects of citrate on phosphorus availability: study of a fertilized ferralsol</w:t>
               </w:r>
@@ -8924,120 +8924,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manitranirina Henintsoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Becquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Clairotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Larvy Delarivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andry Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Sustainable Phosphorus Summit, SPS 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Montpellier, France. 2014</w:t>
+              <w:t xml:space="preserve">PSP5 2014 - Facing Phosphorus Scarcity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Montpellier, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01268855v1</w:t>
+                <w:t xml:space="preserve">hal-01268827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms controlling the mobility of aluminium in a brown acidic soil: influence of the planted tree species and matric potential</w:t>
               </w:r>
@@ -10090,51 +10090,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495071v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Yalin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Borisover" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Lavi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric G&#233;rard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-025-07751-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531421v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Bontpart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Weiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lacombe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.03.013" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969723v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Erel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adi Kushmaro-Bier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianqian Li" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-022-05830-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197276v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah S. Gatz-Miller" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Su" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ulrich Mayer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166280" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713558v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Gatz-Miller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verrecchia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2021.115665" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517541v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barczi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Beroueg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Couvreur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danjon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab035" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629397v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gerard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Su" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. U. Mayer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-019-09862-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912597v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato K Braghiere" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem B. Evers" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pradal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaa059" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620727v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Houassine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Latati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Y. Rebouh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03650340.2019.1605166" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02538322v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Messaoudi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dokukin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Djamai" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih-Yacer Rebouh" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04491-7" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manitranirina Henintsoa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becquer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Rabeharisoa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.12.020" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521534v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-3092-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269249v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2015.08.036" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QN8QT23-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269503v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Hamdi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Ziadi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Kouakoua" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blavet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9790/5736-08513442" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268708v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alkama" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laoufi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Drevon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2214-6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268477v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colomb" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.03.044" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDR8GZ7Q-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268548v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2046-4" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268506v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Duputel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brossard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jaillard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davey L. Jones" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2014.02.011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CM6VRQXV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268478v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence van Hoye" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Toucet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.09.017" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GP6HQKT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01023702v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.03.018" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2T7FMSX3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096850v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu N. Bravin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenoble" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dudal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2012.01.031" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647700v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Colomb" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2011.02.034" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9G4NQ9XQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658888v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq098" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663480v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2009.09.020" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DT8L2G5G-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192164v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Cadre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie G&#233;nermont" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morvan" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Recous" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10666-008-9155-5" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LQ1G4XPJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659177v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Nowack" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. E. Oswald" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. van Beinum" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. J. Appelo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-006-9017-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883721v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gerard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Lindemann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gelhaye" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Gelhaye" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2003041" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679228v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brul&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Frey-Klett" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude J.-C. Pierrat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courrier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741578v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarvenaz Najafi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741489v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787774v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verrechia" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Ulrich Mayer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116331v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750202v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pradier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laclau" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788521v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787921v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nato Kerches Braghiere" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Andres Bea" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787920v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733592v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Budynek" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Denoroy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Kavic" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morel" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801821v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Jacques" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jirka Simunek" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742565v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik Jacques" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uli Mayer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Leterme" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739464v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797237v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741501v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Bargaz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797235v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tambour" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268684v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boudsocq" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190050v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00920847v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guaus" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bsaibes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cartailler" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Prieur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lebon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190046v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Guaus" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cartailler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268610v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-778-3_55" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268849v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268648v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268647v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Auffray" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748941v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747084v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214709v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aholoukp&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ouagga" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bensalah" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouatif Cheggour" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745471v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750123v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Betencourt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746033v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756049v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Plassard" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751335v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753155v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman Brauman" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754377v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Saja" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Benezet" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Souche" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753009v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bravin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Garnier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752370v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751333v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190449v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759952v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jaffrain" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boudot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Ranger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828962v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791129v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pansu" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ibrahim" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739636v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268830v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Caner" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanapa Kongmark" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268845v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268827v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Clairotte" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Larvy Delarivi&#232;re" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriamananjara" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268855v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827138v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clement" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832555v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nowack" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Oswald" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roose" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schnepf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268625v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.T. Amos" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Molins" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/978160805306311201010186" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795717v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fritz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Crovisier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02816828v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05495071v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Yalin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Borisover" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamar Lavi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric G&#233;rard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-025-07751-6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531421v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Bontpart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Weiss" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lacombe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.03.013" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197276v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah S. Gatz-Miller" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Su" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ulrich Mayer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166280" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969723v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ran Erel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adi Kushmaro-Bier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qianqian Li" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-022-05830-6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713558v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Gatz-Miller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verrecchia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2021.115665" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03517541v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Barczi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Beroueg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Buck-Sorlin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Couvreur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danjon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/insilicoplants/diab035" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629397v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jacques" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gerard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Su" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. U. Mayer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10596-019-09862-3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02538322v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanane Messaoudi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Dokukin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Djamai" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih-Yacer Rebouh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04491-7" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620727v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Houassine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Latati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazih Y. Rebouh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03650340.2019.1605166" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912597v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato K Braghiere" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochem B. Evers" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pradal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Pag&#232;s" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaa059" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606848v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manitranirina Henintsoa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Becquer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilia Rabeharisoa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2016.12.020" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521534v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Blitz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hinsinger" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-016-3092-x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269249v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2015.08.036" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QN8QT23-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269503v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Hamdi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noura Ziadi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Kouakoua" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Blavet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9790/5736-08513442" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268506v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Duputel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Devau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brossard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Jaillard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davey L. Jones" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2014.02.011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CM6VRQXV-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268708v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Alkama" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Laoufi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Drevon" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2214-6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268477v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Colomb" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.03.044" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MDR8GZ7Q-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268548v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Coulis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Bernard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Plassard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2046-4" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268478v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence van Hoye" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Toucet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.09.017" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7GP6HQKT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-01023702v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2013.03.018" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2T7FMSX3-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01096850v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu N. Bravin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Garnier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lenoble" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dudal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2012.01.031" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647700v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Colomb" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2011.02.034" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9G4NQ9XQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658888v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcq098" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01192164v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Cadre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie G&#233;nermont" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Morvan" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Recous" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10666-008-9155-5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-LQ1G4XPJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663480v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2009.09.020" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DT8L2G5G-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659177v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Nowack" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. E. Oswald" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. van Beinum" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. A. J. Appelo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-006-9017-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00883721v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gerard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Lindemann" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gelhaye" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Gelhaye" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/forest:2003041" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679228v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Brul&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale P. Frey-Klett" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-Claude J.-C. Pierrat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Courrier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741578v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarvenaz Najafi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741489v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787774v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verrechia" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Ulrich Mayer" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787921v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nato Kerches Braghiere" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Andres Bea" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750202v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pradier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laclau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116331v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788521v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Germon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Pag&#232;s" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733592v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Budynek" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Denoroy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Kavic" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787920v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797237v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Jacques" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739464v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742565v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederik Jacques" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uli Mayer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Leterme" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801821v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jirka Simunek" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797235v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moitrier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Tambour" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741501v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Amenc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Bargaz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268684v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Boudsocq" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190050v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190046v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Guaus" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bsaibes" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cartailler" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Prieur" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lebon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00920847v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guaus" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cartailler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268610v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-778-3_55" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268647v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Auffray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268648v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268849v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748941v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747084v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214709v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Aholoukp&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ouagga" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bensalah" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aouatif Cheggour" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745471v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750123v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Betencourt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Tang" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746033v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751335v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756049v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude C. Plassard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753009v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bravin" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Garnier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752370v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753155v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman Brauman" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754377v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Saja" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Benezet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Souche" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751333v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roger" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190449v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759952v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jaffrain" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boudot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Ranger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828962v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meyer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791129v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pansu" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hatem Ibrahim" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739636v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268855v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Clairotte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Larvy Delarivi&#232;re" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Andriamananjara" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268830v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Caner" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanapa Kongmark" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268845v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268827v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827138v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Clement" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02832555v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Nowack" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Oswald" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roose" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schnepf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268625v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.T. Amos" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Molins" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/978160805306311201010186" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02795717v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cl&#233;ment" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Fritz" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Crovisier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04936744v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucilla Benedetti" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bouchez" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Calmet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05045026v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pinay" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ferrage" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Abcha" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ackerer" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02816828v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>