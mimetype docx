--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -511,827 +511,827 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04936197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular study of the status of Angiostrongylus cantonensis in rats in Haiti</w:t>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Taenia martis&amp;lt;/i&amp;gt; in an Alaotran gentle lemur ( &amp;lt;i&amp;gt;Hapalemur alaotrensis&amp;lt;/i&amp;gt; ): The importance of molecular identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jimmy Fedna</w:t>
+                <w:t xml:space="preserve">Clara Danière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Borne</w:t>
+                <w:t xml:space="preserve">Marie-Pierre Callait-Cardinal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Rieffel</w:t>
+                <w:t xml:space="preserve">Karin Lemberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gudrun Bornette</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoit Quintard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2024063⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Record Case Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (4), pp.e915. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/vrc2.915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04731903v1</w:t>
+                <w:t xml:space="preserve">hal-05144801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering Unexpected Vascular Locations of Scedosporium spp. and Lomentospora prolificans Fungal Infections, France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular study of the status of Angiostrongylus cantonensis in rats in Haiti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Fedna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Vignals</w:t>
+                <w:t xml:space="preserve">Romain Borne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Emmerich</w:t>
+                <w:t xml:space="preserve">Dominique Rieffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Begueret</w:t>
+                <w:t xml:space="preserve">Gudrun Bornette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Martin-Blondel</w:t>
+                <w:t xml:space="preserve">Jean-Hugues Henrys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3201/eid3006.231409⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31, pp.64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2024063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04882560v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04731903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeast Biodiversity of Karst Waters: Interest of Four Culture Media and an Improved MALDI-TOF MS Database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Grandhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Grandhay</w:t>
+                <w:t xml:space="preserve">Emma Prétot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Prétot</w:t>
+                <w:t xml:space="preserve">Victor Klaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Klaba</w:t>
+                <w:t xml:space="preserve">Hélène Celle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 87 (1), pp.26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00248-023-02336-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Taenia martis&amp;lt;/i&amp;gt; in an Alaotran gentle lemur ( &amp;lt;i&amp;gt;Hapalemur alaotrensis&amp;lt;/i&amp;gt; ): The importance of molecular identification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering Unexpected Vascular Locations of Scedosporium spp. and Lomentospora prolificans Fungal Infections, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Vignals</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Danière</w:t>
+                <w:t xml:space="preserve">Joseph Emmerich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Pierre Callait-Cardinal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+                <w:t xml:space="preserve">Hugues Begueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karin Lemberger</w:t>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit Quintard</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Martin-Blondel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Record Case Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 12 (4), pp.e915. </w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (6), pp.1077-1087. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/vrc2.915⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3201/eid3006.231409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05144801v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04882560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From modern-day parasitology to paleoparasitology: the elusive past record and evolution of Cryptosporidium</w:t>
+                <w:t xml:space="preserve">Acquired fluconazole resistance and genetic clustering in Diutina (Candida) catenulata from clinical samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Roche</w:t>
+                <w:t xml:space="preserve">Céline Nourrisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dalle</w:t>
+                <w:t xml:space="preserve">Maxime Moniot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Capelli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Borne</w:t>
+                <w:t xml:space="preserve">Rose-Anne Lavergne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Jouffroy-Bapicot</w:t>
+                <w:t xml:space="preserve">Estelle Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1249884⟩</w:t>
+              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 29 (2), pp.257.e7-257.e11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.09.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440435v1</w:t>
+                <w:t xml:space="preserve">hal-04758751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquired fluconazole resistance and genetic clustering in Diutina (Candida) catenulata from clinical samples</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From modern-day parasitology to paleoparasitology: the elusive past record and evolution of Cryptosporidium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Moniot</w:t>
+                <w:t xml:space="preserve">Kévin Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rose-Anne Lavergne</w:t>
+                <w:t xml:space="preserve">Frédéric Dalle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Robert</w:t>
+                <w:t xml:space="preserve">Nicolas Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Borne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Bonnin</w:t>
+                <w:t xml:space="preserve">Isabelle Jouffroy-Bapicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Microbiology and Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 29 (2), pp.257.e7-257.e11. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cmi.2022.09.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1249884⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04758751v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Invasive bone and joint infections from the French Scedosporiosis/lomentosporiosis Observational Study (SOS) cohort: no mortality with long-term antifungal treatment and surgery</w:t>
               </w:r>
@@ -2249,697 +2249,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03268535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic review of economic evaluation in fecal microbiota transplantation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Scedosporiosis/lomentosporiosis observational study (SOS): Clinical significance of Scedosporium species identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bronnimann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Stalder</w:t>
+                <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Kapel</w:t>
+                <w:t xml:space="preserve">Fanny Lanternier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Diaz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Koch</w:t>
+                <w:t xml:space="preserve">Laurence Maulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection Control and Hospital Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/ice.2019.371⟩</w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (5), pp.486 - 497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mmy/myaa086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02537244v1</w:t>
+                <w:t xml:space="preserve">pasteur-03222501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of Acquired In Vivo and In Vitro Resistance to Voriconazole by Candida krusei following Exposure to Suboptimal Drug Concentration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microsatellite Investigations of Multiple Echinococcus granulosus Sensu Stricto Cysts in Single Hosts Reveal Different Patterns of Infection Events between Livestock and Humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selim M’rad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisabete Ricardo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+                <w:t xml:space="preserve">Myriam Oudni-M’rad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Bastid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Miranda</w:t>
+                <w:t xml:space="preserve">Laure Bournez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Silva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Eglin</w:t>
+                <w:t xml:space="preserve">Sana Mosbahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.01651-19⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (6), pp.444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens9060444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536631v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-03294438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microsatellite Investigations of Multiple Echinococcus granulosus Sensu Stricto Cysts in Single Hosts Reveal Different Patterns of Infection Events between Livestock and Humans</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A systematic review of economic evaluation in fecal microbiota transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Stalder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selim M’rad</w:t>
+                <w:t xml:space="preserve">Nathalie Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Oudni-M’rad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Bastid</w:t>
+                <w:t xml:space="preserve">Sophie Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bournez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sana Mosbahi</w:t>
+                <w:t xml:space="preserve">Stéphane Koch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens9060444⟩</w:t>
+              <w:t xml:space="preserve">Infection Control and Hospital Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/ice.2019.371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-03294438v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02537244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast-Growing Alveolar Echinococcosis Following Lung Transplantation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mechanisms of Acquired In Vivo and In Vitro Resistance to Voriconazole by Candida krusei following Exposure to Suboptimal Drug Concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabete Ricardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Dupont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+                <w:t xml:space="preserve">Isabel Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Yves Mabrut</w:t>
+                <w:t xml:space="preserve">Raquel Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Gay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Persat</w:t>
+                <w:t xml:space="preserve">Guillaume Eglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens9090756⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 64 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.01651-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154574v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scedosporiosis/lomentosporiosis observational study (SOS): Clinical significance of Scedosporium species identification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+                <w:t xml:space="preserve">Fast-Growing Alveolar Echinococcosis Following Lung Transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Dromer</w:t>
+                <w:t xml:space="preserve">Jean-Yves Mabrut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Lanternier</w:t>
+                <w:t xml:space="preserve">Frédérique Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Maulin</w:t>
+                <w:t xml:space="preserve">Florence Persat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 59 (5), pp.486 - 497. </w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (9), pp.756. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/mmy/myaa086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/pathogens9090756⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03222501v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and molecular characterization of Echinococcus canadensis G6/7 in dogs from Corsica, France</w:t>
               </w:r>
@@ -3187,291 +3187,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02316590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Mucorales by Matrix-Assisted Laser Desorption Ionization Time-of-Flight Mass Spectrometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular identification of cystic echinococcosis in humans and pigs reveals the presence of both Echinococcus granulosus sensu stricto and Echinococcus canadensis G6/G7 in the hyperendemic focus of the Republic of Moldova</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Schwarz</w:t>
+                <w:t xml:space="preserve">Oleg Chihai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Bastid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houssem Guedouar</w:t>
+                <w:t xml:space="preserve">Florence Elisabeth Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farah Laouiti</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dumitru Erhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fungi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jof5030056⟩</w:t>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 118 (10), pp.2857-2861. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00436-019-06432-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195471v1</w:t>
+                <w:t xml:space="preserve">hal-02537383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular identification of cystic echinococcosis in humans and pigs reveals the presence of both Echinococcus granulosus sensu stricto and Echinococcus canadensis G6/G7 in the hyperendemic focus of the Republic of Moldova</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gérald Umhang</w:t>
+                <w:t xml:space="preserve">Identification of Mucorales by Matrix-Assisted Laser Desorption Ionization Time-of-Flight Mass Spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Chihai</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Bastid</w:t>
+                <w:t xml:space="preserve">Houssem Guedouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Elisabeth Grenouillet</w:t>
+                <w:t xml:space="preserve">Farah Laouiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dumitru Erhan</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eric Dannaoui</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 118 (10), pp.2857-2861. </w:t>
+              <w:t xml:space="preserve">Journal of Fungi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (3), pp.56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00436-019-06432-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/jof5030056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02537383v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolated Cerebral Alveolar Echinococcosis</w:t>
               </w:r>
@@ -3585,363 +3585,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nocardiose cérébrale et pulmonaire à Nocardia abscessus chez un patient algérien immunocompétent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating the genetic diversity of Echinococcus granulosus sensu stricto with new microsatellites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Bastid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selim M’rad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dalila Arrache</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Durand</w:t>
+                <w:t xml:space="preserve">Benoit B. Valot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2018.04.010⟩</w:t>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 117 (9), pp.2743-2755. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00436-018-5963-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02195588v1</w:t>
+                <w:t xml:space="preserve">hal-02195671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human cryptosporidiosis in immunodeficient patients in France (2015–2017)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romy Razakandrainibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Sautour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Basmaciyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 192, pp.108-112. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.exppara.2018.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02902544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MR imaging features of peritoneal alveolar echinococcosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Beaussant-Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3950,789 +3950,789 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 99 (7-8), pp.511-512. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.diii.2018.02.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02195707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tumor shape pulmonary mucormycosis associated with sinonasal aspergillosis in a diabetic patient</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nocardiose cérébrale et pulmonaire à Nocardia abscessus chez un patient algérien immunocompétent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Arrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Zait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Rodriguez-Nava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Point</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Fanny Lanternier</w:t>
+                <w:t xml:space="preserve">Thibaut Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology Case Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mmcr.2017.08.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Mycology = Journal de Mycologie Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (3), pp.531-537. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mycmed.2018.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01667759v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First Case of Human Primary Vertebral Cystic Echinococcosis Due to Echinococcus Ortleppi</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Louise Basmaciyan</w:t>
+                <w:t xml:space="preserve">Tumor shape pulmonary mucormycosis associated with sinonasal aspergillosis in a diabetic patient</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Begueret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bénédicte Burlet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sophie Mahy</w:t>
+                <w:t xml:space="preserve">Jacques Jougon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Lanternier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm7110443⟩</w:t>
+              <w:t xml:space="preserve">Medical Mycology Case Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.13 - 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mmcr.2017.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943639v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exophiala dermatitidis Revealing Cystic Fibrosis in Adult Patients with Chronic Pulmonary Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+                <w:t xml:space="preserve">First Case of Human Primary Vertebral Cystic Echinococcosis Due to Echinococcus Ortleppi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Basmaciyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Burlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selim Ramla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Blot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Cimon</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gainet-Brun Marie</w:t>
+                <w:t xml:space="preserve">Sophie Mahy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycopathologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11046-017-0218-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (11), pp.443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm7110443⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02195691v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulating cell-free DNA in patients with alveolar echinococcosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Baraquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Hervouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Flori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Peixoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Biochemical Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 222, pp.14 - 20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molbiopara.2018.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the genetic diversity of Echinococcus granulosus sensu stricto with new microsatellites</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exophiala dermatitidis Revealing Cystic Fibrosis in Adult Patients with Chronic Pulmonary Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Selim M’rad</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Cimon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pana-Katatali Christine Heloise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoit B. Valot</w:t>
+                <w:t xml:space="preserve">Gainet-Brun Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 117 (9), pp.2743-2755. </w:t>
+              <w:t xml:space="preserve">Mycopathologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 183 (1), pp.71-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00436-018-5963-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11046-017-0218-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02195671v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02195691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-scale evaluation of a rapid diagnostic test for human cystic echinococcosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Baraquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houria Zait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence-Elisabeth Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4848,51 +4848,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais Prenel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Baraquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4937,1727 +4937,1727 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of &amp;lt;em&amp;gt;Echinococcus granulosus&amp;lt;/em&amp;gt; sensu stricto and &amp;lt;em&amp;gt;Echinococcus canadensis&amp;lt;/em&amp;gt; in humans and livestock from Algeria</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of cryptic Candida species by MALDI-TOF mass spectrometry, not all MALDI-TOF systems are the same: focus on the C. parapsilosis species complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mokhtaria Kouidri</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurence Millon</w:t>
+                <w:t xml:space="preserve">Marion Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Loubersac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Ariza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Line Pepin-Puget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00436-016-4994-5⟩</w:t>
+              <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 86 (4), pp.385 - 386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diagmicrobio.2016.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02630967v1</w:t>
+                <w:t xml:space="preserve">hal-01397030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surveillance and management of Echinococcus multilocularis in a wildlife park.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amandine Guenon</w:t>
+                <w:t xml:space="preserve">Hints for control of infection in unique extrahepatic vertebral alveolar echinococcosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Descotes-Genon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Hoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Félix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 65 (3), pp.245-50</w:t>
+              <w:t xml:space="preserve">Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01294662v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01509561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Replies to &amp;quot;Is the home environment an important factor in the occurrence of fungal events in cystic fibrosis?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Retrospective study of human cystic echinococcosis over the past decade in France, using a nationwide hospital medical information database.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dieter van Cauteren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriette de Valk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01294616v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01368316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective study of human cystic echinococcosis over the past decade in France, using a nationwide hospital medical information database.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">Sinus aspergillosis due to an azole-resistant Aspergillus fumigatus strain carrying the TR34/L98H mutation in immunocompetent host.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Jeanvoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffi Rocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mourad Benassarou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Infectious diseases (London, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (10), pp.765-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01368316v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01368317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sinus aspergillosis due to an azole-resistant Aspergillus fumigatus strain carrying the TR34/L98H mutation in immunocompetent host.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mourad Benassarou</w:t>
+                <w:t xml:space="preserve">Molecular characterization of &amp;lt;em&amp;gt;Echinococcus granulosus&amp;lt;/em&amp;gt; sensu stricto and &amp;lt;em&amp;gt;Echinococcus canadensis&amp;lt;/em&amp;gt; in humans and livestock from Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Zait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mokhtaria Kouidri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Elisabeth Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infectious diseases (London, England)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 115 (6), pp.2423-2431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00436-016-4994-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01368317v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of Echinococcus granulosus sensu stricto and Echinococcus canadensis in humans and livestock from Algeria.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Millon</w:t>
+                <w:t xml:space="preserve">Replies to &amp;quot;Is the home environment an important factor in the occurrence of fungal events in cystic fibrosis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffi Rocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Richaud-Thiriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Dalphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 115 (6), pp.2423-31</w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01368320v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01294616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IPF-02 - Premier cas de guérison d'une échinococcose alvéolaire vertébrale.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">B Kantelip</w:t>
+                <w:t xml:space="preserve">Surveillance and management of Echinococcus multilocularis in a wildlife park.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Lahoreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Hormaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Guenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 46 (4 Suppl 1), pp.67</w:t>
+              <w:t xml:space="preserve">Parasitology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65 (3), pp.245-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01368324v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01294662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hints for control of infection in unique extrahepatic vertebral alveolar echinococcosis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sophie Félix</w:t>
+                <w:t xml:space="preserve">Molecular characterization of Echinococcus granulosus sensu stricto and Echinococcus canadensis in humans and livestock from Algeria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Zait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mokhtaria Kouidri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Elisabeth Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+              <w:t xml:space="preserve">Parasitology Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 115 (6), pp.2423-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01509561v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01368320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of cryptic Candida species by MALDI-TOF mass spectrometry, not all MALDI-TOF systems are the same: focus on the C. parapsilosis species complex</w:t>
+                <w:t xml:space="preserve">IPF-02 - Premier cas de guérison d'une échinococcose alvéolaire vertébrale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Haas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+                <w:t xml:space="preserve">Jean Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Loubersac</w:t>
+                <w:t xml:space="preserve">C Descotes-Genon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beatriz Ariza</w:t>
+                <w:t xml:space="preserve">B Hoen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Line Pepin-Puget</w:t>
+                <w:t xml:space="preserve">J Godard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Kantelip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Médecine et Maladies Infectieuses (1971-2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 46 (4 Suppl 1), pp.67</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01397030v1</w:t>
+                <w:t xml:space="preserve">hal-01368324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Landscape and climatic characteristics associated with human alveolar echinococcosis in France, 1982 to 2007 , the FrancEchino network</w:t>
+                <w:t xml:space="preserve">Combining Aspergillus mitochondrial and ribosomal QPCR, in addition to galactomannan assay, for early diagnosis of invasive aspergillosis in hematology patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Piarroux</w:t>
+                <w:t xml:space="preserve">a P Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Gaudart</w:t>
+                <w:t xml:space="preserve">L Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Bresson-Hadni</w:t>
+                <w:t xml:space="preserve">A Berceanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K Bardonnet</w:t>
+                <w:t xml:space="preserve">F Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B Faucher</w:t>
+                <w:t xml:space="preserve">F E Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosurveillance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 53 (7), pp.760-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01307319v1</w:t>
+                <w:t xml:space="preserve">hal-01305429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic characterization of EmsB microsatellite loci in Echinococcus multilocularis.</w:t>
+                <w:t xml:space="preserve">Outcomes associated with routine systemic antifungal therapy in critically ill patients with Candida colonization.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Valot</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David Ferreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 41 (6), pp.1077-88</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01166207v1</w:t>
+                <w:t xml:space="preserve">hal-01294660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcomes associated with routine systemic antifungal therapy in critically ill patients with Candida colonization.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic characterization of EmsB microsatellite loci in Echinococcus multilocularis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Samain</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Benoît Valot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infection, Genetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 32, pp.338-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.meegid.2015.03.040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01294660v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01166207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Aspergillus mitochondrial and ribosomal QPCR, in addition to galactomannan assay, for early diagnosis of invasive aspergillosis in hematology patients.</w:t>
+                <w:t xml:space="preserve">Landscape and climatic characteristics associated with human alveolar echinococcosis in France, 1982 to 2007 , the FrancEchino network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">a P Bellanger</w:t>
+                <w:t xml:space="preserve">M Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Millon</w:t>
+                <w:t xml:space="preserve">Jean Gaudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Berceanu</w:t>
+                <w:t xml:space="preserve">S Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Grenouillet</w:t>
+                <w:t xml:space="preserve">K Bardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F E Grenouillet</w:t>
+                <w:t xml:space="preserve">B Faucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 53 (7), pp.760-4</w:t>
+              <w:t xml:space="preserve">Eurosurveillance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01305429v1</w:t>
+                <w:t xml:space="preserve">hal-01307319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspergillose sinusienne due à une souche d’Aspergillus fumigatus TR34/L98H résistante aux antifongiques azolés chez un ouvrier du bois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Jeanvoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffi Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morad Benassarou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6708,103 +6708,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of mold exposure in cystic fibrosis patients' dwellings and allergic bronchopulmonary risk.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffi Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Richaud-Thiriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Barrera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Dalphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
@@ -6973,3756 +6973,3756 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04015689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of an automated blood culture system for sterility testing of cell therapy products.</w:t>
+                <w:t xml:space="preserve">Strongyloidiasis: an unusual cause of septic shock with pneumonia and enteropathy in western countries.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Hocquet</w:t>
+                <w:t xml:space="preserve">Florent Montini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marlène Sauget</w:t>
+                <w:t xml:space="preserve">Gilles Capellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gaël Piton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytotherapy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BMJ Case Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2015, pp.doi:10.1136/bcr-2014-209028</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00912385v1</w:t>
+                <w:t xml:space="preserve">hal-01166211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnostic de l'échinococcose alvéolaire</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId300" w:history="1">
+                <w:t xml:space="preserve">Increased Incidence and Characteristics of Alveolar Echinococcosis in Patients With Immunosuppression-Associated Conditions.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Knapp</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Francophone des Laboratoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/ciu520⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01119450v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[A letal case of gastro-intestinal basidiobolomycosis].</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Éric Delabrousse</w:t>
+                <w:t xml:space="preserve">Real time PCR to detect the environmental faecal contamination by Echinococcus multilocularis from red fox stools.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorane Mouzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Pathologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.annpat.2014.03.006⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 201 (1-2), pp.40-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2013.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01063891v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00943686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real time PCR to detect the environmental faecal contamination by Echinococcus multilocularis from red fox stools.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new data management system for the French National Registry of human alveolar echinococcosis cases.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Demonmerot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.vetpar.2013.12.023⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2014075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00943686v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01112756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azole-resistant Aspergillus fumigatus isolate with the TR34/L98H mutation in both a fungicide-sprayed field and the lung of a hematopoietic stem cell transplant recipient with invasive aspergillosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steffi Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Daguindau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Deconinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 52 (5), pp.1724-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/JCM.03182-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01063888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new data management system for the French National Registry of human alveolar echinococcosis cases.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Francis Raoul</w:t>
+                <w:t xml:space="preserve">Validation of an automated blood culture system for sterility testing of cell therapy products.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Sauget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Malugani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Pouthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2014075⟩</w:t>
+              <w:t xml:space="preserve">Cytotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (5), pp.692-698. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcyt.2013.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01112756v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00912385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Posaconazole prophylaxis in neutropenic patients with hematological malignancies: limits in clinical practice.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yohan Desbrosses</w:t>
+                <w:t xml:space="preserve">Diagnostic de l'échinococcose alvéolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Francophone des Laboratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 464, pp.77-87</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01063892v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01119450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcus ortleppi infections in humans and cattle, France.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">[A letal case of gastro-intestinal basidiobolomycosis].</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Cazorla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Eric Delabrousse</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales de Pathologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34 (3), pp.228-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annpat.2014.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01114500v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An uncommon cause of allergic fungal sinusitis: Rhizopus oryzae.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Posaconazole prophylaxis in neutropenic patients with hematological malignancies: limits in clinical practice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Bourdelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Daguindau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Muret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Desbrosses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ear Nose and Throat Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 52 (7), pp.728-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/mmy/myu042⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01114494v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01063892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcus metacestode: in search of viability markers.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Echinococcus ortleppi infections in humans and cattle, France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Millon</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Arbez-Gindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Mantion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 21, pp.63</w:t>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20 (12), pp.2100-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01114496v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Commercially Available IgG Kits and Time-Resolved Fluorometric IgE Assay for Diagnosis of Allergic Bronchopulmonary Aspergillosis in Patients with Cystic Fibrosis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+                <w:t xml:space="preserve">Echinococcus metacestode: in search of viability markers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gottstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Junhua Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Vaccine Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 23 (3), pp.196-203</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01294619v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the serological tests ICT and ELISA for the diagnosis of alveolar echinococcosis in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+                <w:t xml:space="preserve">An uncommon cause of allergic fungal sinusitis: Rhizopus oryzae.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Devars Du Mayne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yasuhito Sako</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxime Gratacap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Malinvaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Bonfils</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ear Nose and Throat Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 94 (1), pp.E17-20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061622v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of Escherichia coli sequence type 131 and its H30 subclone among E. coli isolates in a French hospital.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">New Commercially Available IgG Kits and Time-Resolved Fluorometric IgE Assay for Diagnosis of Allergic Bronchopulmonary Aspergillosis in Patients with Cystic Fibrosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Richaud-Thiriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffi Rocchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 44 (5), pp.466-8</w:t>
+              <w:t xml:space="preserve">Clinical and Vaccine Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (3), pp.196-203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01114505v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01294619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased Incidence and Characteristics of Alveolar Echinococcosis in Patients With Immunosuppression-Associated Conditions.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+                <w:t xml:space="preserve">Comparison of the serological tests ICT and ELISA for the diagnosis of alveolar echinococcosis in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhito Sako</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Richou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cid/ciu520⟩</w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21, pp.34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2014037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01063889v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strongyloidiasis: an unusual cause of septic shock with pneumonia and enteropathy in western countries.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence of Escherichia coli sequence type 131 and its H30 subclone among E. coli isolates in a French hospital.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Lafolie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Montini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Nicolas-Chanoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Capellier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaël Piton</w:t>
+                <w:t xml:space="preserve">Xavier Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Case Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2015, pp.doi:10.1136/bcr-2014-209028</w:t>
+              <w:t xml:space="preserve">International Journal of Antimicrobial Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (5), pp.466-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166211v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01114505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasive infections due to Candida norvegensis and Candida inconspicua : report of 12 cases and review of the literature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detecting nested clusters of human alveolar echinococcosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adéla Angoulvant</w:t>
+                <w:t xml:space="preserve">Zeinaba Said-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Letscher-Bru</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Muriel Cornet</w:t>
+                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/13693786.2013.807444⟩</w:t>
+              <w:t xml:space="preserve">Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0031182013001352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04015677v1</w:t>
+                <w:t xml:space="preserve">hal-00853605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The efficacy of voriconazole in 24 ocular Fusarium infections.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The role of delayed 18F-FDG PET imaging in the follow-up of patients with alveolar echinococcosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Caoduro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Troke</w:t>
+                <w:t xml:space="preserve">Clémence Porot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Obenga</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A.-L. Bienvenu</w:t>
+                <w:t xml:space="preserve">Dominique A Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s15010-012-0273-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54 (3), pp.358-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2967/jnumed.112.109942⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00759175v1</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative polymerase chain reaction detection of circulating DNA in serum for early diagnosis of mucormycosis in immunocompromised patients.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Steffi Rocchi</w:t>
+                <w:t xml:space="preserve">Invasive infections due to Candida norvegensis and Candida inconspicua: report of 12 cases and review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Guitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adéla Angoulvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Letscher-Bru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/cid/cit094⟩</w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (8), pp.795-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/13693786.2013.807444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061552v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00850040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasive infections due to Candida norvegensis and Candida inconspicua: report of 12 cases and review of the literature</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inhibitory effect of chromogenic culture media on the growth of Rhodotorula: relevance to the diagnosis of Rhodotorula spp. infections.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Skana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/13693786.2013.807444⟩</w:t>
+              <w:t xml:space="preserve">APMIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 121 (11), pp.1109-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apm.12090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00850040v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00839045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibitory effect of chromogenic culture media on the growth of Rhodotorula: relevance to the diagnosis of Rhodotorula spp. infections.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Invasive infections due to Candida norvegensis and Candida inconspicua : report of 12 cases and review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Guitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adéla Angoulvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Letscher-Bru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie L’ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APMIS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/apm.12090⟩</w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (8), pp.795-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/13693786.2013.807444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00839045v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04015677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dysenteric syndrome due to Balantidium coli: a case report.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+                <w:t xml:space="preserve">The efficacy of voriconazole in 24 ocular Fusarium infections.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Troke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Obenga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Gaujoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Goldschmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Scherer</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A.-L. Bienvenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiologica -Bologna-</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 41 (1), pp.15-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s15010-012-0273-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00839048v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">30-yr course and favorable outcome of alveolar echinococcosis despite multiple metastatic organ involvement in a non-immune suppressed patient.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+                <w:t xml:space="preserve">Quantitative polymerase chain reaction detection of circulating DNA in serum for early diagnosis of mucormycosis in immunocompromised patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges A Mantion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Delabrousse</w:t>
+                <w:t xml:space="preserve">Fabrice Larosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Lepiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faezeh Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steffi Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1476-0711-12-1⟩</w:t>
+              <w:t xml:space="preserve">Clinical Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56 (10), pp.e95-101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cid/cit094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061556v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular diagnosis of polycystic echinococcosis due to Echinococcus vogeli in a Paraguayan immigrant in Argentina.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">30-yr course and favorable outcome of alveolar echinococcosis despite multiple metastatic organ involvement in a non-immune suppressed patient.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bardonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique A Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. L. Pestalardo</w:t>
+                <w:t xml:space="preserve">Georges A Mantion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 51 (9), pp.3151-3. </w:t>
+              <w:t xml:space="preserve">Annals of Clinical Microbiology and Antimicrobials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 12, pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JCM.00871-13⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/1476-0711-12-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01061549v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcoe alvéolaire : épidémiologie, surveillance et prise en charge</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+                <w:t xml:space="preserve">Dysenteric syndrome due to Balantidium coli: a case report.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Richou</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emeline Scherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnault Cazorla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal des anti-infectieux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 15, pp.204-214</w:t>
+              <w:t xml:space="preserve">Microbiologica -Bologna-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36 (2), pp.203-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01119452v1</w:t>
+                <w:t xml:space="preserve">hal-00839048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasive infections due to Candida norvegensis and Candida inconspicua : report of 12 cases and review of the literature</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Muriel Cornet</w:t>
+                <w:t xml:space="preserve">Molecular diagnosis of polycystic echinococcosis due to Echinococcus vogeli in a Paraguayan immigrant in Argentina.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Frider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Alvarez Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Amante</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. L. Pestalardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3109/13693786.2013.807444⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (9), pp.3151-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.00871-13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04023415v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01061549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and evaluation of a method for the quantification of airborne Thermoactinomyces vulgaris by real-time PCR.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emeline Scherer</w:t>
+                <w:t xml:space="preserve">Echinococcoe alvéolaire : épidémiologie, surveillance et prise en charge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.A. Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal des anti-infectieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15, pp.204-214</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mimet.2012.10.009⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00759174v1</w:t>
+                <w:t xml:space="preserve">hal-01119452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detecting nested clusters of human alveolar echinococcosis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
+                <w:t xml:space="preserve">Invasive infections due to Candida norvegensis and Candida inconspicua : report of 12 cases and review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Guitard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adéla Angoulvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Letscher-Bru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie L’ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0031182013001352⟩</w:t>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 51 (8), pp.795-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/13693786.2013.807444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00853605v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04023415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of delayed 18F-FDG PET imaging in the follow-up of patients with alveolar echinococcosis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and evaluation of a method for the quantification of airborne Thermoactinomyces vulgaris by real-time PCR.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Betelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Duquenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Caoduro</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+                <w:t xml:space="preserve">Xavier Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Scherer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 92 (1), pp.25-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2012.10.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2967/jnumed.112.109942⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01061554v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00759174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candida spp. with acquired echinocandin resistance, France, 2004-2010.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dannaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desnos-Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fredéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10812,51 +10812,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Penven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10914,2587 +10914,2587 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00682494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should possible recurrence of disease contraindicate liver transplantation in patients with end-stage alveolar echinococcosis? A 20-year follow-up study.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+                <w:t xml:space="preserve">Rapid Discrimination between Candida glabrata, Candida nivariensis, and Candida bracarensis by Use of a Singleplex PCR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adela Enache-Angoulvant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Guitard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yasuhito Sako</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Durrens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/lt.22299⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 49 (9), pp.3375-3379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.00688-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00682499v1</w:t>
+                <w:t xml:space="preserve">inria-00625115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective assessment of β-D-(1,3)-glucan for presumptive diagnosis of fungal infections.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+                <w:t xml:space="preserve">Hypersensitivity pneumonitis and metalworking fluids contaminated by mycobacteria (answer)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Tillie-Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">APMIS</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Respiratory Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 38 (2), pp.487-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-00560593v1</w:t>
+                <w:t xml:space="preserve">hal-00682536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immuno-reactive proteins from Mycobacterium immunogenum useful for serodiagnosis of metalworking fluid hypersensitivity pneumonitis.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Moisissures et habitat: risques pour la santé et espèces impliquées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Medical Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Arch Mal Prof Env</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 72, pp.352-362</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00593596v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ribosomal and mitochondrial DNA target for real-time PCR diagnosis of invasive aspergillosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Millon</w:t>
+                <w:t xml:space="preserve">Retrospective assessment of β-D-(1,3)-glucan for presumptive diagnosis of fungal infections.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hénon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Florence Skana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Faezeh Legrand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JCM.01904-10⟩</w:t>
+              <w:t xml:space="preserve">APMIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 119 (4-5), pp.280-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-0463.2011.02728.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00573544v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00560593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypersensitivity pneumonitis and metalworking fluids contaminated by mycobacteria (answer)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
+                <w:t xml:space="preserve">Immuno-reactive proteins from Mycobacterium immunogenum useful for serodiagnosis of metalworking fluid hypersensitivity pneumonitis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Barrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Salamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Respiratory Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Medical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 301 (2), pp.150-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmm.2010.07.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682536v1</w:t>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00593596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisissures et habitat: risques pour la santé et espèces impliquées.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+                <w:t xml:space="preserve">Should possible recurrence of disease contraindicate liver transplantation in patients with end-stage alveolar echinococcosis? A 20-year follow-up study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhito Sako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arch Mal Prof Env</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Liver Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (7), pp.855-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/lt.22299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682849v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Discrimination between Candida glabrata, Candida nivariensis, and Candida bracarensis by Use of a Singleplex PCR</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Guitard</w:t>
+                <w:t xml:space="preserve">Ribosomal and mitochondrial DNA target for real-time PCR diagnosis of invasive aspergillosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Martin</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faezeh Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Durrens</w:t>
+                <w:t xml:space="preserve">Stéphane Loewert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 49 (9), pp.3375-3379. </w:t>
+              <w:t xml:space="preserve">, 2011, 49 (3), pp.1058-1063. </w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JCM.00688-11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JCM.01904-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00625115v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00573544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">International retrospective analysis of 73 cases of invasive fusariosis treated with voriconazole.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pichia fabianii Fungemia in a Neonate.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+                <w:t xml:space="preserve">Abdourahim Chamouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Obenga</w:t>
+                <w:t xml:space="preserve">Gérard Thiriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pinaki Biswas</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Chachaty</w:t>
+                <w:t xml:space="preserve">Olivier Schulze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AAC.00286-10⟩</w:t>
+              <w:t xml:space="preserve">Pediatr Infect Dis J</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 29 (2), pp.191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/INF.0b013e3181c4f7d9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00682517v1</w:t>
+                <w:t xml:space="preserve">hal-00465873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory-based surveillance for Cryptosporidium in France, 2006-2009.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Derouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Guyot</w:t>
+                <w:t xml:space="preserve">Patrice Agnamey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Derouin</w:t>
+                <w:t xml:space="preserve">Adela Angoulvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId448" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosurveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 15 (33), pp.19642. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2807/ese.15.33.19642-en⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00926813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicenter collaborative study for standardization of Candida albicans genotyping using a polymorphic microsatellite marker.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+                <w:t xml:space="preserve">International retrospective analysis of 73 cases of invasive fusariosis treated with voriconazole.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lortholary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaelle Obenga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donna M Maccallum</w:t>
+                <w:t xml:space="preserve">Pinaki Biswas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy J Lott</w:t>
+                <w:t xml:space="preserve">Denis Caillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Sampaio</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria-José Buitrago Serna</w:t>
+                <w:t xml:space="preserve">Elisabeth Chachaty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JCM.00040-10⟩</w:t>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 54 (10), pp.4446-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AAC.00286-10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId452" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682520v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisissures et habitat: risques pour la santé et espèces impliquées</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multicenter collaborative study for standardization of Candida albicans genotyping using a polymorphic microsatellite marker.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donna M Maccallum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy J Lott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sampaio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-José Buitrago Serna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 48 (7), pp.2578-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId462" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.00040-10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00462282v1</w:t>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echinococcoe alvéolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Chauchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.A. Vuitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emc -- Hepatologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9 (4), pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01119463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’échinococcose alvéolaire humaine en France en 2010 / Box – Human alveolar echinococcosis in France, update 2010</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Moisissures et habitat: risques pour la santé et espèces impliquées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, hors-série, pp.24-25</w:t>
+              <w:t xml:space="preserve">Revue des Maladies Respiratoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 27, pp.169-179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01119446v1</w:t>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00462282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisissures et habitat: risques pour la santé et espèces impliquées</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’échinococcose alvéolaire humaine en France en 2010 / Box – Human alveolar echinococcosis in France, update 2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Raton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, pp.REVAL208 1-10</w:t>
+              <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, hors-série, pp.24-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00473975v1</w:t>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01119446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three antigenic extracts of Eurotium amstelodami in serological diagnosis of farmer's lung disease.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Moisissures et habitat: risques pour la santé et espèces impliquées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Vaccine Immunology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue Française d'Allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.REVAL208 1-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00462271v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00473975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">False-positive Aspergillus real-time PCR assay due to a nutritional supplement in a bone marrow transplant recipient with GVH disease.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Larosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Loewert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Mycology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 48 (4), pp.661-4. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3109/13693780903451836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00508033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pichia fabianii Fungemia in a Neonate.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of three antigenic extracts of Eurotium amstelodami in serological diagnosis of farmer's lung disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Schulze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatr Infect Dis J</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 29 (2), pp.191. </w:t>
+              <w:t xml:space="preserve">Clinical and Vaccine Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 17 (1), pp.160-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/INF.0b013e3181c4f7d9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/CVI.00129-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00465873v1</w:t>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00462271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Echinococcus vogeli infection in a hunter, French Guiana.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jenny Knapp</w:t>
+                <w:t xml:space="preserve">Scedosporium prolificans: an emerging pathogen in France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Botterel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Larosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mircea Chirica</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean Mathieu Bart</w:t>
+                <w:t xml:space="preserve">Yosr Hicheri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medical Mycology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 47 (4), pp.343-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13693780802454761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00448413v1</w:t>
+                <w:t xml:space="preserve">hal-00465887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scedosporium prolificans: an emerging pathogen in France?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId235" w:history="1">
+                <w:t xml:space="preserve">Echinococcus vogeli infection in a hunter, French Guiana.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Knapp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId478" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mircea Chirica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Simonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Yosr Hicheri</w:t>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Mathieu Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Mycology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Emerging Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 15 (12), pp.2029-31</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00465887v1</w:t>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00448413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoi de neuf dans le diagnostic immunologique des pneumopathies d'hypersensibilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13536,51 +13536,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and phenotypic evaluation of Lichtheimia corymbifera (formerly Absidia corymbifera) complex isolates associated with human mucormycosis: rehabilitation of L. ramosa.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13588,51 +13588,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 47 (12), pp.3862-70. </w:t>
@@ -13670,64 +13670,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ectoparasitosis or Ekbom syndrome? A case report.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13795,64 +13795,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégie préemptive de maîtrise des infections invasives à Candida en réanimation chirurgicale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grenouillet Frédéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13890,77 +13890,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of dwellings contaminated by moulds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Sornin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14075,51 +14075,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delabrousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Mantion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique-Angèle Vuitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14151,458 +14151,458 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00379632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of several commercial serologic kits and Em18 serology for detection of human alveolar echinococcosis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preemptive antifungal therapy in critically III surgical patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Mathieu Bart</w:t>
+                <w:t xml:space="preserve">G. Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Piarroux</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renaud Piarroux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">J Invasive Fungal Infect</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 1 (2), pp.42-49</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00341437v1</w:t>
+                <w:t xml:space="preserve">hal-00341439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple-locus variable-number tandem-repeat analysis for rapid typing of Candida glabrata.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId497" w:history="1">
+                <w:t xml:space="preserve">Comparison of several commercial serologic kits and Em18 serology for detection of human alveolar echinococcosis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Biot</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Piarroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhito Sako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diagnostic Microbiology and Infectious Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 59 (1), pp.93-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diagmicrobio.2007.03.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/JCM.01603-07⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00341434v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preemptive antifungal therapy in critically III surgical patients</w:t>
+                <w:t xml:space="preserve">Multiple-locus variable-number tandem-repeat analysis for rapid typing of Candida glabrata.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Bart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Blasco</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isabelle Biot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J Invasive Fungal Infect</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 45 (11), pp.3781-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JCM.01603-07⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00341439v1</w:t>
+                <w:t xml:space="preserve">hal-00341434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moisissures de l'environnement agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14653,64 +14653,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Real-Time PCR To Process the First Galactomannan-Positive Serum Sample in Diagnosing Invasive Aspergillosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Deconinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude-Eric Bulabois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14787,64 +14787,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of real-time PCR to process the first galactomannan-positive serum sample in diagnosing invasive aspergillosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Deconinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude-Eric Bulabois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14908,51 +14908,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of preemptive treatment to prevent severe candidiasis in critically ill surgical patients(*)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Piarroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14960,51 +14960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Balvay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Critical Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 32 (12), pp.2443-2449. </w:t>
@@ -15068,458 +15068,458 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’IA valorise l’intelligence (naturelle) de nos anciens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédérick Gay</w:t>
+                <w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guilmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin de Mazancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Desoubeaux</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Riou</w:t>
+                <w:t xml:space="preserve">Fabienne Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05170278v1</w:t>
+                <w:t xml:space="preserve">hal-05170274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’IA valorise l’intelligence (naturelle) de nos anciens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérick Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Guilmin</w:t>
+                <w:t xml:space="preserve">Grégory Karadjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin de Mazancourt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gérald Umhang</w:t>
+                <w:t xml:space="preserve">Guillaume Desoubeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Audebert</w:t>
+                <w:t xml:space="preserve">Mickaël Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TCS Summer Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05214154v1</w:t>
+                <w:t xml:space="preserve">hal-05170278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of the zoonotic nematode Angiostrongylus cantonensis in Pacific crustaceans by real-time PCR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId522" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guilmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin de Mazancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Umhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès des Sociétés Françaises de Parasitologie (SFP) et de Mycologie Médicale (SFMM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Amiens, France</w:t>
+              <w:t xml:space="preserve">TCS Summer Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05170274v1</w:t>
+                <w:t xml:space="preserve">hal-05214154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection of mucorales DNA in serum: retrospective analysis of 44 mucormycoses collected through the French Surveillance Network of Invasive Fungal Infections (RESSIF)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Letscher-Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId528" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Morio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15626,51 +15626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chartier-Botterel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Dannaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th European CF Young Investigator Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Paris, France</w:t>
@@ -15738,51 +15738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Knapp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Raoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15824,103 +15824,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude microbiologique de la bagasse et risque de bagassose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Skana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Betelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Fort de France, France. pp.155</w:t>
@@ -15975,77 +15975,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faezeh Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Loewert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Fort de France, France. pp.144</w:t>
@@ -16087,90 +16087,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fongémie à Pichia fabianii chez un prématuré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdourahim Chamouine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Thiriez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Schulze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Fort de France, France. pp.159</w:t>
@@ -16193,484 +16193,484 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00505120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metalworking fluid exposure and respiratory disorders: contrast between automotive and micro-mechanics industries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Benjamin Murat</w:t>
+                <w:t xml:space="preserve">Diagnosis and treatment of alveolar echinococcosis of the liver in immunocompromised patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Chauchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Richou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Penven</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Angèle Vuitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Thoracic Society International Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, New Orleans, United States. pp.A4694</w:t>
+              <w:t xml:space="preserve">45th Annual Meeting of the European Association for the Study of the Liver (EASL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Vienne, Austria. pp.S422</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId540" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00505136v1</w:t>
+                <w:t xml:space="preserve">hal-00483855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un diagnostic difficile en pathologie tropicale : la basidiobolose gastrointestinale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Dalle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaël Piton</w:t>
+                <w:t xml:space="preserve">G. Viennet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Kuentz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Fort de France, France. pp.139</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00505115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosis and treatment of alveolar echinococcosis of the liver in immunocompromised patients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Richou</w:t>
+                <w:t xml:space="preserve">Metalworking fluid exposure and respiratory disorders: contrast between automotive and micro-mechanics industries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Batchili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Penven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th Annual Meeting of the European Association for the Study of the Liver (EASL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Vienne, Austria. pp.S422</w:t>
+              <w:t xml:space="preserve">American Thoracic Society International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, New Orleans, United States. pp.A4694</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00483855v1</w:t>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00505136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection du (1,3)-b-D-glucane sérique pour le diagnostic des infections fongiques invasives : évaluation rétrospective au CHU de Besançon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Skana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émeline Scherer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faezeh Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2010, Fort de France, France. pp.157</w:t>
@@ -16738,51 +16738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Peron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Duffas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Skana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Warter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16943,557 +16943,557 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00504971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoi de neuf dans le diagnostic des PHS ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId316" w:history="1">
+                <w:t xml:space="preserve">Misidentification of the emerging pathogenic yeasts Candida nivariensis as Zygosaccharamyces sp.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Richelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Scherer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français d'allergologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, Paris, France</w:t>
+              <w:t xml:space="preserve">4th Trends in Medical Mycology TIMM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, France. pp.51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00484582v1</w:t>
+                <w:t xml:space="preserve">hal-00465942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId559" w:history="1">
+            <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Em+ Elisa: a serological test able to predict long term outcome in inoperable alveolar echinococcosis patients under benzimidazole therapy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maxillary sinus fungus ball due to Rhizomucor pusillus : an uncommun clinical presentation of mucormycosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Shu Mei Ma</w:t>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ridoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId562" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Floret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastro2009 UEGW/WCOG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, London, United Kingdom. pp.A195</w:t>
+              <w:t xml:space="preserve">4th Trends in Medical Mycology TIMM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Athènes, Greece. pp.118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId559" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00485055v1</w:t>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00466198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId561" w:history="1">
+            <w:hyperlink r:id="rId563" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Misidentification of the emerging pathogenic yeasts Candida nivariensis as Zygosaccharamyces sp.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Em+ Elisa: a serological test able to predict long term outcome in inoperable alveolar echinococcosis patients under benzimidazole therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Richou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId562" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Delabrousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shu Mei Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Trends in Medical Mycology TIMM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, France. pp.51</w:t>
+              <w:t xml:space="preserve">Gastro2009 UEGW/WCOG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, London, United Kingdom. pp.A195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId561" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00465942v1</w:t>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00485055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxillary sinus fungus ball due to Rhizomucor pusillus : an uncommun clinical presentation of mucormycosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quoi de neuf dans le diagnostic des PHS ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karine Bardonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Trends in Medical Mycology TIMM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, Athènes, Greece. pp.118</w:t>
+              <w:t xml:space="preserve">Congrès français d'allergologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId563" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00466198v1</w:t>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00484582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description d'une nouvelle espèce pathogène responsable de mucormycose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dea Garcia-Hermoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoinard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17501,51 +17501,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Gantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Dromer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2008, Paris, France. pp.57</w:t>
@@ -17574,77 +17574,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbiological survey of metalworking fluids in the French automotive industry.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Tillie-Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17699,90 +17699,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId570" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'antigènes recombinants pour le diagnostic sérologique des pneumopathies d'hypersensibilité.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Monod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17818,3217 +17818,3217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00464014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retrospective study of 9 clustered cases of metalworking fluid-associated hypersensitivity pneumonitis.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">I. Tillie-Leblond</w:t>
+                <w:t xml:space="preserve">Un cas de sinusite fongique allergique à Rhizopus oryzae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl Mainardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Charlier-Woerther</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C. Lorthois</w:t>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Badoual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference of the American Thoracic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Toronto, Canada. pp.Abstracts issue</w:t>
+              <w:t xml:space="preserve">Société Française de Mycologie Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, France. pp.213</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00462583v1</w:t>
+                <w:t xml:space="preserve">hal-00468191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un cas de sinusite fongique allergique à Rhizopus oryzae</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Charlier-Woerther</w:t>
+                <w:t xml:space="preserve">Digestive cryptosporidiosis mimics GVHD after Hematopoietic Stem Cell Transplantation and responds to bi-antibiotic therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faézeh Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId577" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Badoual</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Larosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Dalle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Mycologie Médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, France. pp.213</w:t>
+              <w:t xml:space="preserve">49th ICAAC - Interscience Conference on Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId573" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468191v1</w:t>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00488014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestive cryptosporidiosis mimics GVHD after Hematopoietic Stem Cell Transplantation and responds to bi-antibiotic therapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Retrospective study of 9 clustered cases of metalworking fluid-associated hypersensitivity pneumonitis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Tillie-Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chouraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faézeh Legrand</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laurence Millon</w:t>
+                <w:t xml:space="preserve">C. Lorthois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">49th ICAAC - Interscience Conference on Antimicrobial Agents and Chemotherapy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">International Conference of the American Thoracic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Toronto, Canada. pp.Abstracts issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00488014v1</w:t>
+                <w:t xml:space="preserve">hal-00462583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison for three antigens of E. amstelodami for the diagnosis of farmer's lung disease.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Emergence de souches multirésistantes de Candida glabrata après exposition aux antifongiques azolés en réanimation chirurgicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American thoracic society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Toronto, Canada</w:t>
+              <w:t xml:space="preserve">50ème congrès national d'anesthésie et de réanimation (SFAR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Paris, France. pp.R218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00338586v1</w:t>
+                <w:t xml:space="preserve">hal-00466841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence of azole cross-resistance in Candida glabrata following exposure to azole antifungals in surgical intensive care unit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Développement d'un test ELISA pour le diagnostic de la maladie du poumon de fermier.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Congress of Clinical Microbiology and Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Barcelone, Spain. pp.S78-Abstract P1583</w:t>
+              <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Paris, France. pp.56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00466201v1</w:t>
+            <w:hyperlink r:id="rId582" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00464012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huiles de coupe contaminées par Mycobacterium immunogenum et pneumopathies d'hypersensibilité.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pneumopathie d'hypersensibilité liée à Pseudozyma chez une greffée hépatique de cinq ans.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Millon</w:t>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Rochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Corbelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Eisenegger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société de Pneumologie de Langue Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Lilli, France</w:t>
+              <w:t xml:space="preserve">Société de Pneumologie de langue française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00341115v1</w:t>
+                <w:t xml:space="preserve">hal-00341110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ectoparasitosis or Ekbom syndrom ? A case-report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId585" w:history="1">
+            <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId586" w:history="1">
+            <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Capellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMOP X</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId584" w:history="1">
+            <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00341194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId587" w:history="1">
+            <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scedosporium prolificans : an emerging pathogen in France ?</w:t>
+                <w:t xml:space="preserve">Emergence of azole cross-resistance in Candida glabrata following exposure to azole antifungals in surgical intensive care unit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Crouzet</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Meeting of the ECMM/ISHAM Working Group on Pseudallescheria/Scedosporium infections.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Angers, France</w:t>
+              <w:t xml:space="preserve">18th European Congress of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Barcelone, Spain. pp.S78-Abstract P1583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId587" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00341481v1</w:t>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00466201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId589" w:history="1">
+            <w:hyperlink r:id="rId592" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'antigènes recombinants pour le diagnostic sérologique des pneumopathies d'hypersensibilité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Comparaison for three antigens of E. amstelodami for the diagnosis of farmer's lung disease.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Monod</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">American thoracic society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId589" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00344063v1</w:t>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00338586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId590" w:history="1">
+            <w:hyperlink r:id="rId593" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection rapide d'Aspergillus fumigatus dans l'environnement hospitalier par PCR temps réel à partir de géloses impactées : essai préléminaire</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Emilie Grandclement</w:t>
+                <w:t xml:space="preserve">Huiles de coupe contaminées par Mycobacterium immunogenum et pneumopathies d'hypersensibilité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Chouraki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lorthois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Tours, France. pp.178</w:t>
+              <w:t xml:space="preserve">Société de Pneumologie de Langue Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2008, Lilli, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId590" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468197v1</w:t>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId594" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification des moisissures de l'environnement domestique par PCR temps réel.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Développement d'antigènes recombinants pour le diagnostic sérologique des pneumopathies d'hypersensibilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId548" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Émeline Scherer</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2007, Paris, France. pp.54</w:t>
+              <w:t xml:space="preserve">, Nov 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId593" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00464011v1</w:t>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00344063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId595" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audit clinique des prescriptions d'antifongiques systémiques au CHU de Besançon</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Scedosporium prolificans : an emerging pathogen in France ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Botterel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId596" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Legrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M.-C. Woronoff-Lemsi</w:t>
+                <w:t xml:space="preserve">Stéphane Ranque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dannaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Paris, France. pp.61</w:t>
+              <w:t xml:space="preserve">2nd Meeting of the ECMM/ISHAM Working Group on Pseudallescheria/Scedosporium infections.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId594" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468395v1</w:t>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00341481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId597" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification rétrospective de Candida dubliniensis parmi les souches de Candida albicans isolées de prélèvements profonds et superficiels chez des patients immunodéprimés VIH ou non</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Debourgogne</w:t>
+                <w:t xml:space="preserve">Quantification des moisissures de l'environnement domestique par PCR temps réel.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émeline Scherer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie France Biava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Nancy, France. pp.227</w:t>
+              <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Paris, France. pp.54</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468445v1</w:t>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00464011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId598" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation des tests sérologiques pour le diagnostic de la maladie du poumon de fermier par l'utilisation d'antigènes recombiants</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+                <w:t xml:space="preserve">Audit clinique des prescriptions d'antifongiques systémiques au CHU de Besançon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hénon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-C. Woronoff-Lemsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société de biologie de Besançon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Besançon, France</w:t>
+              <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Paris, France. pp.61</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00346747v1</w:t>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId602" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidémiologie de la colonisation fongique en réanimation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Crouzet</w:t>
+                <w:t xml:space="preserve">Détection rapide d'Aspergillus fumigatus dans l'environnement hospitalier par PCR temps réel à partir de géloses impactées : essai préléminaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Chicot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Benjamin Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Grandclement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Ginet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50éme congrès national d'anesthésie et de réanimation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Paris, France. pp.S100 Abstract R219</w:t>
+              <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Tours, France. pp.178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468383v1</w:t>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId605" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs associés à la survenue d'une péritonite à levures admise en réanimation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Blasco</w:t>
+                <w:t xml:space="preserve">Optimisation des tests sérologiques pour le diagnostic de la maladie du poumon de fermier par l'utilisation d'antigènes recombiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Rognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Monod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Pili-Floury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50ème congrès national d'anesthésie et de réanimation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, Paris, France. pp.S206 Abstract R457</w:t>
+              <w:t xml:space="preserve">Société de biologie de Besançon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId607" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468388v1</w:t>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00346747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude multicentrique des rhinosinusites fongiques en France en 2006 : la balle fongique est la présentation clinique la plus fréquente</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Chevrier</w:t>
+                <w:t xml:space="preserve">Identification rétrospective de Candida dubliniensis parmi les souches de Candida albicans isolées de prélèvements profonds et superficiels chez des patients immunodéprimés VIH ou non</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Debourgogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Contet-Andonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Machouart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie France Biava</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2008, Tours, France. pp.174</w:t>
+              <w:t xml:space="preserve">, 2007, Nancy, France. pp.227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId610" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00468393v1</w:t>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId614" w:history="1">
+            <w:hyperlink r:id="rId611" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la colonisation en moisissures des instruments à vent à anche et des conséquences cliniques et immunologiques chez les musiciens.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+                <w:t xml:space="preserve">Epidémiologie de la colonisation fongique en réanimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Brunin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ginet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, France. pp.72</w:t>
+              <w:t xml:space="preserve">50éme congrès national d'anesthésie et de réanimation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Paris, France. pp.S100 Abstract R219</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId614" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00464002v1</w:t>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId618" w:history="1">
+            <w:hyperlink r:id="rId614" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acquisition de résistance croisée chez Candida glabrata chez les patients exposés aux antifongiques en réanimation chirurgicale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+                <w:t xml:space="preserve">Etude multicentrique des rhinosinusites fongiques en France en 2006 : la balle fongique est la présentation clinique la plus fréquente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Kauffmann-Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId557" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.F. Biava</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Botterel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Cassaing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chevrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Tours, France. pp.184-5</w:t>
+              <w:t xml:space="preserve">Congrès de la société française de mycologie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Tours, France. pp.174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId618" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00466843v1</w:t>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId619" w:history="1">
+            <w:hyperlink r:id="rId618" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypersensitivity pneumonitis due to Pseudozyma sp. in a liver-transplanted child</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Facteurs associés à la survenue d'une péritonite à levures admise en réanimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Studer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Ginet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Rochat</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Teun Boekhout</w:t>
+                <w:t xml:space="preserve">Sébastien Pili-Floury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th European Congress of Clinical Microbiology and Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Barcelone, Spain. pp.S458-AbstractP1583</w:t>
+              <w:t xml:space="preserve">50ème congrès national d'anesthésie et de réanimation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, Paris, France. pp.S206 Abstract R457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId619" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00466200v1</w:t>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00468388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId624" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vitro Induction of Voriconazole Resistance in Candida krusei by Azole Exposure.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joel Leroy</w:t>
+                <w:t xml:space="preserve">Etude de la colonisation en moisissures des instruments à vent à anche et des conséquences cliniques et immunologiques chez les musiciens.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId622" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mallory Vacheyrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId623" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Metzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Reboux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId624" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual ICAAC/IDSA 46th Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Washington, France</w:t>
+              <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, France. pp.72</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId624" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00341443v1</w:t>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00464002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hypersensitivity pneumonitis due to Pseudozyma sp. in a liver-transplanted child.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Corbelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId623" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teun Boekhout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th European Congress of Clinical Microbiology and Infectious Diseases (ECMID).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Barcelone, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId626" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00341119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emergence de souches multirésistantes de Candida glabrata après exposition aux antifongiques azolés en réanimation chirurgicale</w:t>
+                <w:t xml:space="preserve">Hypersensitivity pneumonitis due to Pseudozyma sp. in a liver-transplanted child</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Roussel</w:t>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Rochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Hotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Corbelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId626" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teun Boekhout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50ème congrès national d'anesthésie et de réanimation (SFAR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Paris, France. pp.R218</w:t>
+              <w:t xml:space="preserve">18th European Congress of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Barcelone, Spain. pp.S458-AbstractP1583</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00466841v1</w:t>
+                <w:t xml:space="preserve">hal-00466200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d'un test ELISA pour le diagnostic de la maladie du poumon de fermier.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
+                <w:t xml:space="preserve">Acquisition de résistance croisée chez Candida glabrata chez les patients exposés aux antifongiques en réanimation chirurgicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Millon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">congrès de la société française de mycologie médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Paris, France. pp.56</w:t>
+              <w:t xml:space="preserve">Congrès de la Société Française de Mycologie Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Tours, France. pp.184-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00464012v1</w:t>
+                <w:t xml:space="preserve">hal-00466843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumopathie d'hypersensibilité liée à Pseudozyma chez une greffée hépatique de cinq ans.</w:t>
+                <w:t xml:space="preserve">In Vitro Induction of Voriconazole Resistance in Candida krusei by Azole Exposure.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R. Corbelli</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Eglin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Muret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Eisenegger</w:t>
+                <w:t xml:space="preserve">Nadège Devillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société de Pneumologie de langue française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2008, Lille, France</w:t>
+              <w:t xml:space="preserve">Annual ICAAC/IDSA 46th Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Washington, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00341110v1</w:t>
+                <w:t xml:space="preserve">hal-00341443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infections disséminées à Scedosporium prolificans: à propos de 2 cas et revue de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Larosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Brion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21083,77 +21083,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pneumopathie d'hypersensibilité liée à Pseudozyma chez une greffée hépatique de cinq ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId620" w:history="1">
+            <w:hyperlink r:id="rId584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId621" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Hotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId622" w:history="1">
+            <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Corbelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21208,64 +21208,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">quantification des moisissures de l'environnement domestique par PCR temps réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emeline Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21314,471 +21314,471 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00341199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albendazole therapy for recurrent alveolar echinococcosis after liver transplantation may be parasitocidal despite immunosuppression: usefulness of PET-CT and new serological markers for the follow up</w:t>
+                <w:t xml:space="preserve">Towards &amp;quot;à la carte&amp;quot; management of patients with inoperable alveolar echinococcosis of the liver: usefullness of a compined follow-up with specific serology, CT-scan and PET-CT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId638" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UEGW congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2006, Berlin, Germany. pp.A143</w:t>
+              <w:t xml:space="preserve">, Oct 2006, Berlin, Germany. pp.Abstract</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00466203v1</w:t>
+                <w:t xml:space="preserve">hal-00466216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidence et facteurs associés à la colonisation à Candida en réanimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId639" w:history="1">
+            <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId620" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Pili-Floury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId640" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Bartholin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48ème congrès de la société française d'anesthésie et de réanimation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Paris, France. pp.S115 - Abstract 148</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId638" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00468447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId641" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards &amp;quot;à la carte&amp;quot; management of patients with inoperable alveolar echinococcosis of the liver: usefullness of a compined follow-up with specific serology, CT-scan and PET-CT</w:t>
+                <w:t xml:space="preserve">Albendazole therapy for recurrent alveolar echinococcosis after liver transplantation may be parasitocidal despite immunosuppression: usefulness of PET-CT and new serological markers for the follow up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solange Bresson-Hadni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Crouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Blagosklonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasuhito Sako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UEGW congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2006, Berlin, Germany. pp.Abstract</w:t>
+              <w:t xml:space="preserve">, Oct 2006, Berlin, Germany. pp.A143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId641" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00466216v1</w:t>
+            <w:hyperlink r:id="rId642" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00466203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId643" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quoi de neuf dans le diagnostic des PHS ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Rognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Pauline Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21878,64 +21878,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Millon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Piarroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Perfect JR. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Antifungal strategies in high-risk patients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Remedica, pp.58-74, 2009</w:t>
@@ -22054,51 +22054,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7FE9A807"/>
+    <w:nsid w:val="265B9037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -22285,51 +22285,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-grenouillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6001-3135" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059337567" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/R-5176-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05450184v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bastid" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rinaldi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Pepe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ciccone" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2025.105868" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Simon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Richou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delabrousse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Blagoskonov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024076" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731903v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Fedna" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieffel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Bornette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Henrys" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024063" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882560v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vignals" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Emmerich" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Begueret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin-Blondel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3006.231409" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426796v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Grandhay" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Pr&#233;tot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Klaba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Normand" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-023-02336-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05144801v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dani&#232;re" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Callait-Cardinal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Lemberger" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quintard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vrc2.915" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440435v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Roche" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1249884" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758751v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Moniot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Lavergne" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Robert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bonnin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.09.021" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065351v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Blez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bronnimann" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zeller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Delhaes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myad023" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095913v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Marquis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Demonmerot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thi&#233;fin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Millon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2023008" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057085v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04885972v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Le Bihan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Maubon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Calvet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruckly" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab080" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316100v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Bresson-Hadni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montange" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Brumpt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillion" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2020.10.032" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419723v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boualem Sendid" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lecointe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Collot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Danz&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Damiens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90402-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03268535v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Piarroux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gabriel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Collombon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louasse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myab018" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537244v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stalder" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kapel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Diaz" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koch" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ice.2019.371" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536631v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabete Ricardo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Miranda" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Silva" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Eglin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01651-19" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03294438v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim M&#8217;rad" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Oudni-M&#8217;rad" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mosbahi" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9060444" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154574v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Dupont" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mabrut" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Gay" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Persat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9090756" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03222501v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dromer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lanternier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Maulin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaa086" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grech-Angelini" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Peytavin de Garam" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Maestrini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-019-06261-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02316590v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kada Touati" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cornet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cant&#243;n" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Botterel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2018.10.001" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195471v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schwarz" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Guedouar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Laouiti" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dannaoui" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof5030056" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537383v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Chihai" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elisabeth Grenouillet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Erhan" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-019-06432-5" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baldolli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonhomme" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yera" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chapon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofy349" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195588v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Arrache" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Zait" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Rodriguez-Nava" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bergeron" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Durand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2018.04.010" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02902544v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Razakandrainibe" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sautour" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Basmaciyan" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.08.001" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2FBQ7N1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195707v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beaussant-Cohen" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lenoir" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2018.02.009" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667759v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Point" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jougon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmcr.2017.08.001" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01943639v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Burlet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ramla" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Blot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mahy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7110443" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195691v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cimon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pana-Katatali Christine Heloise" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Person" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gainet-Brun Marie" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-017-0218-5" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863922v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baraquin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hervouet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Flori" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Peixoto" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2018.04.004" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195671v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Valot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-018-5963-y" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667577v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence-Elisabeth Grenouillet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Moreau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussad Hamrioui" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2017.06.002" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667558v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rognon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Prenel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Knapp" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.201700010" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630967v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtaria Kouidri" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-016-4994-5" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294662v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lahoreau" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hormaz" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Guenon" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294616v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Rocchi" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Richaud-Thiriez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barrera" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dalphin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368316v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter van Cauteren" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette de Valk" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grenouillet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368317v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jeanvoine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Reboux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benassarou" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368320v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368324v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Faucher" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Descotes-Genon" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hoen" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Godard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Kantelip" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509561v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faucher" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Descotes-Genon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Godard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie F&#233;lix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397030v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Haas" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loubersac" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ariza" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Pepin-Puget" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2016.08.028" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01307319v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Piarroux" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bresson-Hadni" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bardonnet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Faucher" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166207v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.03.040" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294660v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ferreira" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blasco" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Samain" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry H&#233;non" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305429v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a P Bellanger" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Millon" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berceanu" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Grenouillet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F E Grenouillet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305517v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Benassarou" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2015.06.057" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119477v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04015689v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet-Da&#241;on" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Guitard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gay" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Ait-Ammar" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2014.12.017" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WCM7QHG5-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912385v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Sauget" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roussel" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Malugani" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pouthier" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcyt.2013.09.005" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119450v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bresson-Hadni" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenouillet Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chauchet" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knapp" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063891v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Cazorla" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Piton" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Faure" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delabrousse" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpat.2014.03.006" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943686v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorane Mouzon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Raoul" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2013.12.023" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZHKB3RT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063888v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Daguindau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deconinck" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pauline Bellanger" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.03182-13" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112756v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charbonnier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014075" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063892v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bourdelin" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Muret" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Desbrosses" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myu042" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114500v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Arbez-Gindre" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mantion" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114494v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devars Du Mayne" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gratacap" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malinvaud" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonfils" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114496v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gottstein" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhua Wang" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Blagosklonov" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294619v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061622v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhito Sako" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014037" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114505v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lafolie" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Nicolas-Chanoine" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063889v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciu520" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166211v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Montini" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Capellier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04015677v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la Angoulvant" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Letscher-Bru" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L&#8217;ollivier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13693786.2013.807444" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759175v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Troke" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Obenga" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gaujoux" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goldschmidt" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Bienvenu" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-012-0273-2" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JTZDHH4C-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061552v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Larosa" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lepiller" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Legrand" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cit094" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850040v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L'Ollivier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839045v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Skana" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apm.12090" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-328CX2XX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839048v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Scherer" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061556v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bardonnet" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique A Vuitton" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges A Mantion" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-0711-12-1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061549v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frider" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alvarez Rodriguez" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amante" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Pestalardo" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00871-13" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119452v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richou" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Vuitton" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04023415v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759174v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Betelli" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquenne" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Simon" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2012.10.009" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TKM1073D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853605v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said-Ali" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ang&#232;le Vuitton" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182013001352" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061554v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caoduro" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Porot" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.112.109942" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759177v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cassaing" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1801.110556" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682494v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benjamin Murat" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Penven" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Batchili" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.06230-11" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682499v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.22299" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560593v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H&#233;non" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0463.2011.02728.x" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZMRQ0FJS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593596v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Salamin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmm.2010.07.002" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RHCBDGHJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573544v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loewert" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01904-10" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682536v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tillie-Leblond" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682849v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00625115v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Enache-Angoulvant" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Martin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Durrens" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00688-11" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682517v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lortholary" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Obenga" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinaki Biswas" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Caillot" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chachaty" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00286-10" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926813v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guyot" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Derouin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Agnamey" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Angoulvant" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/ese.15.33.19642-en" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682520v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna M Maccallum" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy J Lott" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Sampaio" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Buitrago Serna" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00040-10" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462282v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119463v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119446v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raton" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473975v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462271v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Monod" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/CVI.00129-09" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00508033v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Crouzet" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13693780903451836" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465873v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahim Chamouine" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thiriez" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schulze" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e3181c4f7d9" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448413v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Chirica" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Simonnet" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mathieu Bart" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465887v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosr Hicheri" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13693780802454761" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424408v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465877v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoinard" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gantier" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02094-08" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448416v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boussard" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sechter" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488004v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332452v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Sornin" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b718909e" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-B3G8PXH3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379632v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique-Ang&#232;le Vuitton" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341437v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Bart" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piarroux" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Grenouillet" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2007.03.018" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2N2W4SR9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341434v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Biot" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01603-07" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341439v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blasco" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Piarroux" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462149v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03534548v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Eric Bulabois" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.43.10.5097-5101.2005" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683297v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03534625v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balvay" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Tran" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ccm.0000147726.62304.7f" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170278v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desoubeaux" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214154v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guilmin" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin de Mazancourt" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Audebert" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170274v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03266235v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Letscher-Bru" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Morio" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Alanio" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03136215v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Faure-Cognet" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chartier-Botterel" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736802v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said Ali" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505039v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vieille" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505037v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505120v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Leroy" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505136v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Benjamin Murat" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505115v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dalle" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Viennet" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kuentz" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483855v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505044v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Scherer" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505109v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Peron" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duffas" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Warter" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504971v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morlon" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Acker" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bouchara" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Biava" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484582v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485055v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Mei Ma" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465942v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Richelet" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466198v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ridoux" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Floret" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344060v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462581v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tillie-Leblond" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chouraki" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464014v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462583v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorthois" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468191v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boyer" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Mainardi" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charlier-Woerther" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Badoual" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488014v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#233;zeh Legrand" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338586v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466201v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fournel" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341115v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341194v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Crouzet" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Capellier" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341481v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ranque" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344063v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468197v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chicot" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Grandclement" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464011v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468395v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raymond" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Legrand" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Woronoff-Lemsi" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468445v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debourgogne" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Contet-Andonneau" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Machouart" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Biava" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346747v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468383v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Brunin" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ginet" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468388v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Studer" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pili-Floury" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468393v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kauffmann-Lacroix" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cassaing" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevrier" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464002v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Vacheyrou" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Metzer" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefebvre" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466843v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466200v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rochat" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hotz" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corbelli" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teun Boekhout" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341443v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Devillard" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341119v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466841v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464012v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341110v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eisenegger" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468446v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Brion" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466847v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Vieille" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341199v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Didier" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466203v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468447v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lacroix" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bartholin" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466216v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thevenot" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380570v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465934v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-grenouillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6001-3135" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059337567" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/R-5176-2016" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-05450184v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Umhang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Bastid" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rinaldi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Pepe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Ciccone" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2025.105868" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04936197v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Simon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Richou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delabrousse" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Blagoskonov" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024076" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05144801v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dani&#232;re" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Callait-Cardinal" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Lemberger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quintard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/vrc2.915" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731903v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Fedna" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Borne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rieffel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Bornette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hugues Henrys" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2024063" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426796v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Grandhay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Pr&#233;tot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Klaba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Celle" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Normand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-023-02336-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04882560v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vignals" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Emmerich" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Begueret" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dea Garcia-Hermoso" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin-Blondel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid3006.231409" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758751v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nourrisson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Moniot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Lavergne" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Robert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bonnin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmi.2022.09.021" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440435v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Roche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dalle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Capelli" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Jouffroy-Bapicot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1249884" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04065351v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Blez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bronnimann" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Rammaert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Zeller" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Delhaes" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myad023" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095913v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastian Marquis" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Demonmerot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thi&#233;fin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Millon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2023008" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057085v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04885972v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Le Bihan" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Maubon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Calvet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ruckly" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofab080" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316100v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solange Bresson-Hadni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Montange" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Brumpt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fillion" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2020.10.032" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03419723v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boualem Sendid" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Lecointe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Collot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Danz&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Damiens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90402-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03268535v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Piarroux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gabriel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Collombon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Louasse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myab018" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03222501v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dromer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lanternier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Maulin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaa086" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-03294438v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim M&#8217;rad" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Oudni-M&#8217;rad" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bournez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Mosbahi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9060444" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537244v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Stalder" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Kapel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Diaz" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koch" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ice.2019.371" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536631v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabete Ricardo" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Miranda" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Silva" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Eglin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.01651-19" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03154574v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Dupont" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Mabrut" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Gay" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Persat" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9090756" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195492v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grech-Angelini" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richomme" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Peytavin de Garam" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Boucher" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Maestrini" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-019-06261-6" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02316590v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kada Touati" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Cornet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cant&#243;n" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Botterel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2018.10.001" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02537383v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Chihai" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elisabeth Grenouillet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru Erhan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-019-06432-5" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195471v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schwarz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Guedouar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Laouiti" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dannaoui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jof5030056" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154064v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Baldolli" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bonhomme" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yera" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chapon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ofid/ofy349" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195671v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit B. Valot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-018-5963-y" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02902544v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Costa" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romy Razakandrainibe" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sautour" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Basmaciyan" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2018.08.001" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z2FBQ7N1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195707v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Beaussant-Cohen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lenoir" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2018.02.009" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195588v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Arrache" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Zait" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Rodriguez-Nava" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bergeron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Durand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2018.04.010" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667759v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Point" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jougon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmcr.2017.08.001" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01943639v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Burlet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Ramla" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Blot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mahy" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm7110443" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863922v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Baraquin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Hervouet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Flori" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Peixoto" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2018.04.004" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195691v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cimon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pana-Katatali Christine Heloise" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Person" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gainet-Brun Marie" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11046-017-0218-5" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667577v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence-Elisabeth Grenouillet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Moreau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussad Hamrioui" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2017.06.002" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667558v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Valot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rognon" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Prenel" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Knapp" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prca.201700010" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397030v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Haas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Grenouillet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loubersac" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ariza" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Pepin-Puget" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2016.08.028" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509561v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faucher" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Descotes-Genon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hoen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Godard" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie F&#233;lix" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368316v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter van Cauteren" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henriette de Valk" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368317v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jeanvoine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Rocchi" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Reboux" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benassarou" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630967v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtaria Kouidri" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00436-016-4994-5" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294616v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Richaud-Thiriez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barrera" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dalphin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294662v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lahoreau" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Hormaz" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Guenon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368320v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368324v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Faucher" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Descotes-Genon" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Hoen" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Godard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Kantelip" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305429v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a P Bellanger" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Millon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berceanu" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Grenouillet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F E Grenouillet" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294660v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ferreira" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blasco" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Samain" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry H&#233;non" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166207v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Valot" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2015.03.040" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01307319v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Piarroux" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Bresson-Hadni" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bardonnet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Faucher" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305517v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morad Benassarou" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mycmed.2015.06.057" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119477v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04015689v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rivet-Da&#241;on" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Guitard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gay" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Ait-Ammar" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinf.2014.12.017" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WCM7QHG5-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166211v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Montini" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Capellier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Piton" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063889v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Chauchet" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/ciu520" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00943686v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorane Mouzon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Raoul" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetpar.2013.12.023" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KZHKB3RT-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01112756v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Charbonnier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014075" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063888v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Daguindau" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deconinck" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pauline Bellanger" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.03182-13" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00912385v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hocquet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Sauget" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Roussel" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Malugani" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Pouthier" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcyt.2013.09.005" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119450v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bresson-Hadni" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grenouillet Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Knapp" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063891v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnault Cazorla" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Faure" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Delabrousse" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpat.2014.03.006" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063892v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bourdelin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Muret" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Desbrosses" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myu042" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114500v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Arbez-Gindre" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mantion" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114496v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gottstein" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junhua Wang" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Blagosklonov" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114494v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Devars Du Mayne" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gratacap" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Malinvaud" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonfils" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294619v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061622v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasuhito Sako" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2014037" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01114505v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lafolie" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Nicolas-Chanoine" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853605v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said-Ali" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ang&#232;le Vuitton" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0031182013001352" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061554v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Caoduro" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Porot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique A Vuitton" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2967/jnumed.112.109942" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850040v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la Angoulvant" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Letscher-Bru" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L'Ollivier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13693786.2013.807444" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839045v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Fran&#231;ois" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Skana" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apm.12090" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-328CX2XX-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04015677v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L&#8217;ollivier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759175v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Troke" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Obenga" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gaujoux" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goldschmidt" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Bienvenu" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s15010-012-0273-2" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JTZDHH4C-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061552v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Larosa" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lepiller" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Legrand" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cid/cit094" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061556v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bardonnet" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges A Mantion" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-0711-12-1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839048v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Scherer" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01061549v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frider" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alvarez Rodriguez" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amante" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Pestalardo" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00871-13" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119452v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richou" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Vuitton" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04023415v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759174v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Betelli" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquenne" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Simon" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2012.10.009" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TKM1073D-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00759177v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desnos-Ollivier" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred&#233;ric Grenouillet" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Cassaing" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3201/eid1801.110556" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682494v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benjamin Murat" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Penven" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Batchili" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.06230-11" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00625115v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Enache-Angoulvant" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Martin" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Durrens" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00688-11" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682536v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Tillie-Leblond" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682849v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560593v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. H&#233;non" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0463.2011.02728.x" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZMRQ0FJS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593596v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Salamin" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmm.2010.07.002" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RHCBDGHJ-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682499v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.22299" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00573544v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Loewert" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01904-10" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465873v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourahim Chamouine" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Thiriez" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schulze" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/INF.0b013e3181c4f7d9" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926813v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Guyot" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Derouin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Agnamey" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Angoulvant" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubert" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2807/ese.15.33.19642-en" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682517v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lortholary" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Obenga" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pinaki Biswas" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Caillot" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chachaty" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AAC.00286-10" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682520v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donna M Maccallum" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy J Lott" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Sampaio" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Buitrago Serna" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.00040-10" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119463v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462282v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01119446v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Raton" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00473975v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00508033v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Crouzet" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/13693780903451836" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462271v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Monod" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/CVI.00129-09" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465887v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosr Hicheri" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13693780802454761" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448413v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Chirica" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Simonnet" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mathieu Bart" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424408v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465877v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoinard" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gantier" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.02094-08" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448416v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boussard" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sechter" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488004v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00332452v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Sornin" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b718909e" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-B3G8PXH3-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00379632v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique-Ang&#232;le Vuitton" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341439v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Blasco" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Piarroux" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341437v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Bart" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Piarroux" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Grenouillet" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diagmicrobio.2007.03.018" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2N2W4SR9-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341434v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Biot" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.01603-07" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462149v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03534548v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Eric Bulabois" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JCM.43.10.5097-5101.2005" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683297v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03534625v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balvay" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Tran" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/01.ccm.0000147726.62304.7f" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170274v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guilmin" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin de Mazancourt" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Audebert" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170278v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Karadjian" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desoubeaux" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Riou" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05214154v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03266235v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Letscher-Bru" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Morio" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Alanio" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03136215v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Faure-Cognet" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chartier-Botterel" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00736802v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeinaba Said Ali" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505039v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vieille" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505037v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505120v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Leroy" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483855v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505115v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dalle" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Viennet" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kuentz" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505136v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Benjamin Murat" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505044v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Scherer" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505109v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Peron" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Duffas" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Warter" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504971v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Morlon" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Acker" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Bouchara" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Biava" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465942v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Richelet" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466198v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ridoux" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Floret" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485055v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu Mei Ma" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484582v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344060v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462581v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Tillie-Leblond" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chouraki" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464014v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468191v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boyer" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Mainardi" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Charlier-Woerther" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Badoual" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488014v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#233;zeh Legrand" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00462583v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lorthois" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466841v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fournel" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464012v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341110v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rochat" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Hotz" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Corbelli" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Eisenegger" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341194v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Crouzet" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Capellier" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466201v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00338586v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341115v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344063v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341481v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ranque" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464011v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468395v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raymond" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Legrand" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Woronoff-Lemsi" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468197v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chicot" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Grandclement" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00346747v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468445v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debourgogne" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Contet-Andonneau" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Machouart" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie France Biava" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468383v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Brunin" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ginet" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468393v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kauffmann-Lacroix" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cassaing" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevrier" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468388v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Studer" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pili-Floury" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464002v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Vacheyrou" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Metzer" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lefebvre" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341119v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teun Boekhout" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466200v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466843v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341443v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Devillard" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468446v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Brion" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466847v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Vieille" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00341199v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Didier" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466216v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Thevenot" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468447v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Lacroix" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bartholin" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466203v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380570v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465934v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>