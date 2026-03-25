--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1125,291 +1125,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03580833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleohydrological history of Lake Allos (2200 m a.s.l) since 13 500 cal a bp in the Mediterranean Alps inferred from an ostracod δ 18 O record</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Corinne Sonzogni</w:t>
+                <w:t xml:space="preserve">Contrasted Successional Trajectories in a Mediterranean Wetland Due to Geomorphic- and Human-Induced Perturbations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Poher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Médail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quaternary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jqs.3425⟩</w:t>
+              <w:t xml:space="preserve">Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (3), pp.597-609. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10021-022-00780-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03640520v1</w:t>
+                <w:t xml:space="preserve">hal-03767568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasted Successional Trajectories in a Mediterranean Wetland Due to Geomorphic- and Human-Induced Perturbations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Brisset</w:t>
+                <w:t xml:space="preserve">Paleohydrological history of Lake Allos (2200 m a.s.l) since 13 500 cal a bp in the Mediterranean Alps inferred from an ostracod δ 18 O record</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosine Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Sylvestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Sonzogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 26 (3), pp.597-609. </w:t>
+              <w:t xml:space="preserve">Journal of Quaternary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10021-022-00780-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jqs.3425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767568v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03640520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le lac pléistocène de Saint-Maximin la Sainte-Baume. Données nouvelles sur l’âge et le potentiel paléoenvironnemental du remplissage sédimentaire de la plaine de Saint-Maximin</w:t>
               </w:r>
@@ -1922,90 +1922,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diatom-oxygen isotope record from high-altitude Lake Petit (2200 m a.s.l.) in the Mediterranean Alps: shedding light on a climatic pulse at 4.2 ka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sonzogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Couapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2056,90 +2056,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiproxy analyses of Lake Allos reveal synchronicity and divergence in geosystem dynamics during the Lateglacial/Holocene in the Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tachikawa Kazuyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2184,797 +2184,797 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01795351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The overlooked human influence in historic and prehistoric floods in the European Alps</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Brisset</w:t>
+                <w:t xml:space="preserve">Lateglacial-Holocene abrupt vegetation changes at Lago Trifoglietti in Calabria, Southern Italy: The setting of ecosystems in a refugial zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabetta Brugiapaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Joannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Zanchetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1130/G38498.1⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 158, pp.44 - 57. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.12.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01681536v1</w:t>
+                <w:t xml:space="preserve">hal-01662646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene environmental history of a small Mediterranean island in response to sea-level changes, climate and human impact</w:t>
+                <w:t xml:space="preserve">Erosion of insect diversity in response to 7000 years of relative sea-level rise on a small Mediterranean island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Poher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2016.10.037⟩</w:t>
+              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (7), pp.1641-1657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10531-017-1322-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681558v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateglacial-Holocene abrupt vegetation changes at Lago Trifoglietti in Calabria, Southern Italy: The setting of ecosystems in a refugial zone</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Joannin</w:t>
+                <w:t xml:space="preserve">Holocene environmental history of a small Mediterranean island in response to sea-level changes, climate and human impact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Poher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Médail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2016.12.013⟩</w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 465, Part A, pp.247-263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2016.10.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01662646v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erosion of insect diversity in response to 7000 years of relative sea-level rise on a small Mediterranean island</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ponel</w:t>
+                <w:t xml:space="preserve">The overlooked human influence in historic and prehistoric floods in the European Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiane Troussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity and Conservation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 26 (7), pp.1641-1657. </w:t>
+              <w:t xml:space="preserve">Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 45 (4), pp.347-350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10531-017-1322-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1130/G38498.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01681539v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01681536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoire de l’environnement et des usages anthropiques sur l’île de Cavallo (archipel des Lavezzi, Corse)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reconstructing the landscape evolution and the human occupation of the Lower Sagone River (Western Corsica, France) from the Bronze Age to the Medieval period</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Ghilardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Istria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Curras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Vacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Contreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecologia mediterranea</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12, pp.741-754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2016.07.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02391316v1</w:t>
+                <w:t xml:space="preserve">hal-01473751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing the landscape evolution and the human occupation of the Lower Sagone River (Western Corsica, France) from the Bronze Age to the Medieval period</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Histoire de l’environnement et des usages anthropiques sur l’île de Cavallo (archipel des Lavezzi, Corse)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Médail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Poher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecologia mediterranea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 43 (2), pp.5-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2016.07.009⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01473751v1</w:t>
+                <w:t xml:space="preserve">hal-02391316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental and climate reconstruction of the late-glacial-Holocene transition from a lake sediment sequence in Aubrac, French Massif Central: Chironomid and diatom evidence</w:t>
               </w:r>
@@ -3120,51 +3120,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guédron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Desplanquee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3362,51 +3362,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">5000 years of lacustrine ecosystem changes from Lake Petit (Southern Alps, 2200m a.s.l.): Regime shift and resilience of algal communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3414,51 +3414,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Holocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25 (8), pp.1231-1245. </w:t>
@@ -4038,295 +4038,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00880413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approche multidisciplinaire d'une séquence lacustre holocène dans les Alpes du Sud au lac Petit (Mercantour, alt. 2200m. France) : histoire d'un géosystème dégradé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">1400 years of extreme precipitation patterns over the Mediterranean French Alps and possible forcing mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternaire</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/quaternaire.6390⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78, p.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yqres.2012.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00782072v1</w:t>
+                <w:t xml:space="preserve">halsde-00719973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1400 years of extreme precipitation patterns over the Mediterranean French Alps and possible forcing mechanisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+                <w:t xml:space="preserve">Approche multidisciplinaire d'une séquence lacustre holocène dans les Alpes du Sud au lac Petit (Mercantour, alt. 2200m. France) : histoire d'un géosystème dégradé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 78, p.1-12. </w:t>
+              <w:t xml:space="preserve">Quaternaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23 (4), pp. 309-319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.yqres.2012.03.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/quaternaire.6390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00719973v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00782072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Holocene history of Lac des Lauzons (2180 m a.s.l.), reconstructed from multiproxy analyses of Coleoptera, plant macroremains and pollen (Hautes-Alpes, France)</w:t>
               </w:r>
@@ -4472,51 +4472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Djamali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Berberian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4606,51 +4606,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gandouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4727,51 +4727,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palynostratigraphy of some Pleistocene deposits in the Western Alps: A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4873,51 +4873,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palynostratigraphy of some Pleistocene deposits in the Western Alps : A review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5006,51 +5006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate and environmental evolution scenarios for the Meuse/Haute-Marne region, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5170,51 +5170,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gandouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.R Coope</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5316,51 +5316,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gandouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G.R Coope</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5449,51 +5449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Gandouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Franquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5570,51 +5570,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des longues séquences lacustres à la connaissance des variations des climats et des paysages pléistocènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Cheddadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5697,441 +5697,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halsde-00305249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vegetation dynamics in the North-West Mediterranean regions : instability of the Mediterranean bioclimate</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
+                <w:t xml:space="preserve">Lateglacial palaeoenvironments and palaeoclimates from Conty and Houdancourt, northern France, reconstructed from Beetle remains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Miras</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Russell Coope</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Limondin-Lozouet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Leroyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biosystems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 24 (23-24), pp.2449-2465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2004.12.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00267387v1</w:t>
+                <w:t xml:space="preserve">hal-02478245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle de la construction de l'ensemble détritique de la région d'Evian par trois phases glaciaires durant le Würm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Triganon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Blavoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 16 (1), pp.57-63. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/quaternaire.241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00104184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateglacial palaeoenvironments and palaeoclimates from Conty and Houdancourt, northern France, reconstructed from Beetle remains</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vegetation dynamics in the North-West Mediterranean regions : instability of the Mediterranean bioclimate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Miras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guiter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant Biosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.114-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2004.12.010⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02478245v1</w:t>
+                <w:t xml:space="preserve">hal-00267387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact anthropique sur la végétation de la région d'Évian depuis le Néolithique moyen : l'enregistrement pollinique de la Beunaz (971 m n.g.f., Haute-Savoie, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6212,64 +6212,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First evidence of “in situ” Eemian sediments on the high plateau of Evian (Western Alps, France) : implications for the chronology of the Last Glaciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Triganon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6371,333 +6371,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un siècle de gestion des ressources agropastorale et forestière dans la moyenne montagne ouzbèke au prisme de l’étude du remplissage sédimentaire du Lac Kanbeshbulak</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CASAC -Cernes d'Arbres et Séismes en Asie Centrale : datation des séismes par la dendrochronologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Rizza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guibal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tachikawa Kazuyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les études sur l’Asie centrale : pluridisciplinarité et connexions d'un champ</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INALCO, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">ECCOREV - Journée Restitution de l’Appel d’Offre Interne 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECCOREV, Jun 2024, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834176v1</w:t>
+                <w:t xml:space="preserve">hal-04751924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CASAC -Cernes d'Arbres et Séismes en Asie Centrale : datation des séismes par la dendrochronologie</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un siècle de gestion des ressources agropastorale et forestière dans la moyenne montagne ouzbèke au prisme de l’étude du remplissage sédimentaire du Lac Kanbeshbulak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rhoné-Quer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Alchidiac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tachikawa Kazuyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCOREV - Journée Restitution de l’Appel d’Offre Interne 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ECCOREV, Jun 2024, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Les études sur l’Asie centrale : pluridisciplinarité et connexions d'un champ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INALCO, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751924v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution d’un écosystème lacustre des Alpes du sud (Massif du Mercantour) depuis la fin de la dernière glaciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Au Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sonzogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6890,64 +6890,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agropastoral practices and water stress in Central Asia: first insights given by the lake sediment sequence of Kanbeshbulak (Hissar mountains, Uzbekistan)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rhoné-Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Alchidiac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tachikawa Kazuyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7002,90 +7002,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity of the French Mediterranean mountains to climate change and human activities since the end of the last deglaciation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Au Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sonzogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7261,51 +7261,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bringing environmental and historical archives together to analyze adaptation strategies of agropastoral systems vis-à-vis water stress in Central Asia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rhoné-Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Djamali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7373,51 +7373,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrological variability and chemical weathering in the Southern Alps based on diatoms and their isotopic composition (O and Si)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7623,90 +7623,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 4.2 ka event in the Mediterranean Alps: a reinforced Mediterranean-type climate regime that directly impacted the environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8029,51 +8029,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8396,51 +8396,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiané Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th PAGES Open Science Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Zaragoza, Spain</w:t>
@@ -8577,90 +8577,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oxygen isotopes in biogenic silica and diatom assemblages from Lake Petit (2200 m a.s.l) in the Mediterranean Alps: shedding light on a climatic pulse at 4.2 kyr BP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Sonzogni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Couapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8754,51 +8754,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiané Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Pollen Database 2nd Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Aix-en-Provence, France</w:t>
@@ -8866,51 +8866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8961,51 +8961,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disturbance propagation in terrestrial environments: A case study from two Lateglacial-Holocene sediment records of the Southern Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9073,64 +9073,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term lacustrine evolution of the high-altitude Lake Allos (Southern Alps, 2200 m a.s.l.) during the Holocene revealed by diatom assemblages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9211,64 +9211,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term aquatic dynamics of alpine lakes (L. Allos and Petit; 2200 m a.s.l) during the Holocene and their close links with terrestrial ecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9323,77 +9323,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled terrestrial and aquatic ecosystems evolution of the Lake of Allos since ca. 13,500 cal. BP (Mediterranean French Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9556,51 +9556,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terrestrial and lacustrine ecosystem trajectories and thresholds over the last 5000 years: the example of Lake Petit (2200 m a.s.l., Mediterranean Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9608,51 +9608,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Transition PAGES meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Nottingham, United Kingdom</w:t>
@@ -9720,51 +9720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiane Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9925,57 +9925,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02567450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term ecological dynamics of an alpine lacustrine ecosystem during the Holocene in the French Alps (Lake Petit, 2200 m a.s.l.): regime shift and resilience of algal communities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">5000 years of lacustrine ecosystem changes from Lake Petit (Southern Alps, 2200 m a.s.l.): regime shift and resilience of algal communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9983,124 +9983,124 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Our Common Future Under Climate Change, COP21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Paris, France</w:t>
+              <w:t xml:space="preserve">Interdisciplinary meeting on climate change and seismic hazards during the Holocene in the Mediterranean, OTMED</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567452v1</w:t>
+                <w:t xml:space="preserve">hal-02567378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5000 years of lacustrine ecosystem changes from Lake Petit (Southern Alps, 2200 m a.s.l.): regime shift and resilience of algal communities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Long-term ecological dynamics of an alpine lacustrine ecosystem during the Holocene in the French Alps (Lake Petit, 2200 m a.s.l.): regime shift and resilience of algal communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10108,94 +10108,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interdisciplinary meeting on climate change and seismic hazards during the Holocene in the Mediterranean, OTMED</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">Our Common Future Under Climate Change, COP21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567378v1</w:t>
+                <w:t xml:space="preserve">hal-02567452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamiques paléoécologiques et paléoenvironnementales dans la haute vallée du Verdon depuis 11500 ans : approche interdisciplinaire et comparative des sites du Plan du Laus (2127 m) et du Lac d’Allos (2227 m)</w:t>
               </w:r>
@@ -10296,445 +10296,445 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lake Allos: a 12,000-years reference record of past Climate-Human-environment interactions in the Mediterranean French Alps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of Last Deglaciation sedimentological, palynostratigraphical and 14C chronologies in mountain lake sediments: Towards improved knowledge of the MIS2/MIS1 transition in the Mediterranean Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Edward J. Anthony</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.L. Bourles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Braucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Assembly of Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02567383v1</w:t>
+                <w:t xml:space="preserve">hal-02614911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of Last Deglaciation sedimentological, palynostratigraphical and 14C chronologies in mountain lake sediments: Towards improved knowledge of the MIS2/MIS1 transition in the Mediterranean Alps</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">5 millennia of Mediterranean mountain disturbance: soil erosion and vegetation dynamics recorded in Lake Petit (2200 m, South-Western Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Regis Braucher</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosine Cartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Assembly of Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02614911v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00867092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5 millennia of Mediterranean mountain disturbance: soil erosion and vegetation dynamics recorded in Lake Petit (2200 m, South-Western Alps)</w:t>
+                <w:t xml:space="preserve">Lake Allos: a 12,000-years reference record of past Climate-Human-environment interactions in the Mediterranean French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rosine Cartier</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiané Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward J. Anthony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference (IAG) on Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">8th International Assembly of Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00867092v1</w:t>
+                <w:t xml:space="preserve">hal-02567383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports des diatomées fossiles à l’histoire paléoenvironnementale des lacs d’altitude du massif du Mercantour (France) : premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11096,51 +11096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Paillès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Sylvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire Q8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Clermont-Ferrand, France</w:t>
@@ -11163,320 +11163,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02614922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1.4 kyrs of flash flood events in the Southern European Alps : implications for extreme precipitation patterns and forcing over the north-western Mediterranean area</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elodie Brisset</w:t>
+                <w:t xml:space="preserve">Les Coléoptères sub-fossiles, témoins de la transition Tardiglaciaire-Holocène en Aubrac (Massif Central, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morteza Djamali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Gandouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU, Vienne 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Vienne, Austria. pp.9097</w:t>
+              <w:t xml:space="preserve">7ème Rencontres Entomologiques du Centre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Blois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00750907v1</w:t>
+                <w:t xml:space="preserve">hal-03102075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Coléoptères sub-fossiles, témoins de la transition Tardiglaciaire-Holocène en Aubrac (Massif Central, France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Gandouin</w:t>
+                <w:t xml:space="preserve">1.4 kyrs of flash flood events in the Southern European Alps : implications for extreme precipitation patterns and forcing over the north-western Mediterranean area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Wilhelm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Crouzet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7ème Rencontres Entomologiques du Centre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Blois, France</w:t>
+              <w:t xml:space="preserve">EGU, Vienne 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Vienne, Austria. pp.9097</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03102075v1</w:t>
+                <w:t xml:space="preserve">halsde-00750907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruire la transition Tardiglaciaire - Holocène à partir de l’analyse des successions d’assemblages de Coléoptères subfossiles dans le Massif Central (Aubrac, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11557,51 +11557,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using palaeobotanical and geochemical investigations to disentangle complex relations between human and landscape: The lacustrine record of Lake Petit (2200m, Southern Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11663,284 +11663,284 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00803048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyses multiproxies sur sédiments lacustres pour reconstituer les interrelations holocènes entre paysages, climat et sociétés humaines dans les Alpes française du Sud</w:t>
+                <w:t xml:space="preserve">The Alpine mediterranean highlands : geosystems under long-lasting natural and anthropogenic pressures (Millefonds catchment, southern alps, France )</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edward J. Anthony</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Delhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des doctorants IMEP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Marseille, France</w:t>
+              <w:t xml:space="preserve">XXXIIe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Antibes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00605558v1</w:t>
+                <w:t xml:space="preserve">hal-00803051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Alpine mediterranean highlands : geosystems under long-lasting natural and anthropogenic pressures (Millefonds catchment, southern alps, France )</w:t>
+                <w:t xml:space="preserve">Analyses multiproxies sur sédiments lacustres pour reconstituer les interrelations holocènes entre paysages, climat et sociétés humaines dans les Alpes française du Sud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward J. Anthony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Miramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIIe Rencontres Internationales d'Archéologie et d'Histoire d'Antibes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Antibes, France</w:t>
+              <w:t xml:space="preserve">Journées des doctorants IMEP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00803051v1</w:t>
+                <w:t xml:space="preserve">halsde-00605558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Holocene deposits of Lake Petit (2200 m a.s.l., Southern French Alps) : climatic and anthropogenic controls on mountain sediment dynamics ?</w:t>
+                <w:t xml:space="preserve">Vulnérabilité et résilience des géosystèmes de montagne face au double forçage climatique et anthropique: étude pluridisciplinaire du Lac Petit (Alpes Maritimes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
@@ -11954,118 +11954,118 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Union for Quaternary Research (INQUA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Bern, Switzerland</w:t>
+              <w:t xml:space="preserve">Colloque d'inauguration du centre SEOLANE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Barcelonnette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00751273v1</w:t>
+                <w:t xml:space="preserve">hal-02046368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilité et résilience des géosystèmes de montagne face au double forçage climatique et anthropique: étude pluridisciplinaire du Lac Petit (Alpes Maritimes)</w:t>
+                <w:t xml:space="preserve">The Holocene deposits of Lake Petit (2200 m a.s.l., Southern French Alps) : climatic and anthropogenic controls on mountain sediment dynamics ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
@@ -12079,94 +12079,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque d'inauguration du centre SEOLANE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Barcelonnette, France</w:t>
+              <w:t xml:space="preserve">International Union for Quaternary Research (INQUA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Bern, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02046368v1</w:t>
+                <w:t xml:space="preserve">halsde-00751273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution paleoenvironnementale et paleo‐pollutions en contexte montagnard : le cas du lac Petit (Mercantour, France)</w:t>
               </w:r>
@@ -12204,51 +12204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéométrie 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Liège, Belgique</w:t>
@@ -12277,51 +12277,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstructing extreme flood events from high altitude lake sediment records : methodological issues and first results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12454,51 +12454,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des Jeunes Géomorphologues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Avignon, France</w:t>
@@ -12527,77 +12527,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of summer/autumn flash-floods over the last millennium from a high-elevation lake sediment sequence (Lake Allos, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Wilhelm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12652,51 +12652,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation et dynamique des écosystèmes pendant les glaciations récentes du Quaternaire dans les régions médio-européennes et méditerranéennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12829,51 +12829,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Miramont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delhon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23 ème Réunion des Sciences de la Terre (RST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Bordeaux, France</w:t>
@@ -12902,51 +12902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and dynamics of ecosystems during the recent glaciations of the Quaternary in Medio-European and Mediterranean areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13027,51 +13027,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vegetation and climate changes in the French Alps for the last 140 000 yr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13152,51 +13152,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of the Western-European ecosystems to rapid climatic fluctuations (Heinrich and Dansggard-Oeschger) during glacial times (OIS 4 to OIS 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Ampel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13277,51 +13277,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponse des écosystèmes ouest-européens aux fluctuations rapides du climat (Heinrich et Dansggard-Oeschger) pendant le glaciaire wurmien (OIS 4 à OIS 2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Ampel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13415,51 +13415,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restructuration de la banque de données polliniques européenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Leydet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Bradshaw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13523,51 +13523,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution climatic and ecological record of the new core of Les Echets (alt. : 267 m, Ain, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13661,77 +13661,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartography and chronology of the glacial advances in the Lemanic area since MIS 5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Triganon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13769,51 +13769,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La séquence climatique continentale des Echets (alt.: 267 m, Ain, France): état de l'art des études multiproxies menées à bien sur les profils EC1 et EC3 entre la fin du Riss et le Pléniglaciaire würmien.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14028,90 +14028,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palynostratigraphy of some Pleistocene deposits in the Western Alps : a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Louis de Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Nicoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Triganon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NQUA-SEQS Subcommission on European Quaternary Stratigraphy Quaternary Stratigraphy and Evolution of the Alpine Region in the European and Global Framework</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, France. pp.80</w:t>
@@ -14435,90 +14435,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A century of agro-pastoral and forest resource management in Central Asia revealed by multiproxy analyses of the Lake Kanbeshbulak sediments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rhoné-Quer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Djamali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosine Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Paleolimnology Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, Aix les bains, France</w:t>
@@ -14711,51 +14711,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14832,51 +14832,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14914,51 +14914,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early cereal cultivation and pastoralism in south-western Corsica 7600 years ago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Reille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15078,51 +15078,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15173,51 +15173,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coprophilous Coleoptera vs fungal spores, examples from Iran and from the Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Badura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15410,51 +15410,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The last 200 ka in France and in Iran. High resolution results and projects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morteza Djamali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15873,51 +15873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15994,51 +15994,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Médail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Andrieu-Ponel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16395,51 +16395,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751355v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miramont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rizza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Brousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-024-06927-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05239939v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guiter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Youssef" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Migliore" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-025-01961-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04853568v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bureau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.109088" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04793697v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Abdulhak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aug&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Birck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04555734v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Coulon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeljebbar Qninba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04555700v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Audisio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04266615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Poher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2023v22a31" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03580833v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gandouin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Louis de Beaulieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2022.02.005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03640520v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Cartier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vidal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sylvestre" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sonzogni" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3425" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03767568v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-022-00780-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579966v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Flambeaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bruneton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussouillez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935639v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rousseau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2020.109987" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02869143v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Flacher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvaa061" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02320430v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Franscesco Ficetola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walsh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50339-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paill&#232;s" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Couapel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-15-253-2019" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795351v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tachikawa Kazuyo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.02.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681536v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiane Troussier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G38498.1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681558v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.10.037" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662646v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Brugiapaglia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Joannin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.12.013" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681539v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-017-1322-z" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391316v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473751v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilardi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Istria" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Curras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Vacchi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Contreras" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.07.009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444637v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rioual" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J. Brooks" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.08.039" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444009v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amouroux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Desplanquee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.03.016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444688v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.09.020" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444813v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683615580862" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046338v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.12.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478731v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Court-Picon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mocci" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2013.08.060" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JLCDCG5B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046381v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7028" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880413v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683613508158" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782072v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.6390" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00719973v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yqres.2012.03.003" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01968828v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Badura" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683610385725" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959188v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Djamali" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Berberian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi F Miller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2009.01.022" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00445923v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2009.03.008" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959157v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nicoud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2008.05.005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLRDWLGW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372722v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464867v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Texier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brulhet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole B&#233;geot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350995v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R Coope" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2006.09.005" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZL9PVPNW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959302v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00203126v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2007.03.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00305249v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cheddadi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Ravazzi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2005.11.016" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBH3DM0M-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267387v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104184v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Triganon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blavoux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.241" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478245v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Coope" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2004.12.010" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWJ1SZFD-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149945v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123228v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hebrard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2004.06.011" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZCZLKS6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834176v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rhon&#233;-Quer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Alchidiac" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751924v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515431v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Au Yang" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751979v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfennig" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Edm&#233;e Torcheboeuf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gamba" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282577v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282595v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767604v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922729v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marschal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546219v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Figus" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chali&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Conrod" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia Molina" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567483v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01910973v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poher Yoann" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01910969v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01934866v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109015v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Brugiapaglia" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Zanchetta" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391165v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896842v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian&#233; Troussier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391011v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568646v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567326v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391043v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567366v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613095v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568652v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567374v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613127v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613106v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613115v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567450v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567452v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567378v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614909v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567383v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614911v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00867092v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614914v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614912v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803025v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614922v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00750907v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102075v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102102v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803048v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00605558v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803051v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00751273v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046368v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00605556v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00750930v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00605553v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00750919v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102421v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Belmecheri" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svante Bj&#246;rck" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Brewer" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540224v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102366v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102615v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102698v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ampel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102729v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102774v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Leydet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bradshaw" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137254v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belmecheri" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwan Bj&#246;rck" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137244v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuy" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00101525v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alvitre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00375718v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guyomard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chazal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grange" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137281v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492843v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Dagneaux" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Claude" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Delanghe" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430643v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eah Opitz" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430654v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561390v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823739v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390979v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391095v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Reille" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cesari" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391160v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391110v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102055v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102739v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02395008v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05023782v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-025-07175-6" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02396028v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02396121v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175492v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minvielle Larousse" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gregoire" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Veron" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751355v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Miramont" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rizza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guibal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenka Brousset" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-024-06927-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05239939v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Baumel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guiter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Youssef" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Migliore" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00606-025-01961-2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04853568v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;dron" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Bureau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2024.109088" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04793697v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Thuiller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Saillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Abdulhak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aug&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Birck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.165" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04555734v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ponel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Coulon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeljebbar Qninba" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04555700v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Audisio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04266615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Poher" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2023v22a31" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03580833v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Gandouin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Peyron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Louis de Beaulieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2022.02.005" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03767568v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-022-00780-7" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03640520v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosine Cartier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vidal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sylvestre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Sonzogni" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jqs.3425" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579966v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sivan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alda Flambeaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bruneton" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dussouillez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02935639v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rousseau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Demory" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2020.109987" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02869143v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ropars" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Aubert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fernandez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Flacher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ee/nvaa061" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02320430v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Franscesco Ficetola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Walsh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-50339-1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010676v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paill&#232;s" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Couapel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-15-253-2019" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795351v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tachikawa Kazuyo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2018.02.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01662646v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Brugiapaglia" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Joannin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Zanchetta" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2016.12.013" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681539v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Andrieu-Ponel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10531-017-1322-z" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681558v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.10.037" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681536v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiane Troussier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G38498.1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473751v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ghilardi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Istria" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Curras" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Vacchi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Contreras" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2016.07.009" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391316v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444637v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rioual" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen J. Brooks" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.08.039" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444009v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amouroux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Desplanquee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Develle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2016.03.016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444688v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2016.09.020" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01444813v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683615580862" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046338v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Revel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward J. Anthony" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2014.12.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478731v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Court-Picon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mocci" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2013.08.060" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JLCDCG5B-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046381v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.7028" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00880413v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683613508158" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00719973v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Wilhelm" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Crouzet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yqres.2012.03.003" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00782072v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delhon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.6390" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01968828v2" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Badura" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683610385725" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959188v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Djamali" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Berberian" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naomi F Miller" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2009.01.022" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00445923v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revpalbo.2009.03.008" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02959157v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Nicoud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quaint.2008.05.005" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CLRDWLGW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00372722v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00464867v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Texier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brulhet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole B&#233;geot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350995v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ponel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R Coope" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2006.09.005" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZL9PVPNW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959302v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00203126v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2007.03.002" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00305249v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cheddadi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Ravazzi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2005.11.016" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBH3DM0M-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02478245v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Coope" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antoine" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Limondin-Lozouet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Leroyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2004.12.010" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SWJ1SZFD-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00104184v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Triganon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Blavoux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/quaternaire.241" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267387v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Miras" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00149945v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123228v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hebrard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2004.06.011" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZCZLKS6-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751924v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834176v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rhon&#233;-Quer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Alchidiac" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04515431v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Au Yang" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abel Guihou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751979v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Schimmelpfennig" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Edm&#233;e Torcheboeuf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Gamba" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282577v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282595v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04282564v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767604v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922729v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marschal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546219v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Figus" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chali&#233;" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Conrod" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia Molina" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567483v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01910973v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poher Yoann" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01910969v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01934866v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109015v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Joannin" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Brugiapaglia" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Zanchetta" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391165v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896842v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tian&#233; Troussier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391011v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568646v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567326v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391043v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567366v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613095v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02568652v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567374v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613127v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613106v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02613115v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567450v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567378v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567452v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614909v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614911v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Bourles" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Braucher" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00867092v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02567383v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614914v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614912v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803025v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614922v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102075v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00750907v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102102v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803048v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803051v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00605558v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046368v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00751273v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00605556v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00750930v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00605553v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00750919v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102421v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soumaya Belmecheri" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svante Bj&#246;rck" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Brewer" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00540224v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102366v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102615v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102698v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ampel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102729v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102774v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Leydet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Bradshaw" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137254v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belmecheri" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwan Bj&#246;rck" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137244v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dupuy" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/hal-00101525v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alvitre" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00375718v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guyomard" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chazal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grange" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00137281v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492843v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Dagneaux" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Claude" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane Delanghe" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430643v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eah Opitz" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430654v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03561390v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823739v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02390979v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391095v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Reille" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Antoine Vella" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Cesari" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391160v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02391110v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102055v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03102739v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02395008v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05023782v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-025-07175-6" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02396028v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02396121v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02175492v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minvielle Larousse" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gregoire" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Veron" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>