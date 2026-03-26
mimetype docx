--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -84,5803 +84,5803 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (75)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bast from the past: the fibre architectures and properties of Ancient Egyptian and Peruvian fishing nets</w:t>
+                <w:t xml:space="preserve">Characterization of the Nature of Organic Matter in Carbonate Rocks: Implications for Geological and Environmental Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Bourmaud</w:t>
+                <w:t xml:space="preserve">Alicia Moya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Goudenhooft</w:t>
+                <w:t xml:space="preserve">Rajkumar Chowdhury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camila Alday Mamani</w:t>
+                <w:t xml:space="preserve">Yves Perrette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Durand</w:t>
+                <w:t xml:space="preserve">Fabienne Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessia Melelli</w:t>
+                <w:t xml:space="preserve">Laurent Charlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 140 (11), pp.1107. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 131 (3), pp.e2025JG009197. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-025-06985-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2025jg009197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05371550v1</w:t>
+                <w:t xml:space="preserve">hal-05554884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revealing degradation mechanisms of archaeological flax textiles through the evolution of fibres’ parietal polymers by synchrotron deep-UV fluorescence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Bast from the past: the fibre architectures and properties of Ancient Egyptian and Peruvian fishing nets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bourmaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Goudenhooft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Alday Mamani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Melelli</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Roberta Cortopassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2024.110826⟩</w:t>
+              <w:t xml:space="preserve">The European Physical Journal Plus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 140 (11), pp.1107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1140/epjp/s13360-025-06985-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05387346v1</w:t>
+                <w:t xml:space="preserve">hal-05371550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of pH and lipid membrane on the liquid–liquid phase separation of wheat γ-gliadin in aqueous conditions</w:t>
+                <w:t xml:space="preserve">Revealing degradation mechanisms of archaeological flax textiles through the evolution of fibres’ parietal polymers by synchrotron deep-UV fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Cochereau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Goudenhooft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Novales</w:t>
+                <w:t xml:space="preserve">Anita Quiles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joëlle Davy</w:t>
+                <w:t xml:space="preserve">Roberta Cortopassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 668, pp.252-263. </w:t>
+              <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 226, pp.110826. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcis.2024.04.136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2024.110826⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680271v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05387346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Protein Corona in the Colloidal Behavior of Microplastics</w:t>
+                <w:t xml:space="preserve">Influence of pH and lipid membrane on the liquid–liquid phase separation of wheat γ-gliadin in aqueous conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Schvartz</w:t>
+                <w:t xml:space="preserve">Rémy Cochereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Saudrais</w:t>
+                <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Devineau</w:t>
+                <w:t xml:space="preserve">Véronique Solé-Jamault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Chédin</w:t>
+                <w:t xml:space="preserve">Bruno Novales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Joëlle Davy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 39 (12), pp.4291-4303. </w:t>
+              <w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 668, pp.252-263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.2c03237⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jcis.2024.04.136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04066236v1</w:t>
+                <w:t xml:space="preserve">hal-04680271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific and label-free endogenous signature of dystrophic muscle by Synchrotron deep ultraviolet radiation</w:t>
+                <w:t xml:space="preserve">Role of the Protein Corona in the Colloidal Behavior of Microplastics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+                <w:t xml:space="preserve">Marion Schvartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noreddine Damane</w:t>
+                <w:t xml:space="preserve">Florent Saudrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Fleurisson</w:t>
+                <w:t xml:space="preserve">Stéphanie Devineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Charrier</w:t>
+                <w:t xml:space="preserve">Stéphane Chédin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pichon</w:t>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (1), pp.10808. </w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 39 (12), pp.4291-4303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-023-37762-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.2c03237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04157970v1</w:t>
+                <w:t xml:space="preserve">hal-04066236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection and localization of calcium oxalate in kidney using synchrotron deep ultraviolet fluorescence microscopy</w:t>
+                <w:t xml:space="preserve">Specific and label-free endogenous signature of dystrophic muscle by Synchrotron deep ultraviolet radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Estève</w:t>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Buob</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Noreddine Damane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Jouanneau</w:t>
+                <w:t xml:space="preserve">Romain Fleurisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slavka Kascakova</w:t>
+                <w:t xml:space="preserve">Marine Charrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/s1600577521011371⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.10808. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-37762-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03477199v1</w:t>
+                <w:t xml:space="preserve">hal-04157970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticipating global warming effects: A comprehensive study of drought impact of both flax plants and fibres</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Detection and localization of calcium oxalate in kidney using synchrotron deep ultraviolet fluorescence microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Kervoëlen</w:t>
+                <w:t xml:space="preserve">Emmanuel Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Foucat</w:t>
+                <w:t xml:space="preserve">David Buob</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Jouanneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slavka Kascakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2022.115011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (1), pp.214-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/s1600577521011371⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03682977v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03477199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the flax cell wall composition during development and after gravitropism by synchrotron fluorescence imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Goudenhooft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Industrial Crops and Products</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 175, pp.114256. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.114256⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03525299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The endosperm cavity of wheat grains contains a highly hydrated gel of arabinoxylan</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId46" w:history="1">
+                <w:t xml:space="preserve">Anticipating global warming effects: A comprehensive study of drought impact of both flax plants and fibres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Kervoëlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 184, pp.115011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2022.115011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2021.110845⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03261403v1</w:t>
+                <w:t xml:space="preserve">hal-03682977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extensive investigation of the ultrastructure of kink-bands in flax fibres</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The endosperm cavity of wheat grains contains a highly hydrated gel of arabinoxylan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Arnould</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
+                <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113368⟩</w:t>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 306, pp.110845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2021.110845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03170573v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03261403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons on textile history and fibre durability from a 4,000-year-old Egyptian flax yarn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Melelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darshil Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gemala Hapsari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberta Cortopassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7 (9), pp.1200-1206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41477-021-00998-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03343240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations by AFM of Ageing Mechanisms in PLA-Flax Fibre Composites during Garden Composting</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Extensive investigation of the ultrastructure of kink-bands in flax fibres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessia Melelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Richely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Guessasma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym13142225⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 164, pp.113368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279781v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Second-Harmonic Generation of Halloysite Nanotubes for Bioimaging</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jessica Giacoboni</w:t>
+                <w:t xml:space="preserve">Investigations by AFM of Ageing Mechanisms in PLA-Flax Fibre Composites during Garden Composting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Cámara</w:t>
+                <w:t xml:space="preserve">Delphin Pantaloni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
+                <w:t xml:space="preserve">Eric Balnois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (14), pp.2225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsanm.1c00776⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/polym13142225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03207563v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical, morphological and mechanical study of the ageing of textile flax fibers from 17th/18th-century paintings on canvas</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Second-Harmonic Generation of Halloysite Nanotubes for Bioimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graziella Roselli</w:t>
+                <w:t xml:space="preserve">Katarzyna Fidecka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemi Proietti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Arnould</w:t>
+                <w:t xml:space="preserve">Nicola Rotiroti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Giacoboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Cámara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.culher.2021.10.003⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.1c00776⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03468586v1</w:t>
+                <w:t xml:space="preserve">hal-03207563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PB1-F2 amyloid-like fibers correlate with proinflammatory signaling and respiratory distress in influenza-infected mice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laura Sedano</w:t>
+                <w:t xml:space="preserve">Chemical, morphological and mechanical study of the ageing of textile flax fibers from 17th/18th-century paintings on canvas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno da Costa</w:t>
+                <w:t xml:space="preserve">Graziella Roselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles-Adrien Richard</w:t>
+                <w:t xml:space="preserve">Noemi Proietti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bourmaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 297 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52, pp.202-214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.100885⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.culher.2021.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03299147v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03468586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular changes tracking through multiscale fluorescence microscopy differentiate Meningioma grades and non-tumoral brain tissues</w:t>
+                <w:t xml:space="preserve">PB1-F2 amyloid-like fibers correlate with proinflammatory signaling and respiratory distress in influenza-infected mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hussein Mehidine</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Varlet</w:t>
+                <w:t xml:space="preserve">Olivier Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Juchaux</w:t>
+                <w:t xml:space="preserve">Laura Sedano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Adrien Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-78678-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 297 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbc.2021.100885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03142472v1</w:t>
+                <w:t xml:space="preserve">hal-03299147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the influenza protein PB1-F2 on the biochemical composition of human epithelial cells revealed by synchrotron Fourier transform infrared spectromicroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frederic Jamme</w:t>
+                <w:t xml:space="preserve">Molecular changes tracking through multiscale fluorescence microscopy differentiate Meningioma grades and non-tumoral brain tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Mehidine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Chevalier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Juchaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Spectral Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1255/jsi.2019.a18⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-78678-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873862v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03142472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The shell matrix of the european thorny oyster, Spondylus gaederopus: microstructural and molecular characterization.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Thomas</w:t>
+                <w:t xml:space="preserve">Impact of the influenza protein PB1-F2 on the biochemical composition of human epithelial cells revealed by synchrotron Fourier transform infrared spectromicroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leymarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Alberic</w:t>
+                <w:t xml:space="preserve">Ronan Le Goffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Thoury</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 211 (1), pp.107497. </w:t>
+              <w:t xml:space="preserve">Journal of Spectral Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (18), </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jsb.2020.107497⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1255/jsi.2019.a18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906399v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microfibril angle of elementary flax fibres investigated with polarised second harmonic generation microscopy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The shell matrix of the european thorny oyster, Spondylus gaederopus: microstructural and molecular characterization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Legland</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jorune Sakalauskaite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Plasseraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Alberic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thoury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2020.112847⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 211 (1), pp.107497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsb.2020.107497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03128201v1</w:t>
+                <w:t xml:space="preserve">hal-02906399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron multimodal imaging in a whole cell reveals lipid droplet core organization</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Microfibril angle of elementary flax fibres investigated with polarised second harmonic generation microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Legland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bourmaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J. Synchrotron Rad.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 156, pp.112847. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2020.112847⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S1600577520003847⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02615138v1</w:t>
+                <w:t xml:space="preserve">hal-03128201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of adeno-associated virus gene therapies efficacy on acid alpha-glucosidase restoration and glycogenstorage correction in cardiac muscle of Pompe disease mice using synchrotron infrared and ultravioletmicrospectroscopies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Johan Deniaud</w:t>
+                <w:t xml:space="preserve">Synchrotron multimodal imaging in a whole cell reveals lipid droplet core organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Sabourin</w:t>
+                <w:t xml:space="preserve">Bertrand Cinquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Lovo</w:t>
+                <w:t xml:space="preserve">Yann Gohon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Pereiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Spectral Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1255/jsi.2019.a13⟩</w:t>
+              <w:t xml:space="preserve">J. Synchrotron Rad.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27, pp.772 - 778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S1600577520003847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278997v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02615138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preferred metabolic pathway of bovine muscle fibre revealed by synchrotron–deep ultraviolet fluorescence imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Loison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Venien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Spectral Imaging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 8, pp.a14. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1255/jsi.2019.a14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02431397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobility of pectin methylesterase in pectin/cellulose gels is enhanced by the presence of cellulose and by its catalytic capacity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Alvarado</w:t>
+                <w:t xml:space="preserve">Assessment of adeno-associated virus gene therapies efficacy on acid alpha-glucosidase restoration and glycogenstorage correction in cardiac muscle of Pompe disease mice using synchrotron infrared and ultravioletmicrospectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
+                <w:t xml:space="preserve">Lydie Lagalice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte Bouchet</w:t>
+                <w:t xml:space="preserve">Johan Deniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Garnier</w:t>
+                <w:t xml:space="preserve">Antoine Sabourin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lovo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-49108-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Spectral Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1255/jsi.2019.a13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618559v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical Signatures Derived From Deep UV to NIR Excitation Discriminates Healthy Samples From Low and High Grades Glioma</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mobility of pectin methylesterase in pectin/cellulose gels is enhanced by the presence of cellulose and by its catalytic capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Poulon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pascale Varlet</w:t>
+                <w:t xml:space="preserve">Estelle Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.8786. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-45181-4⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 9 (12551), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-49108-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02165550v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenolic distribution in apple epidermal and outer cortex tissue by multispectral deep-UV autofluorescence cryo-imaging</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Optical Signatures Derived From Deep UV to NIR Excitation Discriminates Healthy Samples From Low and High Grades Glioma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Mehidine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chalumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Poulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Varlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.8786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-45181-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2019.02.003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02981950v1</w:t>
+                <w:t xml:space="preserve">hal-02165550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time resolved transient circular dichroism spectroscopy using synchrotron natural polarization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Phenolic distribution in apple epidermal and outer cortex tissue by multispectral deep-UV autofluorescence cryo-imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Vidot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.5120346⟩</w:t>
+              <w:t xml:space="preserve">Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 283, pp.51-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.plantsci.2019.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02351456v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring food structure during digestion using small-angle scattering and imaging techniques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time resolved transient circular dichroism spectroscopy using synchrotron natural polarization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annie Brûlet</w:t>
+                <w:t xml:space="preserve">François Auvray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Boire</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">David Dennetiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Javier Perez</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2019.02.059⟩</w:t>
+              <w:t xml:space="preserve">Structural Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.054307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5120346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02561464v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02351456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abiotic synthesis of amino acids in the recesses of the oceanic lithosphere</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring food structure during digestion using small-angle scattering and imaging techniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Pisapia</w:t>
+                <w:t xml:space="preserve">Jade Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Andreani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Jamme</w:t>
+                <w:t xml:space="preserve">Annie Brûlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Vanbellingen</w:t>
+                <w:t xml:space="preserve">Adeline Boire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-018-0684-z⟩</w:t>
+              <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 570, pp.96-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2019.02.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02111683v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02561464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selected case studies presenting advanced methodologies to study food and chemical industry materials: From the structural characterization of raw materials to the multisensory integration of food</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Deuscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-M. Bonny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Boue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Cheynier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Clerjon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 46, pp.29-40. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifset.2017.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01621911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-scale characterization of thermoplastic starch structure using Second Harmonic Generation imaging and NMR</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Abiotic synthesis of amino acids in the recesses of the oceanic lithosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t>
+                <w:t xml:space="preserve">Bénédicte Ménez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Lourdin</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Céline Pisapia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Andreani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Chloé Chevigny</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Vanbellingen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2018.04.030⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 564 (7734), pp.59-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-018-0684-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622187v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02111683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking hidden organic carbon in rocks using chemometrics and hyperspectral imaging</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Multi-scale characterization of thermoplastic starch structure using Second Harmonic Generation imaging and NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Nessi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Chevigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-20890-4⟩</w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 194, pp.80-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2018.04.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701110v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicity of Food-Grade TiO2 to Commensal Intestinal and Transient Food-Borne Bacteria: New Insights Using Nano-SIMS and Synchrotron UV Fluorescence Imaging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Veronique Robert</w:t>
+                <w:t xml:space="preserve">Tracking hidden organic carbon in rocks using chemometrics and hyperspectral imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pisapia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Cartier</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ludovic Duponchel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Ménez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.2396 - 2396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00794⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-20890-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824423v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01701110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the breakdown of dairy protein gels during in vitro gastric digestion using time-lapse synchrotron deep-UV fluorescence microscopy</w:t>
+                <w:t xml:space="preserve">Toxicity of Food-Grade TiO2 to Commensal Intestinal and Transient Food-Borne Bacteria: New Insights Using Nano-SIMS and Synchrotron UV Fluorescence Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliane Floury</w:t>
+                <w:t xml:space="preserve">Joanna M. Radziwill-Bienkowska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiago Bianchi</w:t>
+                <w:t xml:space="preserve">Pauline Talbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Thévenot</w:t>
+                <w:t xml:space="preserve">Jasper B.J. Kamphuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Dupont</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Veronique Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2017.07.023⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00794⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580650v1</w:t>
+                <w:t xml:space="preserve">hal-01824423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Pustular Mats and Related Rivularia-Rich Laminations in Oncoids From the Laguna Negra Lake (Argentina)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synchrotron Time-Lapse Imaging of Lignocellulosic Biomass Hydrolysis: Tracking Enzyme Localization by Protein Autofluorescence and Biochemical Modification of Cell Walls by Microfluidic Infrared Microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Gomez</w:t>
+                <w:t xml:space="preserve">Marie Francoise Devaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léna Lecourt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eliana Soto Rueda</w:t>
+                <w:t xml:space="preserve">William Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00996⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01824410v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron Time-Lapse Imaging of Lignocellulosic Biomass Hydrolysis: Tracking Enzyme Localization by Protein Autofluorescence and Biochemical Modification of Cell Walls by Microfluidic Infrared Microspectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of Pustular Mats and Related Rivularia-Rich Laminations in Oncoids From the Laguna Negra Lake (Argentina)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estela C Mlewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pisapia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Francoise Devaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Jamme</w:t>
+                <w:t xml:space="preserve">Fernando Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Andre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Camille Alvarado</w:t>
+                <w:t xml:space="preserve">Léna Lecourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eliana Soto Rueda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.00200⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.996 - 996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627190v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01824410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Action of lytic polysaccharide monooxygenase on plant tissue is governed by cellular type</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the breakdown of dairy protein gels during in vitro gastric digestion using time-lapse synchrotron deep-UV fluorescence microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouck Habrant</w:t>
+                <w:t xml:space="preserve">Juliane Floury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Herbaut</w:t>
+                <w:t xml:space="preserve">Tiago Bianchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Foulon</w:t>
+                <w:t xml:space="preserve">Jonathan Thévenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Aguié-Béghin</w:t>
+                <w:t xml:space="preserve">Didier Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.17792 - 17792. </w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 239, pp.898-910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-17938-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2017.07.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01701160v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01580650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term neurologic and cardiac correction by intrathecal gene therapy in Pompe disease</w:t>
+                <w:t xml:space="preserve">Action of lytic polysaccharide monooxygenase on plant tissue is governed by cellular type</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Hordeaux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+                <w:t xml:space="preserve">Brigitte Chabbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynthia Robeveille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Johan Deniaud</w:t>
+                <w:t xml:space="preserve">Anouck Habrant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Pascal</w:t>
+                <w:t xml:space="preserve">Mickaël Herbaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Foulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Aguié-Béghin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40478-017-0464-2⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.17792 - 17792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-17938-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02622569v1</w:t>
+                <w:t xml:space="preserve">hal-01701160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neighbouring pixel data augmentation: a simple way to fuse spectral and spatial information for hyperspectral imaging data analysis</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Long-term neurologic and cardiac correction by intrathecal gene therapy in Pompe disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Hordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Dubreil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Robeveille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Deniaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Pascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemometrics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cem.2882⟩</w:t>
+              <w:t xml:space="preserve">Acta Neuropathologica Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40478-017-0464-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01655108v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subcellular membrane fluidity of Lactobacillus delbrueckii subsp. bulgaricus under cold and osmotic stress</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Neighbouring pixel data augmentation: a simple way to fuse spectral and spatial information for hyperspectral imaging data analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Duponchel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemometrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cem.2882⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00253-017-8444-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01634459v1</w:t>
+                <w:t xml:space="preserve">hal-01655108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron Infrared and Deep UV Fluorescent Microspectroscopy Study of PB1-F2 β-Aggregated Structures in Influenza A Virus-infected Cells</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Subcellular membrane fluidity of Lactobacillus delbrueckii subsp. bulgaricus under cold and osmotic stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Meneghel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Passot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 101 (18), pp.6907 - 6917. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00253-017-8444-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1074/jbc.M115.710533⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01724147v1</w:t>
+                <w:t xml:space="preserve">hal-01634459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oversolubility in the microvicinity of solid-solution interfaces</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synchrotron Infrared and Deep UV Fluorescent Microspectroscopy Study of PB1-F2 β-Aggregated Structures in Influenza A Virus-infected Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Le Goffic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Leymarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 291 (17), pp.9060 - 9072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M115.710533⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C5CP08012F⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">insu-01308355v1</w:t>
+                <w:t xml:space="preserve">hal-01724147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyperspectral deep ultraviolet autofluorescence of muscle fibers is affected by postmortem changes</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Oversolubility in the microvicinity of solid-solution interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickaël Desvaux</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Bergonzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Mercury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kirill Shmulovich</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b00668⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 18, pp.14874-14885. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C5CP08012F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204462v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01308355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Escherichia coli under Ionic Silver Stress: An Integrative Approach to Explore Transcriptional, Physiological and Biochemical Responses</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hyperspectral deep ultraviolet autofluorescence of muscle fibers is affected by postmortem changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Nicolas Audinot</w:t>
+                <w:t xml:space="preserve">Caroline Chagnot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Venien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Fourquaux</w:t>
+                <w:t xml:space="preserve">Mickaël Desvaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 12 (12), pp.e0145748. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 63 (19), pp.4782-4789. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0145748⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.5b00668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01510596v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the cryotolerance of lactic acid bacteria using combined synchrotron infrared and fluorescence microscopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5931,90 +5931,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep UV excited muscle cell autofluorescence varies with the fibre type</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chagnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie A. Venien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6059,4037 +6059,4171 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02631514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopic imaging of biphasic oil-air flow in French fries using synchrotron radiation</w:t>
+                <w:t xml:space="preserve">Escherichia coli under Ionic Silver Stress: An Integrative Approach to Explore Transcriptional, Physiological and Biochemical Responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Patsioura</w:t>
+                <w:t xml:space="preserve">Claire Saulou-Berion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michael Vauvre</w:t>
+                <w:t xml:space="preserve">Ignacio González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Kesteloot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Brice Enjalbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pamela Hume</w:t>
+                <w:t xml:space="preserve">Jean-Nicolas Audinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fourquaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIChE Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aic.14744⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 12 (12), pp.e0145748. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0145748⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01269469v1</w:t>
+                <w:t xml:space="preserve">hal-01510596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Imaging of Enzymes Working in Situ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Microscopic imaging of biphasic oil-air flow in French fries using synchrotron radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Patsioura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michael Vauvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Kesteloot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Buleon</w:t>
+                <w:t xml:space="preserve">Pamela Hume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 86 (11), pp.5265-5270. </w:t>
+              <w:t xml:space="preserve">AIChE Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 61 (4), pp.1427-1446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ac403699h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aic.14744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01571540v1</w:t>
+                <w:t xml:space="preserve">hal-01269469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-scale approach of the mechanisms underlying exopolysaccharide auto-organization in the Proteus mirabilis extracellular matrix</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elodie Lahaye</w:t>
+                <w:t xml:space="preserve">3D Imaging of Enzymes Working in Situ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yun Qin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Jamme</w:t>
+                <w:t xml:space="preserve">Deborah Bourquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Aubry</w:t>
+                <w:t xml:space="preserve">Georges Tawil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Sire</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anders Vikso-Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Buleon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyst</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4an00618f⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 86 (11), pp.5265-5270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ac403699h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02633944v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01571540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single vs. two-photon microscopy for label free intrinsic tissue studies in the UV light region</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A multi-scale approach of the mechanisms underlying exopolysaccharide auto-organization in the Proteus mirabilis extracellular matrix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Chiappini</w:t>
+                <w:t xml:space="preserve">Elodie Lahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Le Naour</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yun Qin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyst</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 139, pp.2663-2667. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4an00203b⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 139 (19), pp.4879-4886. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4an00618f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570708v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein Matrix Involved in the Lipid Retention of Foie Gras during Cooking: A Multimodal Hyperspectral Imaging Study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Single vs. two-photon microscopy for label free intrinsic tissue studies in the UV light region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitalijs Zubkovs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Peyrin</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slavka Kascakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Chiappini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Le Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf5009605⟩</w:t>
+              <w:t xml:space="preserve">Analyst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 139, pp.2663-2667. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4an00203b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01570691v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological and biochemical responses of Yarrowia lipolytica to dehydration induced by air-drying and freezing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marielle Bouix</w:t>
+                <w:t xml:space="preserve">Protein Matrix Involved in the Lipid Retention of Foie Gras during Cooking: A Multimodal Hyperspectral Imaging Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Theron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie A. Venien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0111138⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 62 (25), pp.5954-5962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf5009605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195500v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01570691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microscopies synchrotron à SOLEIL</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Physiological and biochemical responses of Yarrowia lipolytica to dehydration induced by air-drying and freezing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kadda Medjoubi</w:t>
+                <w:t xml:space="preserve">Caroline Pénicaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Landaud-Liautaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Talbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Bouix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photoniques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/photon/20147230⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0111138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01571537v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01195500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron UV fluorescence microscopy for determining membrane fluidity modification of single bacteria with temperatures</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Cenard</w:t>
+                <w:t xml:space="preserve">Microscopies synchrotron à SOLEIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Belkhou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cinquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Jaouen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kadda Medjoubi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedical Spectroscopy and Imaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/BSI-140062⟩</w:t>
+              <w:t xml:space="preserve">Photoniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 72, pp.30-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/photon/20147230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629450v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01571537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interstellar and interplanetary carbonaceous solids in the laboratory</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synchrotron UV fluorescence microscopy for determining membrane fluidity modification of single bacteria with temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Duprat</w:t>
+                <w:t xml:space="preserve">Stéphanie S. Passot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Pino</w:t>
+                <w:t xml:space="preserve">Julie J. Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochemical Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 48, pp.511-518. </w:t>
+              <w:t xml:space="preserve">Biomedical Spectroscopy and Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 3 (3), pp.203-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2343/geochemj.2.0330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3233/BSI-140062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01086390v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single cell synchrotron FT-IR microspectroscopy reveals a link between neutral lipid and storage carbohydrate fluxes in [i]S. cerevisiae[/i]</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interstellar and interplanetary carbonaceous solids in the laboratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-David Vindigni</w:t>
+                <w:t xml:space="preserve">Emmanuel Dartois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Méchin</w:t>
+                <w:t xml:space="preserve">Cecile Engrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tamazight Cherifi</w:t>
+                <w:t xml:space="preserve">Rosario Brunetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Chardot</w:t>
+                <w:t xml:space="preserve">Jean Duprat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0074421⟩</w:t>
+              <w:t xml:space="preserve">Geochemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 48, pp.511-518. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2343/geochemj.2.0330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204011v1</w:t>
+                <w:t xml:space="preserve">hal-01086390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron FTIR microspectroscopy of Escherichia coli at single-cell scale under silver-induced stress conditions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurence Girbal</w:t>
+                <w:t xml:space="preserve">Single cell synchrotron FT-IR microspectroscopy reveals a link between neutral lipid and storage carbohydrate fluxes in [i]S. cerevisiae[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Maranges</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Fourquaux</w:t>
+                <w:t xml:space="preserve">Jean-David Vindigni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Méchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamazight Cherifi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chardot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-013-6725-4⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0074421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01562705v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomographie de fluorescence DUV sur des systèmes d’intérêt biologique</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Synchrotron FTIR microspectroscopy of Escherichia coli at single-cell scale under silver-induced stress conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Saulou-Berion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Girbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Maranges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fourquaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reflets de la Physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 405 (8), pp.2685-2697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-013-6725-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/refdp/201334043⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01572674v1</w:t>
+                <w:t xml:space="preserve">hal-01562705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DUV Autofluorescence Microscopy for Cell Biology and Tissue Histology Biology of the Cell Biology of the Cell</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId306" w:history="1">
+                <w:t xml:space="preserve">Tomographie de fluorescence DUV sur des systèmes d’intérêt biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Slávka Kaščáková</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Buleon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of the Cell</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reflets de la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, L'imagerie Synchrotron, 34-35, pp.43-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/refdp/201334043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/boc.201200075⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01485578v1</w:t>
+                <w:t xml:space="preserve">hal-01572674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron Ultraviolet Microspectroscopy on Rat Cortical Bone: Involvement of Tyrosine and Tryptophan in the Osteocyte and Its Environment</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId311" w:history="1">
+                <w:t xml:space="preserve">DUV Autofluorescence Microscopy for Cell Biology and Tissue Histology Biology of the Cell Biology of the Cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slávka Kaščáková</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Allouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pallu</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Delphine B Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0043930⟩</w:t>
+              <w:t xml:space="preserve">Biology of the Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 105 (7), pp.277-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/boc.201200075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01491086v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01485578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ thermal denaturation of myofibre sub-type proteins studied by immunohistofluorescence and synchrotron radiation FT-IR microspectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Magali Abrantes</w:t>
+                <w:t xml:space="preserve">Synchrotron Ultraviolet Microspectroscopy on Rat Cortical Bone: Involvement of Tyrosine and Tryptophan in the Osteocyte and Its Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pallu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael y Rochefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine B Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2012.03.012⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (8), pp.e43930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0043930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02648949v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01491086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DISCO synchrotron-radiation circular-dichroism endstation at SOLEIL</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lavanya Premvardhan</w:t>
+                <w:t xml:space="preserve">In situ thermal denaturation of myofibre sub-type proteins studied by immunohistofluorescence and synchrotron radiation FT-IR microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Astruc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Peyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie A. Venien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bac</w:t>
+                <w:t xml:space="preserve">Roland R. Labas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Abrantes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S0909049512030002⟩</w:t>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 134 (2), pp.1044-1051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2012.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01480932v1</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02648949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infra-red imaging of bulk water and water-solid interfaces under stable and metastable conditions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Mercury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 14, pp.2864-2874. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C2CP23221A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00655736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron Ultraviolet Microspectroscopy on Rat Cortical Bone: Involvement of Tyrosine and Tryptophan in the Osteocyte and Its Environment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+                <w:t xml:space="preserve">DISCO synchrotron-radiation circular-dichroism endstation at SOLEIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine B. Maurel</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ha-Phuong Ta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavanya Premvardhan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0043930⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 59, pp.1109 - 835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S0909049512030002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02476510v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01480932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric pressure photoionization using tunable VUV synchrotron radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -L. Giorgetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. -P. Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Rouam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 279, pp.114 - 117. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nimb.2011.10.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02650785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron radiation infrared microspectroscopy to assess the activity of vancomycin against endocarditis vegetation bacteria</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jocelyne Caillon</w:t>
+                <w:t xml:space="preserve">Synchrotron Ultraviolet Microspectroscopy on Rat Cortical Bone: Involvement of Tyrosine and Tryptophan in the Osteocyte and Its Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pallu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Y. Rochefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Jaffré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine B. Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mimet.2011.03.013⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (8), pp.e43930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0043930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02645117v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02476510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Tracking of Enzymatic Breakdown of Starch Granules by Synchrotron UV Fluorescence Microscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Synchrotron radiation infrared microspectroscopy to assess the activity of vancomycin against endocarditis vegetation bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Batard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paul Colonna</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Montassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ac1027512⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microbiological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 85 (3), pp.235 - 238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mimet.2011.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02649349v1</w:t>
+                <w:t xml:space="preserve">hal-02645117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron UV−Visible Multispectral Luminescence Microimaging of Historical Samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In Situ Tracking of Enzymatic Breakdown of Starch Granules by Synchrotron UV Fluorescence Microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Tawil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Thoury</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Austin Nevin</w:t>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Vikso-Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Colonna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 83 (5), pp.1737-1745. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 83 (3), pp.989 - 993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ac1027512⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ac102986h⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01707689v1</w:t>
+                <w:t xml:space="preserve">hal-02649349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A differential pumping system to deliver windowless VUV photons at atmospheric pressure.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lagarde</w:t>
+                <w:t xml:space="preserve">Synchrotron UV−Visible Multispectral Luminescence Microimaging of Historical Samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Thoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solenne Rey</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Echard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Duval</w:t>
+                <w:t xml:space="preserve">Barbara H Berrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Austin Nevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1107/S0909049511016517⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 83 (5), pp.1737-1745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ac102986h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00606958v1</w:t>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brachypodium distachyon grain: characterization of endosperm cell walls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Guillon</w:t>
+                <w:t xml:space="preserve">A differential pumping system to deliver windowless VUV photons at atmospheric pressure.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brigitte B. Bouchet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Jamme</w:t>
+                <w:t xml:space="preserve">Isabelle Yao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Robert</w:t>
+                <w:t xml:space="preserve">Bruno Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Quemener</w:t>
+                <w:t xml:space="preserve">Solenne Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/jxb/erq332⟩</w:t>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 18 (Pt 4), pp.546-549. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S0909049511016517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02647331v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00606958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion of Ofloxacin in the Endocarditis Vegetation Assessed with Synchrotron Radiation UV Fluorescence Microspectrocopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Brachypodium distachyon grain: characterization of endosperm cell walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Guillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">La Cochetiere Marie-France De</w:t>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Quemener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0019440⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (3), pp.1001-1015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erq332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00614874v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02647331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macromolecular Orientation in Glassy Starch Materials That Exhibit Shape Memory Behavior</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Diffusion of Ofloxacin in the Endocarditis Vegetation Assessed with Synchrotron Radiation UV Fluorescence Microspectrocopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Batard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Jacqueline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Cochetiere Marie-France De</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (4), pp.Article Number: e19440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0019440⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/ma101704k⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02658610v1</w:t>
+                <w:t xml:space="preserve">hal-00614874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron UV Fluorescence Microscopy Uncovers New Probes in Cells and Tissues</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+                <w:t xml:space="preserve">Macromolecular Orientation in Glassy Starch Materials That Exhibit Shape Memory Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Vechambre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Buleon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lourdin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1431927610093852⟩</w:t>
+              <w:t xml:space="preserve">Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 43 (23), pp.9854-9858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ma101704k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00609593v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02658610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DISCO: a low-energy multipurpose beamline at synchrotron SOLEIL</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Synchrotron UV Fluorescence Microscopy Uncovers New Probes in Cells and Tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Villette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Giorgetta</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Rouam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microscopy and Microanalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 16 (5), pp.507-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1431927610093852⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S0909049509034049⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01479318v1</w:t>
+                <w:t xml:space="preserve">hal-00609593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleurone cell walls of wheat grain: High spatial resolution investigation using synchrotron infrared microspectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paul Dumas</w:t>
+                <w:t xml:space="preserve">DISCO: a low-energy multipurpose beamline at synchrotron SOLEIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Rouam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Frank Wien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Giorgetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Spectroscopy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Synchrotron Radiation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16 (Pt 6), pp.835 - 841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1107/S0909049509034049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666174v1</w:t>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01479318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Aleurone cell walls of wheat grain: High spatial resolution investigation using synchrotron infrared microspectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Bouchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 62 (8), pp.895-900</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Photosensitizer effects on cancerous cells: A combined study using synchrotron infrared and fluorescence microscopies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sirinart Chio-Srichan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Slavka Kascakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Rouam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 1780, pp.854 - 860. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbagen.2008.02.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10099,3838 +10233,3838 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing the colloidal behavior of a cell wall polysaccharides-degrading enzyme in a highly constrained model system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DUMBIO 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05281436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of metals in microplastics to track microplastics in marine organismes and during simulated in vitro digestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nawel Belkessa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Ropers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Himber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dehaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Soleil Users'Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Synchrotron SOLEIL, Jan 2023, Saint-Aubin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04150567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissue clearing combined with non-linear microscopy provides a relevant approach to characterize the 3D fibrosis network in dystrophic heart.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pichon</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FOM2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Porto (Online), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissue clearing combined with non-linear microscopy provides a relevant approach to characterize the 3D fibrosis network in dystrophic heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pichon</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Preclinical Microscopy Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, FBI, Dec 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03922182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense and organized cellulose nanocrystals emulsion droplets as model to study enzyme action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Lopez-Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAPPI 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Helsinki, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense and organized cellulose nanocrystals-xyloglucan mixtures to study enzyme mechanism of action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Vasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Lopez-Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RBPGO 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense and organized cellulose nanocrystals emulsion droplets as model to study enzyme action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Lopez-Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPNOE 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dense and organized cellulose nanocrystals emulsion droplets as model to study enzyme action</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teresa Lopez-Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Spring 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Distanciel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05290900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D characterization of cardiac fibrosis in dystrophic rat: collagen SHG imaging on CUBIC cleared heart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Ledevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Larcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Pichon</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl Rouger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Société Française des Microcopies (SFu)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03370270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale characterization of thermoplastic starch structure using Second Harmonic Generation imaging and NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronica Nessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Chevigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kamal Kansou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Starch Convention</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Detmold, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03356039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Label free Imaging of lipase activity on milk fat globules and model systems using DISCO beamline at Synchrotron SOLEIL</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Steven Le Feunteun</w:t>
+                <w:t xml:space="preserve">Investigation of flax yarns from italian paintings using AFM mechanical characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Melelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziella Roselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Di Girolami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Euro Fed Lipid Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Seville, Spain</w:t>
+              <w:t xml:space="preserve">14th International Conference on Local Mechanical Properties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Czech Technical University in Prague, Nov 2019, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId410" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02356671v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of flax yarns from italian paintings using AFM mechanical characterization</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Label free Imaging of lipase activity on milk fat globules and model systems using DISCO beamline at Synchrotron SOLEIL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Deglaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pezennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Le Feunteun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Local Mechanical Properties</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Czech Technical University in Prague, Nov 2019, Prague, Czech Republic</w:t>
+              <w:t xml:space="preserve">17. Euro Fed Lipid Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269088v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02356671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[O10.01] Localization of minerals and phenolic compounds in apple fruit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Vidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Rivard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.F. Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EFFOST2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03337921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction d'un SPIM pour l'observation 3D in-vivo des déformations de la coiffe racinaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Chauvet-Thiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Brunel-Michac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Legué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Badel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Girousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème JST du Rµl 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Clermont-Fd, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging lipase activity on milk fat globules using tryptophane autofluorescence and UV microscope at DISCO beamline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Fattaccioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GERLI, Biogenesis and Fats lipids droplets</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, St Maximin, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02396347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleil Synchrotron Facilities to Enable a Better Understanding of Enzyme Diffusion in Complex Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillon Fabienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Francoise Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gordon Research Conference “Cellulases and other carbohydrate active enzymes”</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Andover, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03290819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4 D (x, y, z, t) imaging of digestive lipases during simulated neonatal gastro-intestinal digestion of milk fat globules using synchrotron SOLEIL DISCO beamline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AOCS Annual Meeting and Industry Showcases Snapshot</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4 D (x, y, z, t) imaging of digestive lipases during simulated neonatal gastro-intestinal digestion of milk fat globules or biomimetic emulsions using synchrotron SOLEIL DISCO beamline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. International Conference on Food Digestion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR UMR INRA / AgroCampus Rennes : Science et Technologie du Lait et de l'?uf (1253)., Apr 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01496828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4 D (x, y, z, t) imaging of digestive lipases during simulated neonatal gastro-intestinal digestion of milk fat globules or biomimetic emulsions using synchrotron SOLEIL DISCO beamline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bourlieu-Lacanal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Deglaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Ménard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Pezennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12 SLACA Symposium Latin American of Food Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Campinas, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01665436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchrotron radiation for preclinical research: investigation of tissue chemical change in mouse model of Pompe disease (glycogenosis type II) and assessment of gene therapy efficacy by using Infrared Micro spectroscopy with the synchrotron light.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Hordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Deniaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Lagalice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Bey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sfµ 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française des Microscopies (SFµ). FRA., Jul 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01567212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping membrane fluidity in single bacterial cells to study the impact of cryopreservation and its related stresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Meneghel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. International Conference on Physics and Biological Systems 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestion of milk protein gels in simulated gastric environment: exploration of the disintegration process and diffusion behavior of pepsin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frederic Jamme</w:t>
+                <w:t xml:space="preserve">Effets d’un régime hypergras administré chez les générations F0 et F1 sur les placentas de seconde génération F2, dans un modèle lapin : apports combinés de la microscopie électronique à transmission (MET) et de la microscopie infrarouge à transformée de Fourier couplée à une source synchrotron (S-FTIR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Aioun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rousseau-Ralliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Aubrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Guillomot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Food Structure and Functionality Forum Symposium - from Molecules to Functionality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2016, Singex, Singapore</w:t>
+              <w:t xml:space="preserve">7. JST du Réseau des Microscopistes de l’INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Jouy en Josas, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01250499v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’un régime hypergras administré chez les générations F0 et F1 sur les placentas de seconde génération F2, dans un modèle lapin : apports combinés de la microscopie électronique à transmission (MET) et de la microscopie infrarouge à transformée de Fourier couplée à une source synchrotron (S-FTIR)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Jamme</w:t>
+                <w:t xml:space="preserve">Digestion of milk protein gels in simulated gastric environment: exploration of the disintegration process and diffusion behavior of pepsin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliane Floury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Bianchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Thevenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. JST du Réseau des Microscopistes de l’INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Jouy en Josas, France. 1 p</w:t>
+              <w:t xml:space="preserve">2nd Food Structure and Functionality Forum Symposium - from Molecules to Functionality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Singex, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608330v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01250499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultraviolets for better diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Estève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Kascakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">50th Annual Scientific Meeting of the European Society for Clinical Investigation Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Paris, France. pp.8.01</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01329366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rétroactions Porosité - Réactivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Mercury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bergonzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kirill Shmulovich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13èmes Journéess d'études des Milieux Poreux 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01394551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchrotron UV fluorescence microscopy for determining membrane fluidity modification of single bacteria with temperatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie S. Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu M. Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie S. Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on Spectroscopy of Biological Molecules XV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Oxford, United Kingdom. pp.203-210, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/BSI-140062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01584095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postmortem changes in muscle fibres autofluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chagnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie A. Venien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Astruc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60. International Congress of Meat Science and Technology (ICoMST)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Punta del Este, Uruguay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02738923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic properties of interfacial water from its infrared signatures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bergonzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Mercury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on the Properties of Water and Steam</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Londres, United Kingdom. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00877516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchrotron infrared confocal microscope: Application to infrared 3D spectral imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ga Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Mercury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11 Conference on Synchrotron Radiation Instrumentationh International C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Lyon, France. pp.142002, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1742-6596/425/14/142002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-00805857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biophysical and chemical responses of Lb. bulgaricus to freezing by infrared microspectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Fonseca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Soleil User's Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2012, Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing live cellular responses to freezing by infrared spectromicroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie S. Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CellNanoSpec 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13940,2050 +14074,2050 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filling the gaps between scales to understand biomass properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Assemat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Barron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirjam Czjzek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Duru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Guillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Plant Cell Wall Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Vancouver, Canada. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05323775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">INVESTIGATING THE INTERACTION BETWEEN FLAVIVIRIDAE CAPSID PROTEINS (CPs) AND LIPID DROPLETS (LDs) IN HETERELOGOUS SYSTEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rapoport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gohon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Hentati-Mansouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular basis for membrane remodelling and organisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Roscoff, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05187009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synchrotron deep ultraviolet radiation combined with histological staining to improve phenotyping of dystrophic muscle and assess efficacy of cell-based therapeutic strategies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Specific and label-free endogenous signature of dystrophic muscle by Synchrotron deep ultraviolet radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noreddine Damane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fleurisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème Colloque de la Société Française des Microscopies (SFu)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Rouen, France</w:t>
+              <w:t xml:space="preserve">20th International Microscopy Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Busan (Corée), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721315v1</w:t>
+            <w:hyperlink r:id="rId483" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific and label-free endogenous signature of dystrophic muscle by Synchrotron deep ultraviolet radiation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Synchrotron deep ultraviolet radiation combined with histological staining to improve phenotyping of dystrophic muscle and assess efficacy of cell-based therapeutic strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Dubreil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noreddine Damane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Fleurisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Charrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Microscopy Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Busan (Corée), South Korea</w:t>
+              <w:t xml:space="preserve">18ème Colloque de la Société Française des Microscopies (SFu)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04721290v1</w:t>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural convergence of lipid droplet associated hairpin proteins? From research to biotechnology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gohon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gissot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Winkler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Grillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod. Analyses moléculaires de l’organisation et du remodelage des membranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Roscoff, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04484147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THE ENDOSPERM CAVITY OF WHEAT GRAINS CONTAINS A HIGHLY HYDRATED GEL OF ARABINOXYLAN</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">The endosperm cavity of wheat grains contains a highly hydrated gel of arabinoxylan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Cell Wall Biology 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Sapporo, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03279877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imageries multiéchelles et multispectrales en fluorescence dans l’UV-visible et l’UV profond pour le suivi des couches externes du grain de blé au cours du développement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillon Fabienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Helary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème JST du Réseau des Microscopistes INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03280072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural study of lipid droplet using synchrotron label-free multimodal imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pénicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Conference on Physics and Biological Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Gif-sur-Yvette, France. , 2018, 4th International Conference on Physics and Biological Systems 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02733903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synchrotron label free multimodal imaging to explore lipid droplets in living cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pénicaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod Analyses moléculaires de l’organisation et du remodelage des membranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Roscoff, France. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gastric digestion of milk protein gels as assessed by time-lapse Synchrotron UV-microscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Thevenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliane Floury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Panouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Lutton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 16. European microscopy CongressEMC2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Lyon, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01357490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mapping membrane fluidity by fluorescence anisotropy to better understand bacterial toloerance to osmotic and cold stresses encountered during freezing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Meneghel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jiawei Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52. Annual Meeting of the Society for Cryobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Ostrava, Czech Republic. Elsevier Ltd, 71, pp.549, 2015, Cryobiology. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cryobiol.2015.10.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01536575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic and structural studies of lipid droplets using synchrotron light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Tâche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Jacques Monod, Analyses Moléculaires de l'Organisation et du Remodelage des Membranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Roscoff, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02742432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic and structural studies of lipid droplets using synchrotron light</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId497" w:history="1">
+            <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Wien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Tâche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics and Biological Systems (PhysBio) 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Gif-sur-Yvette, France. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId499" w:history="1">
+            <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards the measurement of membrane fluidity at subzero temperatures for improving cell cryopreservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Refregiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Cenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Conference on the Spectroscopy of Biological Molecules (ECSBM 15)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Oxford, United Kingdom. Biomedical Spectroscopy and Imaging, 3(3), 2013, Biomedical Spectroscopy and Imaging</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Link between neutral lipid and storage carbohydrate fluxes in S. cerevisiae revealed by Single Cell Synchrotron Fourier Tranform-Infrared Microspectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Méchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamazight Cherifi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chardot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion du Groupe d’Etude et de Recherche en Lipidomique (GERLI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Paris, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeast lipid bodies under sunlights, dynamic and structural studies using SMIS and DISCO beamlines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId496" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-David J.-D. Vindigni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gohon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId505" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roselyne Tâche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre A. Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soleil User Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId502" w:history="1">
+            <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15993,150 +16127,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Depict the mode of action of amylolytic enzymes on starch granules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Rolland-Sabaté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId504" w:history="1">
+            <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P Ral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Réfrégiers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Buleon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INRA SOLEIL 10 years</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 89 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03626017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16146,261 +16280,261 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi de l'oxydation d'une émulsion lipidique par imagerie dynamique de fluorescence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId506" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Elisabeth Cuvelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bonazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508" w:history="1">
+            <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis F. Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId510" w:history="1">
+            <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle M.-N. Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.56-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01586805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers la compréhension de la résistance à la congélation de bactéries lactiques grâce à la microspectroscopie infrarouge haute résolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fernanda Fonseca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie S. Passot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jamme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012, pp.64-65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01586830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16410,283 +16544,283 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The endosperm cavity of wheat grains contains a highly hydrated gel of arabinoxylan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Foucat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03149665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Downregulation of the essential Rrp44 ribonuclease causes extensive ultra-structure cell modifications in Trypanosoma brucei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giovanna Cesaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId516" w:history="1">
+            <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscila M Hiraiwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia R G Carneiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Rouam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId518" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId514" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId519"/>
+      <w:footerReference w:type="default" r:id="rId526"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16833,51 +16967,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371550v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudenhooft" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Alday Mamani" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Melelli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-025-06985-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387346v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quiles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Cortopassi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2024.110826" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680271v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Davy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2024.04.136" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066236v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schvartz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Saudrais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Devineau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ch&#233;din" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c03237" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157970v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noreddine Damane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fleurisson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Charrier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pichon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-37762-1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477199v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Est&#232;ve" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Buob" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Jouanneau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavka Kascakova" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s1600577521011371" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682977v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kervo&#235;len" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2022.115011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525299v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Beaugrand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Devaux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.114256" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261403v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Devaux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2021.110845" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170573v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Richely" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113368" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343240v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darshil Shah" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemala Hapsari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-021-00998-8" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphin Pantaloni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balnois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13142225" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207563v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Fidecka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Rotiroti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giacoboni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando C&#225;mara" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c00776" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468586v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Roselli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Proietti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2021.10.003" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299147v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leymarie" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Costa" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Adrien Richard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.100885" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142472v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Mehidine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Varlet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Juchaux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-78678-4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873862v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goffic" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jsi.2019.a18" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906399v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorune Sakalauskaite" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plasseraud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thomas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alberic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thoury" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2020.107497" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128201v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Legland" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2020.112847" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615138v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cinquin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gohon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pereiro" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577520003847" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278997v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lagalice" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Deniaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sabourin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lovo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jsi.2019.a13" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431397v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loison" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu M. Refregiers" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Venien" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jsi.2019.a14" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618559v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Crepeau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bouchet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49108-x" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165550v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chalumeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Poulon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45181-4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02981950v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vidot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.02.003" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351456v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auvray" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dennetiere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wien" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5120346" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561464v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Pasquier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.02.059" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111683v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte M&#233;nez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pisapia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andreani" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vanbellingen" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0684-z" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621911v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Deuscher" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boue" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clerjon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.10.003" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622187v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Nessi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rolland-Sabat&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chevigny" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2018.04.030" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701110v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20890-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824423v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna M. Radziwill-Bienkowska" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Talbot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper B.J. Kamphuis" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Cartier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00794" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580650v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Floury" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Bianchi" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Th&#233;venot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.07.023" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824410v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estela C Mlewski" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gomez" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Lecourt" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Soto Rueda" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00996" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627190v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Andre" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00200" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701160v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Habrant" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Foulon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Agui&#233;-B&#233;ghin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17938-2" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622569v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hordeaux" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Robeveille" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pascal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-017-0464-2" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655108v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cem.2882" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634459v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meneghel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Passot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cenard" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Refregiers" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8444-9" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724147v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.710533" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308355v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bergonzi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mercury" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Simon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Shmulovich" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP08012F" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204462v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chagnot" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Desvaux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b00668" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510596v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saulou-Berion" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audinot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fourquaux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145748" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536496v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gautier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5AN00654F" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631514v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie A. Venien" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Peyrin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Refregiers" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5an00172b" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269469v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Patsioura" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michael Vauvre" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kesteloot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Hume" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.14744" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-14BC3VQN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571540v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Bourquin" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Tawil" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Vikso-Nielsen" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buleon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac403699h" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633944v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lahaye" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Qin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubry" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sire" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4an00618f" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570708v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalijs Zubkovs" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chiappini" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Naour" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4an00203b" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570691v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5009605" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195500v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud-Liautaud" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bouix" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0111138" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571537v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkhou" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaouen" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadda Medjoubi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20147230" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629450v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Passot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Gautier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BSI-140062" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086390v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dartois" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Engrand" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Brunetto" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duprat" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pino" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2343/geochemj.2.0330" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204011v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Vindigni" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;chin" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamazight Cherifi" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0074421" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01562705v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Girbal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Maranges" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6725-4" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZSK1T2CD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572674v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl&#225;vka Ka&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201334043" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485578v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Allouche" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pallu" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/boc.201200075" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491086v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael y Rochefort" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jaffr&#233;" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B Maurel" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0043930" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648949v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland R. Labas" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Abrantes" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2012.03.012" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XBMVCVC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480932v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha-Phuong Ta" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavanya Premvardhan" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bac" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049512030002" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00655736v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2CP23221A" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476510v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Y. Rochefort" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B. Maurel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650785v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Giuliani" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Giorgetta" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Ricaud" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouam" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.10.038" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQ84S2FZ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645117v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Batard" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Montassier" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caillon" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2011.03.013" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXF51L9W-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649349v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Colonna" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac1027512" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707689v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Echard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara H Berrie" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Nevin" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac102986h" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606958v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Yao" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lagarde" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Rey" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Duval" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049511016517" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647331v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robert" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quemener" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq332" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614874v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Jacqueline" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Cochetiere Marie-France De" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019440" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658610v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Vechambre" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma101704k" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609593v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rouam" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927610093852" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479318v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rouam" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Frank Wien" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Giorgetta" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049509034049" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666174v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480967v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirinart Chio-Srichan" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2008.02.004" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281436v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lafon" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04150567v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Belkessa" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ropers" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Himber" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922162v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ledevin" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Rouger" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922182v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290872v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Lopez-Leon" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290867v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Vasse" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290888v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290900v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370270v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356039v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356671v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269088v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Girolami" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337921v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Vidot" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rivard" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910407v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet-Thiry" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legu&#233;" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396347v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fattaccioli" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290819v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillon Fabienne" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737487v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496828v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Pezennec" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665436v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567212v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bey" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268917v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250499v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Thevenot" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608330v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Aioun" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01329366v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Est&#232;ve" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kascakova" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bazin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394551v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01584095v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Cenard" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738923v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00877516v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00805857v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lagarde" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giuliani" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga Garcia" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/425/14/142002" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628120v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautier" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Fonseca" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748928v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05323775v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Assemat" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Czjzek" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Duru" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05187009v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rapoport" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hentati-Mansouri" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721315v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721290v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484147v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gissot" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Winkler" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grillot" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279877v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280072v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Helary" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733903v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736520v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357490v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Panouille" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lutton" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536575v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Xu" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2015.10.052" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPC5Z89L-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742432v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David J.-D. Vindigni" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Wien" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne T&#226;che" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743719v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628117v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744874v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746365v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626017v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Ral" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01586805v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Cuvelier" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Courtois" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Keller" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Maillard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01586830v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dumas" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149665v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499926v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Cesaro" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila M Hiraiwa" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia R G Carneiro" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legrand" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554884v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Moya" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajkumar Chowdhury" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Perrette" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Giraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Charlet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025jg009197" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371550v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Goudenhooft" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Alday Mamani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Melelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjp/s13360-025-06985-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387346v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Quiles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Cortopassi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2024.110826" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04680271v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Cochereau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Voisin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sol&#233;-Jamault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Novales" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Davy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2024.04.136" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04066236v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Schvartz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Saudrais" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Devineau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ch&#233;din" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jamme" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.2c03237" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157970v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dubreil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noreddine Damane" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Fleurisson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Charrier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pichon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-37762-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477199v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Est&#232;ve" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Buob" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Jouanneau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavka Kascakova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/s1600577521011371" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03525299v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Beaugrand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Devaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rivard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.114256" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682977v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kervo&#235;len" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2022.115011" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261403v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Devaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2021.110845" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343240v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darshil Shah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemala Hapsari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-021-00998-8" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03170573v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Arnould" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Richely" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Guessasma" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113368" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03279781v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphin Pantaloni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balnois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13142225" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207563v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Fidecka" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Rotiroti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giacoboni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando C&#225;mara" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c00776" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468586v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Roselli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Proietti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2021.10.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299147v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chevalier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Leymarie" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Sedano" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Costa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Adrien Richard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2021.100885" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142472v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Mehidine" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Varlet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Juchaux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-78678-4" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873862v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Goffic" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jsi.2019.a18" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02906399v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorune Sakalauskaite" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Plasseraud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thomas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Alberic" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Thoury" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2020.107497" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128201v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Legland" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2020.112847" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02615138v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cinquin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gohon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pereiro" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S1600577520003847" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431397v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Astruc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loison" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu M. Refregiers" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Venien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jsi.2019.a14" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278997v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lagalice" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Deniaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Sabourin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lovo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1255/jsi.2019.a13" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618559v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Crepeau" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bouchet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garnier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-49108-x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165550v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chalumeau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Poulon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45181-4" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02981950v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Vidot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.02.003" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351456v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Auvray" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Dennetiere" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giuliani" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Wien" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5120346" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561464v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Pasquier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Br&#251;let" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boire" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Perez" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2019.02.059" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621911v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Deuscher" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Bonny" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boue" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Clerjon" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.10.003" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111683v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte M&#233;nez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pisapia" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andreani" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Vanbellingen" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0684-z" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622187v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Nessi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Rolland-Sabat&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Chevigny" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2018.04.030" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701110v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Duponchel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-20890-4" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824423v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna M. Radziwill-Bienkowska" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Talbot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper B.J. Kamphuis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Cartier" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00794" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627190v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Andre" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00200" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824410v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estela C Mlewski" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Gomez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na Lecourt" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliana Soto Rueda" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00996" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580650v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Floury" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Bianchi" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Th&#233;venot" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dupont" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2017.07.023" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701160v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Habrant" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Herbaut" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Foulon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Agui&#233;-B&#233;ghin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17938-2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622569v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hordeaux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Robeveille" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Pascal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-017-0464-2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655108v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cem.2882" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634459v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Meneghel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Passot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Cenard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Refregiers" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-017-8444-9" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724147v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M115.710533" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01308355v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bergonzi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mercury" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Simon" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Shmulovich" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CP08012F" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204462v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chagnot" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Desvaux" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.5b00668" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536496v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Gautier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5AN00654F" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631514v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie A. Venien" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Peyrin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Refregiers" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5an00172b" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510596v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Saulou-Berion" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Enjalbert" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Nicolas Audinot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fourquaux" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0145748" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269469v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Patsioura" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michael Vauvre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Kesteloot" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Hume" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aic.14744" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-14BC3VQN-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571540v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Bourquin" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Tawil" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Vikso-Nielsen" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buleon" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac403699h" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633944v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lahaye" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Qin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubry" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sire" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4an00618f" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570708v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitalijs Zubkovs" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chiappini" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Le Naour" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4an00203b" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01570691v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Theron" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fernandez" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf5009605" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195500v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Landaud-Liautaud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bouix" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0111138" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01571537v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Belkhou" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jaouen" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadda Medjoubi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/photon/20147230" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629450v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Passot" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Gautier" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/BSI-140062" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086390v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dartois" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Engrand" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosario Brunetto" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Duprat" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pino" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2343/geochemj.2.0330" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204011v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Vindigni" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie M&#233;chin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamazight Cherifi" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chardot" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0074421" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01562705v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Girbal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Maranges" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6725-4" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZSK1T2CD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01572674v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl&#225;vka Ka&#353;&#269;&#225;kov&#225;" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201334043" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485578v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Allouche" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pallu" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/boc.201200075" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491086v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael y Rochefort" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Jaffr&#233;" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B Maurel" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0043930" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648949v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland R. Labas" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Abrantes" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2012.03.012" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6XBMVCVC-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00655736v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2CP23221A" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480932v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha-Phuong Ta" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavanya Premvardhan" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bac" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049512030002" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650785v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre A. Giuliani" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -L. Giorgetta" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. -P. Ricaud" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Rouam" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2011.10.038" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DQ84S2FZ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476510v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Y. Rochefort" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine B. Maurel" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645117v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Batard" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Montassier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Caillon" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2011.03.013" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXF51L9W-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649349v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Colonna" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac1027512" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01707689v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Echard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara H Berrie" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Nevin" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac102986h" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606958v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Yao" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lagarde" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Rey" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Duval" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049511016517" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647331v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robert" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quemener" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq332" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00614874v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Jacqueline" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La Cochetiere Marie-France De" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0019440" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02658610v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Vechambre" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ma101704k" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609593v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Rouam" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1431927610093852" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01479318v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Rouam" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Frank Wien" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Giorgetta" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S0909049509034049" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666174v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480967v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sirinart Chio-Srichan" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2008.02.004" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281436v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lafon" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04150567v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Belkessa" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Ropers" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Himber" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dehaut" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922162v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Ledevin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Larcher" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Rouger" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03922182v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290872v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Lopez-Leon" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290867v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Vasse" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290888v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290900v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03370270v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03356039v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269088v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Di Girolami" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356671v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bourlieu-Lacanal" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Deglaire" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia M&#233;nard" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pezennec" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Le Feunteun" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03337921v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Vidot" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rivard" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910407v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Chauvet-Thiry" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Brunel-Michac" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Legu&#233;" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Badel" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396347v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fattaccioli" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290819v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillon Fabienne" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737487v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Croguennec" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01496828v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Pezennec" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01665436v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567212v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Bey" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268917v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608330v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Aioun" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rousseau-Ralliard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Aubri&#232;re" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guillomot" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250499v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Thevenot" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01329366v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Est&#232;ve" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kascakova" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bazin" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394551v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01584095v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie S. Cenard" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738923v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu R&#233;fr&#233;giers" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00877516v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00805857v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lagarde" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Giuliani" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga Garcia" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/425/14/142002" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628120v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gautier" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Fonseca" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748928v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05323775v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Assemat" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Czjzek" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Duru" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05187009v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rapoport" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hentati-Mansouri" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721290v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04721315v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484147v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gissot" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Winkler" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grillot" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279877v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280072v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Helary" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733903v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouchez" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736520v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357490v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Panouille" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Lutton" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536575v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiawei Xu" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cryobiol.2015.10.052" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WPC5Z89L-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742432v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David J.-D. Vindigni" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Wien" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne T&#226;che" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743719v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628117v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744874v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746365v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626017v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Ral" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01586805v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elisabeth Cuvelier" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bonazzi" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis F. Courtois" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Keller" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Maillard" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01586830v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Dumas" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03149665v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499926v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Cesaro" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila M Hiraiwa" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia R G Carneiro" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legrand" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>