--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -81,51 +81,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -383,1704 +383,1842 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species richness: A pivotal factor mediating the effects of land use intensification and climate on grassland multifunctionality</w:t>
+                <w:t xml:space="preserve">High nature value farming systems in Europe: A dataset encompassing the environmental impact assessment of farms and extensive ruminant food products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Allart</w:t>
+                <w:t xml:space="preserve">M. Torres-Miralles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Dumont</w:t>
+                <w:t xml:space="preserve">P. Jeanneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Joly</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">G. Alvarez</w:t>
+                <w:t xml:space="preserve">M. Lamminen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.14627⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 58, pp.111164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2024.111164⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04628765v1</w:t>
+                <w:t xml:space="preserve">hal-04885445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multifunctionality and provision of ecosystem services by livestock species and breeds at global level</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Species richness: A pivotal factor mediating the effects of land use intensification and climate on grassland multifunctionality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Allart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grégoire Leroy</w:t>
+                <w:t xml:space="preserve">F. Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Boettcher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Joly</w:t>
+                <w:t xml:space="preserve">C. Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Looft</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.101048⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 61 (5), pp.1053-1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.14627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04379845v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04628765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farmers' perceptions of permanent grasslands and their intentions to adapt to climate change influence their resilience strategy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multifunctionality and provision of ecosystem services by livestock species and breeds at global level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Allart</w:t>
+                <w:t xml:space="preserve">Paul Boettcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Oostvogels</w:t>
+                <w:t xml:space="preserve">Christian Looft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mosnier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roswitha Baumung</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable Agriculture and Food Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/s1742170524000279⟩</w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (1), pp.101048. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2023.101048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843570v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04379845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How closely do ecosystem services and life cycle assessment frameworks concur when evaluating contrasting animal-production systems with ruminant or monogastric species?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Farmers' perceptions of permanent grasslands and their intentions to adapt to climate change influence their resilience strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Allart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philip Roche</w:t>
+                <w:t xml:space="preserve">Vincent Oostvogels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Fossey</w:t>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rebeaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Dewulf</w:t>
+                <w:t xml:space="preserve">Nicolas Gross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101368⟩</w:t>
+              <w:t xml:space="preserve">Renewable Agriculture and Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 39, pp.e33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s1742170524000279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04835609v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04843570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic assessment of biological mechanisms underlying agroecological systems: The example of parasite dilution and forage niche sharing in mixed-grazing</w:t>
+                <w:t xml:space="preserve">How closely do ecosystem services and life cycle assessment frameworks concur when evaluating contrasting animal-production systems with ruminant or monogastric species?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Noziere</w:t>
+                <w:t xml:space="preserve">M. Fossey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Jacquiet</w:t>
+                <w:t xml:space="preserve">A. Rebeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Prache</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">J. Dewulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 210, pp.103707. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (12), pp.101368. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agsy.2023.103707⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.animal.2024.101368⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04178797v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A trail-based approach using crowdsourced data to assess recreationists' preferences for landscape</w:t>
+                <w:t xml:space="preserve">Mining crowdsourced text to capture hikers' perceptions associated with landscape features and outdoor physical activities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslam Chai-Allah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fritz Günther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Bentayeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gilles Brunschwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landscape and Urban Planning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.landurbplan.2023.104700⟩</w:t>
+              <w:t xml:space="preserve">Ecological Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 78, pp.102332. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2023.102332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04011527v1</w:t>
+                <w:t xml:space="preserve">hal-04268832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mining crowdsourced text to capture hikers' perceptions associated with landscape features and outdoor physical activities</w:t>
+                <w:t xml:space="preserve">A trail-based approach using crowdsourced data to assess recreationists' preferences for landscape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdesslam Chai-Allah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathan Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fritz Günther</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brunschwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fadila Bentayeb</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sandro Bimonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Joly</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 78, pp.102332. </w:t>
+              <w:t xml:space="preserve">Landscape and Urban Planning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 233, pp.104700. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoinf.2023.102332⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.landurbplan.2023.104700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04268832v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PSDR4 New-DEAL : La diversité des élevages d'herbivores : des clefs d'adaptation pour l'avenir</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabolic assessment of biological mechanisms underlying agroecological systems: The example of parasite dilution and forage niche sharing in mixed-grazing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Rapey</w:t>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art18⟩</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 210, pp.103707. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2023.103707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03648619v1</w:t>
+                <w:t xml:space="preserve">hal-04178797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive decision-making on stocking rates improves the resilience of a livestock system exposed to climate shocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
+                <w:t xml:space="preserve">Laurent Tatin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariell Ahearn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 464, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2021.109799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03486177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parasite dilution improves lamb growth more than does the complementarity of forage niches in a mesic pasture grazed by sheep and cattle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Note</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscilla Note</w:t>
+                <w:t xml:space="preserve">Marc Barbet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Jacquiet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 3, pp.997815. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fanim.2022.997815⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological operability, a new concept based on ergonomics to assess the pertinence of ecosystem services optimization practices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Joly</w:t>
+                <w:t xml:space="preserve">PSDR4 New-DEAL : La diversité des élevages d'herbivores : des clefs d'adaptation pour l'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rapey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Benoit</w:t>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Martin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geneviève Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystem Services</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2021.101320⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 86, pp.205-217. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art18⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333682v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03648619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the buffering and adaptive mechanisms underlying the economic resilience of sheep-meat farms</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Biological operability, a new concept based on ergonomics to assess the pertinence of ecosystem services optimization practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Blanc</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 50, pp.101320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2021.101320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13593-020-00638-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02925854v1</w:t>
+                <w:t xml:space="preserve">hal-03333682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Assessment of the buffering and adaptive mechanisms underlying the economic resilience of sheep-meat farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-020-00638-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Subsistence or market economy? Assessment of a pastoral system of mongolia twenty years after the fall of socialism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samdanjigmed Tulganyam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nomadic Peoples</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (1), pp.106-142. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3197/np.2019.230106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02619036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2090,2188 +2228,2171 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Environmental Assessment Landscape: Toward Comprehensiveness or Fragmentation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">76th Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Aug 2025, Innsbruck, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05285330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecosystem services evaluation from life cycle assessment: a proof of concept in livestock systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katja Klumpp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGF Symposium 2025 on Multi-Species Swards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Grassland Federation, Sep 2025, Reading, UK, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05285350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring regulating ecosystem services supplied by animal production systems from life cycle assessment</w:t>
+                <w:t xml:space="preserve">Life cycle and ecosystem services assessments provide opposite evaluations of the food and non-food contributions of livestock farming systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip K Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jo Dewulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieselot Boone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th ESP Europe Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESP, Nov 2024, Wageningen, Netherlands</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.372</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735543v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life cycle and ecosystem services assessments provide opposite evaluations of the food and non-food contributions of livestock farming systems</w:t>
+                <w:t xml:space="preserve">Ecosystem services and life cycle assessment frameworks provide opposite assessments of animal-production systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip K Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jo Dewulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lieselot Boone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.372</w:t>
+              <w:t xml:space="preserve">LCA Food 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRTA, Sep 2024, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735494v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem services and life cycle assessment frameworks provide opposite assessments of animal-production systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multicriteria performance of five grass-based cattle farms along a gradient of stocking rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cian Blaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Bloor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Corson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LCA Food 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRTA, Sep 2024, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.815</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735526v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecosystem services and life cycle assessment frameworks provide opposite evaluations of livestock farming systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip K Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jo Dewulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hayo van Der Werf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lieselot Boone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Mountain Livestock Farming Systems Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, VetAgro Sup and INRAE, Jun 2024, Clermont-ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04735514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicriteria performance of five grass-based cattle farms along a gradient of stocking rate</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Inferring regulating ecosystem services supplied by animal production systems from life cycle assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip K Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayo van Der Werf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Florence, Italy. pp.815</w:t>
+              <w:t xml:space="preserve">5th ESP Europe Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESP, Nov 2024, Wageningen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04696747v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological interventions contribute to greater climate change mitigation and biodiversity in Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The multiple values of European grass-based farms along pedoclimatic and stocking density gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Bloor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Fleurance</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Corson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th ESP Europe Conference ​​​​​​​​​​​​​​​​​​ Ecosystem Services: One Planet, One Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Wageningen / Netherlands, Netherlands</w:t>
+              <w:t xml:space="preserve">Multifunctionality of livestock grazing systems, a lever to envision its possible futures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Global Agenda for Sustainable Livestock, Apr 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04811898v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The multiple values of European grass-based farms along pedoclimatic and stocking density gradients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agroecological interventions contribute to greater climate change mitigation and biodiversity in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cian Blaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Bloor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael S. Corson</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Fleurance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multifunctionality of livestock grazing systems, a lever to envision its possible futures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Global Agenda for Sustainable Livestock, Apr 2024, Montpellier, France</w:t>
+              <w:t xml:space="preserve">5th ESP Europe Conference ​​​​​​​​​​​​​​​​​​ Ecosystem Services: One Planet, One Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Wageningen / Netherlands, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04669494v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion et multi-performance des systèmes de polyélevage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How animal science can support the role of animals in delivering benefits for society</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garcia-Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire inter-département ACT-AgroEcosystem - Les systèmes agricoles diversifiés: état des lieux et persectives de recherche</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British society of animal science - Annual conference 2023 - Animal science: delivering for all our needs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Birmingham, United Kingdom. pp.336, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2023.01.448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04515663v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04480671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic assessment of parasite dilution and forage niche sharing in sheep/cattle mixed-grazing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grassland-based dairy farms of French Massif Central adapt to climate change with diverse strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Allart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Oostvogels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">74th EAAP ANNUAL MEETING</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.442</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552737v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04199995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grassland-based dairy farms of French Massif Central adapt to climate change with diverse strategies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Oostvogels</w:t>
+                <w:t xml:space="preserve">Assessing multifunctionality of livestock breeds and species at global level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Looft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.J. Boettcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mosnier</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Roswitha Baumung</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.442</w:t>
+              <w:t xml:space="preserve">, inrae, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04199995v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How animal science can support the role of animals in delivering benefits for society</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gestion et multi-performance des systèmes de polyélevage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Puech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Stark</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British society of animal science - Annual conference 2023 - Animal science: delivering for all our needs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Séminaire inter-département ACT-AgroEcosystem - Les systèmes agricoles diversifiés: état des lieux et persectives de recherche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, May 2023, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04480671v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing multifunctionality of livestock breeds and species at global level</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metabolic assessment of parasite dilution and forage niche sharing in sheep/cattle mixed-grazing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Roswitha Baumung</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Jacquiet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Prache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, inrae, Aug 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">74th EAAP ANNUAL MEETING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04193161v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04552737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mixité d’espèces offre des clés d’adaptation pour accroître les performances économiques et environnementales de l’élevage bovin herbager</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating ecosystem services in the LCA evaluation of meat of different species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieselot Boone</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le poly-élevage, une solution ? Journée MODEF Nouvelle-Aquitaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2022, Domps, France</w:t>
+              <w:t xml:space="preserve">73rd Annual Meeting of the European Federation of Animal Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771808v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating ecosystem services in the LCA evaluation of meat of different species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Using crowdsourced data to assess the cultural ecosystem services provided by grasslands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdesslam Chai-Allah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandro Bimonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Brunschwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lieselot Boone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73rd Annual Meeting of the European Federation of Animal Science</w:t>
+              <w:t xml:space="preserve">73. Annual Meeting of the European Federation of Animal Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011569v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in LCA impact between meat types are reduced when ecosystem services related to their production are accounted for</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jo Dewulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lieselot Boone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Life Cycle Assessment of Food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LCA Foods, Oct 2022, Lima, Peru</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using crowdsourced data to assess the cultural ecosystem services provided by grasslands</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integrating ecosystem services in the life cycle assessments of meats of different species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jo Dewulf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">73. Annual Meeting of the European Federation of Animal Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAAP, Sep 2022, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">4th ESP Europe Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecosystem services Partnership, Oct 2022, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011563v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04163786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating ecosystem services in the life cycle assessments of meats of different species</w:t>
+                <w:t xml:space="preserve">Integrating ecosystem services in the life cycle assessments of meat of different species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philip Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jo Dewulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieselot Boone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th ESP Europe Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecosystem services Partnership, Oct 2022, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04163786v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operability of agroecological practices: the case of parasite dilution in sheep/cattle mixed-grazing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4287,1067 +4408,1234 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29. General Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Grassland Federation, Jun 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating ecosystem services in the life cycle assessments of meat of different species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La mixité d’espèces offre des clés d’adaptation pour accroître les performances économiques et environnementales de l’élevage bovin herbager</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Fleurance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th ESP Europe Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecosystem services Partnership, Oct 2022, Heraklion, Greece</w:t>
+              <w:t xml:space="preserve">Le poly-élevage, une solution ? Journée MODEF Nouvelle-Aquitaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Domps, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04011589v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04771808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing the vulnerability of mixed cattle-sheep farms</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Biological operability, a new concept based on ergonomics to assess the difficulty in optimizing bundles of ecosystem services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAAP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
+              <w:t xml:space="preserve">ESP (Ecosystem Service Partnership) Europe Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Tartu, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732889v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03341354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological operability, a new concept based on ergonomics to assess the difficulty in optimizing bundles of ecosystem services</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reducing the vulnerability of mixed cattle-sheep farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassima Moufid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESP (Ecosystem Service Partnership) Europe Conference 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Tartu, Estonia</w:t>
+              <w:t xml:space="preserve">EAAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03341354v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheep/cattle mixed grazing: parasitism dilution improves sheep growth more than does grazing facilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscilla Note</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning from traditional societies for the agroecological transition of Western livestock systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Brunschwig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Virtual, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using animal diversity to build resilient trajectories: a viability approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mosnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the European Federation of Animal Science (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Virtual, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03341326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the optimality and robustness of ecosystem services trade-offs: a probabilistic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Dumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42. Annual meeting of the EAAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02734778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A viability-based assessment of resistance, management flexibility and engineering resilience in agroecosystems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9èmes Journées thématiques de la FAERE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02900369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is adaptive management based on plant underground biomass relevant in Mongolian grazing systems? A resilience-based modeling exploration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Ricard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Rangeland congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Saskatoon, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02899473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overcoming Winter Mortalities and Poverty in Mongolian Pastoral Systems: Which Framework for the Definition of Resilience-Based Strategies ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sabatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Hubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third international resilience conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02899475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quels leviers d'adaptation de l'agriculture au changement climatique ? Inventaire et analyse des projets de recherche et développement en région Auvergne Rhône Alpes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Valleix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Picon-Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Le Gouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Marliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Pomiès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrae. 2026, pp.8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05530606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId136"/>
+      <w:footerReference w:type="default" r:id="rId147"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5494,51 +5782,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273004v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cian Blaix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette M.G. Bloor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Zagaria" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109938" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04952241v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdesslam Chai-Allah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Hermes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zander Venter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Joly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2025.105315" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628765v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumont" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mosnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alvarez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14627" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04379845v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leroy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boettcher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Looft" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roswitha Baumung" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.101048" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843570v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Allart" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oostvogels" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1742170524000279" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835609v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Roche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fossey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rebeaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dewulf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101368" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178797v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2023.103707" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011527v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Fox" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Bimonte" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2023.104700" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04268832v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz G&#252;nther" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Bentayeb" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2023.102332" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648619v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rapey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bigot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art18" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03486177v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tatin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariell Ahearn" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2021.109799" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04021064v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Note" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Faure" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fanim.2022.997815" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03333682v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Martin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2021.101320" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925854v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-020-00638-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619036v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samdanjigmed Tulganyam" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/np.2019.230106" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285330v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285350v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735543v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip K Roche" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735494v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Dewulf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieselot Boone" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735526v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735514v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696747v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04811898v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669494v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04515663v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552737v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jacquiet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199995v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Oostvogels" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gross" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480671v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.01.448" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193161v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leroy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Boettcher" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771808v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011569v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011723v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011563v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163786v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011675v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04011589v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732889v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Moufid" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341354v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341361v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341313v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341326v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734778v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900369v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899473v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ricard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899475v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273004v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cian Blaix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette M.G. Bloor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Zagaria" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109938" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04952241v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdesslam Chai-Allah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Hermes" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zander Venter" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Joly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2025.105315" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885445v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Torres-Miralles" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jeanneret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lamminen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.111164" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628765v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Allart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Joly" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mosnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alvarez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14627" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04379845v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Leroy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boettcher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Looft" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roswitha Baumung" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.101048" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843570v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Allart" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Oostvogels" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gross" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1742170524000279" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835609v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Roche" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fossey" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rebeaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dewulf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101368" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04268832v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Fox" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fritz G&#252;nther" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Bentayeb" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoinf.2023.102332" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011527v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandro Bimonte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landurbplan.2023.104700" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178797v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jacquiet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2023.103707" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03486177v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sabatier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tatin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariell Ahearn" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2021.109799" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04021064v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Note" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barbet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Faure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fanim.2022.997815" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648619v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rapey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bigot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art18" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03333682v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Martin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2021.101320" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925854v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-020-00638-z" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619036v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samdanjigmed Tulganyam" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3197/np.2019.230106" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285330v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05285350v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Klumpp" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735494v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip K Roche" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo Dewulf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieselot Boone" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735526v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696747v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Corson" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735514v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04735543v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04669494v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04811898v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04480671v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garcia-Launay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2023.01.448" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199995v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Oostvogels" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gross" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04193161v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Leroy" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Boettcher" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04515663v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Puech" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04552737v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Jacquiet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011569v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011563v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011723v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04163786v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04011589v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011675v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771808v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341354v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732889v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Moufid" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341361v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341313v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341326v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734778v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02900369v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899473v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ricard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02899475v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05530606v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Valleix" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Picon-Cochard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Le Gouis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Marliac" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>