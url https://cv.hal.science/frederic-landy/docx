--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -169,261 +169,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05432604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Agriculture industrielle, agriculture biologique et agroécologie : regards croisés Europe-Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Degron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers Agricultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33, pp.31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/cagri/2024026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04887089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Tight nexus or loose links? Rural emigration and borewell-irrigated agriculture in Karnataka (South India)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Venkatasubramanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Eric Bergez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Jacquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GeoJournal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 90 (1), 2p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10708-024-11234-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04867820v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">hal-04887089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranimer un patrimoine. Mobilisations autour du lac de Kanagan (Pondichéry, Inde)</w:t>
               </w:r>
@@ -533,724 +533,724 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'État au secours de la transition agroécologique : le cas de l'Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dorin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 109 (1), pp.94-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.109.0094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sciences sociales, écologie et poésie : à travers les projets de l’Institut Français de Pondichéry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Picherit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sricandane Gopinath</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Degrés : revue de synthèse à orientation sémiologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 192</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enlargement of small farms… or land grabs by estates (South India)?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roma Hooge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 209, pp.162-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesrurales.28942⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’État au secours de la transition agroécologique ? Le cas de l’Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dorin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 109 (1), pp.94-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.109.0094⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03608834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dossier: « Patrimoines, savoirs, pouvoirs » – À qui appartiennent les paysages des villages shui ? Mise en tourisme et rapports de pouvoir au Guizhou (Chine du Sud)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Gauché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Déry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30 (2), pp.171-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/nss/2022033⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03981854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Que faire de la révolution verte? Dilemmes de l’agriculture de l’Inde en crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue canadienne d'études du développement / Canadian Journal of Development Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.1-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/02255189.2022.2099357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03848850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La poésie antique du Sangam est-elle vraiment une poésie du paysage ? Littérature tamoule classique et vision contemporaine du paysage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évelyne Gauché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...128 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sricandane Gopinath</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/vertigo.36784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04097123v1</w:t>
-              </w:r>
-[...396 lines deleted...]
-                <w:t xml:space="preserve">hal-03608834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Inde, une agriculture en crise »</w:t>
               </w:r>
@@ -1318,64 +1318,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commons as Demanding Social Constructions: The Case of Aquifers in Rural Karnataka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Richard Ferroudji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1580,3448 +1580,3448 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What COVID-19 Tells Us about Spatial Injustices in India</w:t>
+                <w:t xml:space="preserve">Entre tropicalité et Anthropocène : « nature » et « culture » dans l’Inde hindoue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, L’Anthropocène sous les Tropiques: débats et enjeux de développement, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/belgeo.42761⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02981440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Injustices environnementales, crise de l'eau et crise de reproduction sociale du monde paysan. Les effets multiplicateurs de la Révolution verte en Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Guetat-Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oger-Marengo M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deschamps-Rébéré J</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature et Progrès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 126, pp.35-37</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02887598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que nous dit la COVID-19 des injustices spatiales en Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Noûs</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kim Agrawal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Varia, 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What COVID-19 Tells Us about Spatial Injustices in India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Noûs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kim Agrawal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03048380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture et environnement en Inde : des raisons d’espérer ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers d’Outre-Mer. Revue de géographie de Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 73 (281), pp.69-78. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/com.10927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03136895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...21 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Culture du paysage, gouvernance territoriale et mise en tourisme dans des montagnes rurales de l’Asie méridionale (Népal, Inde, Chine, Laos, Vietnam)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évelyne Gauché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Déry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dérioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ducourtieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Germaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/belgeo.42761⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.14449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ce que nous dit la COVID-19 des injustices spatiales en Inde</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02188166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois petits cochons en Chine : tourisme, habitat rural et modernité au Guizhou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Camille Noûs</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Gauché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 124, pp.1-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02111926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté, capabilité, échelles : une lecture critique d'Amartya Sen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Varia, 15</w:t>
+              <w:t xml:space="preserve">, 2018, 12, https://www.jssj.org/issue/juillet-2018-jssj-a-lu/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...50 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02073177v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban Protected Areas : Forces of justice or injustice for Indigenous populations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...247 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Landy</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belaïdi Nadia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sada Karl-Heinz Gaudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 12, https://www.jssj.org/issue/juillet-2018-jssj-a-lu/</w:t>
+              <w:t xml:space="preserve">, 2017, Mars (11)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">Les trois petits cochons en Chine : tourisme, habitat rural et modernité au Guizhou</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04014096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban Protected Areas: Forces of justice or injustice for Indigenous populations? The cases of Xochimilco and the national parks of Mumbai and Cape Town</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Gauché</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Belaidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl-Heinz Gaudry-Sada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 124, pp.1-9</w:t>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01557245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rescaling the public distribution system in India: Mapping the uneven transition from spatialization to territorialization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environment and Planning C: Politics and Space</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 35 (1), pp.113 - 129. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0263774X16666080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01556668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Urban Protected Areas: Forces of justice or injustice for Indigenous populations? The cases of Xochimilco and the national parks of Mumbai and Cape Town</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eddy Simon, Matthieu Berthod. Adivasis Meurtris. L’agonie d’un peuple autochtone en Inde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Karl-Heinz Gaudry-Sada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 11</w:t>
+              <w:t xml:space="preserve">, 2016, https://www.jssj.org/issue/mars-2017-jssj-a-lu/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Urban Protected Areas : Forces of justice or injustice for Indigenous populations ?</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02072989v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tancrède Voituriez. L'invention de la pauvreté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sada Karl-Heinz Gaudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, Mars (11)</w:t>
+              <w:t xml:space="preserve">, 2015, https://www.jssj.org/issue/janvier-2016-jssj-a-lu/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Eddy Simon, Matthieu Berthod. Adivasis Meurtris. L’agonie d’un peuple autochtone en Inde</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02070949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondes urbains indiens / Entretien : Ouvre moi ton dabba et je te dirai qui tu es : nourrir les Indiens urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">revue Urbanités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit au village</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, https://www.jssj.org/issue/mars-2017-jssj-a-lu/</w:t>
+              <w:t xml:space="preserve">, 2015, Droit au village, 7, http://www.jssj.org/article/le-droit-au-village/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01718594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Le droit au village/The right to the village (7)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Right to the Village</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Right to the Village, 7, http://www.jssj.org/article/le-droit-au-village/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01718604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Right to the village</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Crisp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit au village</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01399786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le grand écart spatial de l'Inde : introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EchoGéo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 32, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/echogeo.14279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Tancrède Voituriez. L'invention de la pauvreté</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capital social, gouvernance verticale, corruption et clientélisme : le cas de l’aide alimentaire en Inde urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (52), pp.105-132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01745994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Eco-ethnic identity”: Being an indigenous agriculturist in Nairobi and Mumbai national parks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (Supplement C), pp.68-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envdev.2014.01.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04248436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dardot et Christian Laval. Commun. Essai sur la révolution au XXI e siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, https://www.jssj.org/issue/janvier-2016-jssj-a-lu/</w:t>
+              <w:t xml:space="preserve">, 2014, https://www.jssj.org/issue/mars-2017-jssj-a-lu/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02073010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les systèmes de pêches collectives fluviales somono dans le Manden (Mali).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin de La Croix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Dao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Muther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">revue Urbanités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Chemins et territoires de l'eau dans les pays de la ceinture tropicale. Ressources et patrimoines., 32, pp.124-143</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01722227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marchandisation du travail et différenciation sociale en Sella Limba (Sierra Leone) de 1950 à nos jours.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Pallière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Paul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-                <w:t xml:space="preserve">Sophie Moreau</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal des Africanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 83-2, pp.116-141</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouvernance verticale, corruption et clientélisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue européenne des sciences sociales (Cahiers Vilfredo Pareto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 52 (2), pp.105--131</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La révolution verte inachevée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alternatives Internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Qu'est-ce qu'on mange ? (15)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gouvernance verticale et corruption en Inde urbaine : la segmentation spatiale de l'aide alimentaire publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Ruby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peeyush Sekhsaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Espace Politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 21, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/espacepolitique.2812⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640622v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Urban Jungle Book</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ananda Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mint</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'heure est-elle encore à la révolution verte en Inde ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La revue du Projet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle &amp;quot;place&amp;quot; pour des pêcheurs urbains ? Le cas de Bamako (Mali)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boure\&amp;quot;ima Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Muther</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bekaye Tangara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.25977⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Trickle Down to Leapfrog. How to Go Beyond the Green Revolution?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economic and political weekly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48 (24), pp.42--49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilité et développement rural : y a-t-il une place pour les campagnes dans l'Inde &amp;quot;émergente&amp;quot; ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progressiste</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640633v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nature and Urban Citizenship Redefined: The Case of the National Park in Mumbai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Zérah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geoforum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (Supplement C), pp.25--33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geoforum.2012.11.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les riches font sécession</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akhil Gupta. Red Tape. Bureaucracy, Structural Violence and Poverty in India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Le droit au village/The right to the village (7)</w:t>
+              <w:t xml:space="preserve">, 2012, https://www.jssj.org/issue/janvier-2015-jssj-a-lu/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...32 lines deleted...]
-                <w:t xml:space="preserve">The Right to the Village</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02069620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentation du territoire national et circulation des grains : le Système de distribution publique indien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-                <w:t xml:space="preserve">Sophie Moreau</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 677, pp.26-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01239990v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conception of National Territory and Grain Circulation: The Indian Public Distribution System (PDS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Représentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03428191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odette Louiset. L'oubli des villes de l'Inde. Pour une géographie culturelle de la ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Justice spatiale = Spatial justice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Right to the Village, 7, http://www.jssj.org/article/le-droit-au-village/</w:t>
+              <w:t xml:space="preserve">, 2011, https://www.jssj.org/issue/decembre-2012-jssj-a-lu/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...628 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...1124 lines deleted...]
-                <w:t xml:space="preserve">Représentation du territoire national et circulation des grains : le Système de distribution publique indien</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02069499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Représentation du territoire national et circulation des grains : le Système de distribution publique indien Representation of national territory and grain circulation: the Public Distribution System in India</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 677, pp.26-49</w:t>
+              <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03048237v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-02069499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentation du territoire national et circulation des grains : le système de distribution publique indien</w:t>
               </w:r>
@@ -5376,51 +5376,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique agricole de l'Inde. Des succès aux impasses de la révolution verte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Dorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5818,1094 +5818,1094 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02144687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fragmentation of Irrigated Family Farms in Southern India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversity of family farming around the world</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Netherlands, pp.259-272, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02112024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction: The Quest for Naturbanity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estienne Rodary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bruno-Lézy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Dellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Landy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South: The Quest for Naturbanity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Singapore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-31, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-10-8462-1_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02238374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La petite agriculture de l’Afrique et de l’Inde. Entre modèles de développement, intégration aux marchés et nouveaux rapports au territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Charlery de La Masselière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thierry Sanjuan, Michel Lesourd, Bernard Tallet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tropiques, développement et mondialisation. Hommages à Jean-Louis Chaléard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 99-112, 2018, 978-2-343-15374-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02113993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why Did Leopards Kill Humans in Mumbai but not in Nairobi? Wildlife Management in and Around Urban National Parks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’Harmattan</w:t>
-[...70 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Estienne Rodary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Calas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Landy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South: The Quest for Naturbanity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Singapour, pp.157-179, 2018, 978-981-10-8461-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-10-8462-1_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Categorisation of People and Places, Indigenous Peoples and Urban National Parks: Between Eviction, Instrumentality and Empowerment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Belaïdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl-Heinz Gaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Singapore, pp.109-128, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-10-8462-1_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02551271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Glen Hyman</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What Makes Urban National Parks “Urban”? Their Specifics Within the National Systems of Protection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Calas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theresa Mbatia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Landy. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South: The Quest for Naturbanity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer Singapore, pp.317-329, 2018</w:t>
+              <w:t xml:space="preserve">, Springer, pp.243-264, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bernard Calas</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02238534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Afterword: Seen Through the Eyes of Researchers, Are Practitioners Partners, Research Objects or Hurdles?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glen Hyman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bruno-Lézy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South: The Quest for Naturbanity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Springer, pp.243-264, 2018</w:t>
+              <w:t xml:space="preserve">, Springer Singapore, pp.317-329, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02238533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre 1. Introduction. The quest for naturbanity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estienne Rodary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Bruno-Lézy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Guyot</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">F. Landy éd., From urban national parks to natured cities in the global South: The quest for naturbanity, Springer, Singapore, 2018, 329 p.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04248285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The History of the Four Parks: Favouring or Protecting from Urban Growth, Different Successive Conservation Policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estienne Rodary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bruno-Lézy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayara Morokawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janie Swanepoel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South: The Quest for Naturbanity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, </w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, Springer Singapore, pp.35-62, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Fragmentation of Irrigated Family Farms in Southern India</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02238179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The “Poor”, the Park and the City: Policies of Social Stigmatisation Rather Than Inclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...193 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Guyot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Urban National Parks to Natured Cities in the Global South: The Quest for Naturbanity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Singapore, pp.85-107, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-10-8462-1_4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02111898v1</w:t>
-              </w:r>
-[...119 lines deleted...]
-                <w:t xml:space="preserve">hal-02238179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urban leopards are good cartographers: Human-nonhuman and spatial conflicts at Sanjay Gandhi National Park, Mumbai</w:t>
               </w:r>
@@ -7191,466 +7191,466 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Conclusion: Spatial Justice, Exclusion and Urban Policies in Brazil and India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saglio-Yatzimirsky, Marie-Caroline and Landy, Frédéric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Megacity Slums: Social Exclusion, Space and Urban Policies in Brazil and India</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imperial College Press, pp.409--426, 2014, 978-1-908979-59-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les exploitations familiales irriguées du sud de l’Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre-Marie Bosc; Jean-Michel Sourisseau; Philippe Bonnal; Pierre Gasselin; Elodie Valette; Jean-François Bélières. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diversité des agricultures familiales: exister, se transformer, devenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Quæ</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 285-300, 2014, Nature et société, 978-2-7592-2266-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05341632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Local and Translocal Systems of Actors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bautès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saglio-Yatzimirsky, Marie-Caroline and Landy, Frédéric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Megacity Slums: Social Exclusion, Space and Urban Policies in Brazil and India</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imperial College Press, pp.257--306, 2014, 978-1-908979-59-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : Social Exclusion, Space and Urban Policies in Brazil and India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saglio-Yatzimirsky, Marie-Caroline and Landy, Frédéric. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Megacity Slums: Social Exclusion, Space and Urban Policies in Brazil and India</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imperial College Press, pp.1--50, 2014, 978-1-908979-59-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entre ville et forêt : conflits d'acteurs dans le Parc national Sanjay Gandhi de Mumbai (Bombay, Inde)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Zérah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces protégés. Entre conflits et acceptation.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Belin, pp.228--247, 2014, 978-2-7011-8963-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640590v1</w:t>
-              </w:r>
-[...342 lines deleted...]
-                <w:t xml:space="preserve">hal-01640593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agriculture et alimentation en Inde du Sud, vingt ans après</w:t>
               </w:r>
@@ -7703,272 +7703,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Espace naturel protégé et ville, le pas de deux. Conclusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Laslaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Louise Bruno, Emmanuel Lezy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BiodiverCités : les aires protégés urbaines, des laboratoires grandeur nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Manuscrit, pp. 381-408, 2012, Tierces Natures</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00905348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion : Ville et espace naturel protégé, le pas de deux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Laslaz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno, Louise and Lézy, Emmanuel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BiodiverCités: les aires protégées urbaines, des laboratoires grandeur nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Manuscrit, pp.379--406, 2012, Tierces natures, 978-2-304-04112-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La Révolution Verte : Vers l'épuisement de l'eau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aubriot, Olivia and Marcondes, Lia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Gange, Miroir Social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7, La Dispute, 2012, Tout autour de l'eau, 978-2-84303-236-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640652v1</w:t>
-              </w:r>
-[...170 lines deleted...]
-                <w:t xml:space="preserve">halsde-00905348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature's Governance. Introduction</w:t>
               </w:r>
@@ -8179,51 +8179,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammel Sharon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishnamurthy Anupama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Guetat-Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srinivasan Prasad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8306,51 +8306,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ammel Sharon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Krishnamurthy Anupama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Guetat-Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srinivasan Prasad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8478,51 +8478,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justicia e Injusticias Espaciales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gervais-Lambony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8573,2316 +8573,2316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'Inde: du développement à l'émergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Varrel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Armand Colin, 2015, collection U, 978-2-200-60002-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640570v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit au village/Right to the village</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Landy; Sophie Moreau. 7, 2015, Justice spatiale/Spatial Justice</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'Inde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Varrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armand Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Colin U, 9782200600020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04343602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megacity Slums: Social Exclusion, Space and Urban Policies in Brazil and India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Armand Colin, 2015, collection U, 978-2-200-60002-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saglio-Yatzimirsky, Marie-Caroline and Landy, Frédéric. Imperial College Press, 2014, 978-1-908979-59-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mega city slums : Social Exclusion, Space and Urban policies in Brazil and India, London, Imperial College Press</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02148940v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mega city slums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bautès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Benedito Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky; Frédéric Landy. Imperial College Press, 1, 2014, Urban Challenges</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01347693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Circulation et territoire dans le monde indien contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions de l'EHESS, pp.340, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01073808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justice et injustices spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gervais-Lambony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hancock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Paris Ouest, pp.315, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01073804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dictionnaire de l'Inde contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Armand Colin, pp.566, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01073797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dictionnaire de l'Inde contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Landy. Armand Colin, 584 p., 2010, 978-220035-247-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03235247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nourrir les hommes : un dictionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Alary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bazile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard de Bélizal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Berland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igor Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Atlande, 765 p., 2009, Références (Educagri), 9782350300856</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02824915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nourrir les hommes : un dictionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Duquenoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dubriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Griffon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-F. Huneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Atlande, pp.765, 2009, Références : Géographie Thématique, 978-2-35030-085-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02192593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agriculture and Food in India. A Half-Century Review, From Independance to Globalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Manohar-Quae-CSH, pp.280, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00522071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Food and agriculture in India. From Independence to globalization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dorin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Manohar-CSH-Quae, New Delhi, pp.280, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01077432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On dirait le Sud...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gervais-Lambony</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IRD-Armand Colin, pp.255, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01073823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Inde, ou le grand écart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">La Documentation Française, pp.65, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01077742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les raisons de la géographie. Itinéraires au sud avec Jean-Pierre Raison</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Lézy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Frédéric Landy; Sophie Moreau. 7, 2015, Justice spatiale/Spatial Justice</w:t>
+              <w:t xml:space="preserve">Karthala, pp.328, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01073819v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On dirait le Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2014</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gervais-Lambony</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Saglio-Yatzimirsky, Marie-Caroline and Landy, Frédéric. Imperial College Press, 2014, 978-1-908979-59-9</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03427343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Examining the Spatial Dimension : From Globalisation to Local Development in India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basudeb Chaudhuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Manohar Publisher, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...93 lines deleted...]
-                <w:t xml:space="preserve">Oscar Benedito Correia</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00076685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questions d'échelles : de la globalisation au développement local en Inde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basudeb Chaudhuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Economica, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00076648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rapport (2)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sciences humaines et sociales face à la première vague de la pandémie de Covid-19 -Enjeux et formes de la recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Gaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Terral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Askenazy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Bergeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Marie-Caroline Saglio-Yatzimirsky; Frédéric Landy. Imperial College Press, 1, 2014, Urban Challenges</w:t>
-[...405 lines deleted...]
-                <w:t xml:space="preserve">Igor Besson</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre National de la Recherche Scientifique; Université Toulouse III - Paul Sabatier. 2020, 111 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03036192v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soil Carbon Pool and Biodiversity Conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bourgeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. M. Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Lo Seen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Editions Atlande, 765 p., 2009, Références (Educagri), 9782350300856</w:t>
-[...735 lines deleted...]
-                <w:t xml:space="preserve">halshs-00076648v1</w:t>
+              <w:t xml:space="preserve">[Research Report] IFCPAR PROJECT NO. 2909-1, Indo-French Centre for the Promotion of Advanced Research. 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01243956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Can Landscape Empower Rural “Minorities” Through Tourism? Eco-Ethnicity in the Highlands of India, Nepal, China, Laos and Vietnam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raghubir Chand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Déry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Dérioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ducourtieux Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre urbanisation et mondialisation : les parcs nationaux dans quatre grandes villes de pays “émergents”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03049058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Can Landscape Empower Rural “Minorities” Through Tourism? Eco-Ethnicity in the Highlands of India, Nepal, China, Laos and Vietnam</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vertical governance and corruption in urban India</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donatienne Ruby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peeyush Sekhsaria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Vertical governance and corruption in urban India</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01830636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle sécurité alimentaire en Inde ? Dilemmes économiques, socio-politiques et environnementaux.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01005543v1</w:t>
-              </w:r>
-[...274 lines deleted...]
-                <w:t xml:space="preserve">hal-01243956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10900,103 +10900,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the water issue according to stakeholders, in particular women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Guetat-Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Landy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deschamps-Rébéré J</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oger-Marengo M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ruiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adaptation of agricultural systems to climate change: scientific approaches for decision making at local scale, Adaptation of agricultural systems to climate change: scientific approaches for decision making at local scale, organized by IRD in the framework of the UNCCD COP14 Desertification, New Delhi, 7th September 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, New Delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11367,70 +11367,1250 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nation State, Citizenship and Globalisation, Part 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard d'Mello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacy Sachs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Tarabout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Citizenship and Multiculturalism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niraja Jayal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Gibb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaële Calves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harbans Mukhia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Culture, Identity and Development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Kazancigil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Tarabout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth de Pablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inaugural Session of the Franco-Indian Conference ...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bhaskar Chatterjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Aymard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V.R. Panchamukhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Culture and the Politics of Identity, Part 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Hayem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Selim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bishnu Mohapatra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Racine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nation State, Citizenship and Globalisation, Part 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Ruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bishnu Mohapatra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard d'Mello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural Discourse in India: Ideological and Theoretical Perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yogendra Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Tarabout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth de Pablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultural Discourse: Theory, Concept and Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yogendra Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mrinal Miri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Politics of Culture and Development, Part 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Bali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristian Feigelson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yogendra Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Culture and the Politics of Identity, Part 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salil Mishra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shashi Bhusan Upadhyaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bishnu Mohapatra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biswajit Das</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Landy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01395262v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Politics of Culture and Development. Part 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.L. Sharma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Lezy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biswajit Das</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11455,1237 +12635,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Tarabout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01395260v1</w:t>
-              </w:r>
-[...1178 lines deleted...]
-                <w:t xml:space="preserve">medihal-01395261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId313"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -12840,51 +12840,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432604v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867820v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Venkatasubramanian" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacquet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10708-024-11234-z" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04887089v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dorin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Degron" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2024026" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04379370v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard-Ferroudji" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mathevet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Govindan Venkatasubramanian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.31026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848850v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2022.2099357" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981854v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Gauch&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve D&#233;ry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022033" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097123v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sricandane Gopinath" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.36784" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04714642v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.109.0094" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981870v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roma Hooge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.28942" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029128v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picherit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608834v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812150v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248301v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard Ferroudji" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0973005220945428" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191644v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pes.386.0029" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096000v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03048380v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Agrawal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136895v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.10927" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981440v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.42761" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961311v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887598v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guetat-Bernard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oger-Marengo M." TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deschamps-R&#233;b&#233;r&#233; J" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188166v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ducourtieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.14449" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02073177v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bret" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111926v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gauch&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556668v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263774X16666080" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557245v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belaidi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Heinz Gaudry-Sada" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04014096v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela&#239;di Nadia" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sada Karl-Heinz Gaudry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02072989v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640581v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.14279" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070949v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640566v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640583v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moreau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01718604v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01718594v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399787v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Crisp" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399786v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745994v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612587v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Palli&#232;re" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Paul" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cochet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01722227v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de La Croix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Dao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ferry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Muther" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02073010v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248436v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envdev.2014.01.002" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QL0V38NH-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640588v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640612v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640622v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fran&#231;ois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Ruby" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peeyush Sekhsaria" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.2812" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640635v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananda Banerjee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640230v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boure\&amp;amp;quot;ima Traor&#233;" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekaye Tangara" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.25977" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640634v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640613v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640633v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640800v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Z&#233;rah" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoforum.2012.11.027" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TZWXKP9N-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069620v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640654v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428191v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#171; Repr&#233;sentation" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01239990v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048237v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069499v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01070091v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01070065v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. A. De Mello-Th&#233;ry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Zerah" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02319799v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gervais-Lambony" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.041.0003" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01070084v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Grasset" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248647v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18459-1.p.0943" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116259v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02879575v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02881717v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dellier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Soares Gon&#231;alves" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/in/book/9789811084614" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113993v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charlery de La Masseli&#232;re" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=60634" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111965v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienne Rodary" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Calas" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_7" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02551271v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bela&#239;di" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Heinz Gaudry" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_5" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238533v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Hyman" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bruno-L&#233;zy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238534v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Mbatia" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238374v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112024v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248285v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guillot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111898v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_4" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238179v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayara Morokawa" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janie Swanepoel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825270v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rademacher" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826078v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640564v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640573v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640590v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640591v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Saglio-Yatzimirsky" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640592v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baut&#232;s" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341632v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/quae/29770" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640593v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640628v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640652v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640640v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laslaz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00905348v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Landy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640638v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165411v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846141v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammel Sharon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnamurthy Anupama" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivasan Prasad" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lazar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifpindia.org/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048696v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113857v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/in/book/9789811084614#aboutBook" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640144v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hancock" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04343602v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Varrel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/l-inde--9782200600020.htm" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640570v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640568v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148940v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640788v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01347693v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bruno" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Benedito Correia" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073804v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073808v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dupont" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073797v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03235247v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824915v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bazile" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard de B&#233;lizal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Besson" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192593v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duquenoy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubriano" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griffon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Huneau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522071v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01077432v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073823v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01077742v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073819v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L&#233;zy" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427343v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076685v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basudeb Chaudhuri" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076648v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03049058v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924373v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghubir Chand" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ducourtieux Olivier" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830636v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01005543v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01243956v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourgeon" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M. Nair" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lo Seen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869875v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447241v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve L&#233;tang" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Garambois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Virdi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Bihan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824422v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640577v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395260v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L. Sharma" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lezy" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biswajit Das" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tarabout" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395259v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard d'Mello" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacy Sachs" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395267v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niraja Jayal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gibb" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Calves" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harbans Mukhia" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395258v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Ruet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishnu Mohapatra" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395257v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yogendra Singh" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrinal Miri" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bare" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vidal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395144v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395264v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hayem" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Selim" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Racine" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395269v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kazancigil" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395141v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhaskar Chatterjee" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Aymard" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.R. Panchamukhi" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395262v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salil Mishra" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashi Bhusan Upadhyaya" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395261v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Bali" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Feigelson" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05432604v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Landy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-04887089v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dorin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Degron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2024026" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04867820v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Venkatasubramanian" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ruiz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Jacquet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10708-024-11234-z" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04379370v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard-Ferroudji" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Mathevet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Govindan Venkatasubramanian" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Verdelli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.31026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04714642v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.109.0094" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029128v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Picherit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sricandane Gopinath" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981870v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roma Hooge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.28942" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608834v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03981854v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;velyne Gauch&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve D&#233;ry" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2022033" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848850v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02255189.2022.2099357" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097123v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.36784" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812150v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248301v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Richard Ferroudji" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sekhar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0973005220945428" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191644v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pes.386.0029" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096000v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981440v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/belgeo.42761" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02887598v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guetat-Bernard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oger-Marengo M." TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deschamps-R&#233;b&#233;r&#233; J" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961311v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03048380v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Agrawal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136895v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.10927" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188166v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre D&#233;rioz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ducourtieux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Germaine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.14449" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111926v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gauch&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02073177v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bret" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04014096v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bela&#239;di Nadia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sada Karl-Heinz Gaudry" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557245v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Belaidi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Heinz Gaudry-Sada" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01556668v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0263774X16666080" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02072989v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02070949v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640566v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01718594v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moreau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640583v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01718604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399787v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Crisp" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399786v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640581v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.14279" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01745994v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248436v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envdev.2014.01.002" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QL0V38NH-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02073010v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01722227v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin de La Croix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Dao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ferry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Muther" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612587v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Palli&#232;re" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Paul" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Cochet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640588v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640612v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640622v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fran&#231;ois" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donatienne Ruby" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peeyush Sekhsaria" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/espacepolitique.2812" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640635v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ananda Banerjee" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640634v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640230v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boure\&amp;amp;quot;ima Traor&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bekaye Tangara" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.25977" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640613v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640633v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640800v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Z&#233;rah" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoforum.2012.11.027" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TZWXKP9N-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640654v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069620v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01239990v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428191v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#171; Repr&#233;sentation" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02069499v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048237v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01070091v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01070065v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. A. De Mello-Th&#233;ry" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Zerah" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-02319799v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gervais-Lambony" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/autr.041.0003" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01070084v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Grasset" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248647v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18459-1.p.0943" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116259v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02879575v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02881717v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02144687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dellier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guyot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Soares Gon&#231;alves" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/in/book/9789811084614" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_3" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112024v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238374v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estienne Rodary" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bruno-L&#233;zy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113993v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Charlery de La Masseli&#232;re" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=60634" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111965v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Calas" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_7" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02551271v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bela&#239;di" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Heinz Gaudry" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238534v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Mbatia" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238533v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glen Hyman" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248285v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Guillot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02238179v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayara Morokawa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janie Swanepoel" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02111898v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Texier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-8462-1_4" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825270v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rademacher" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Sivaramakrishnan" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826078v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640564v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640573v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640591v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Saglio-Yatzimirsky" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341632v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/quae/29770" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640592v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baut&#232;s" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640593v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640590v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640628v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00905348v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Landy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Laslaz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640640v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640652v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640638v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165411v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846141v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ammel Sharon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishnamurthy Anupama" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinivasan Prasad" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lazar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifpindia.org/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04048696v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113857v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/in/book/9789811084614#aboutBook" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640144v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hancock" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640570v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Varrel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640568v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04343602v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/l-inde--9782200600020.htm" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640788v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148940v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01347693v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Bruno" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Benedito Correia" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073808v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dupont" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073804v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073797v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03235247v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824915v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alary" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bazile" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard de B&#233;lizal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berland" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Besson" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192593v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duquenoy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubriano" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griffon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Huneau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522071v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01077432v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073823v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01077742v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-01073819v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel L&#233;zy" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427343v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076685v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basudeb Chaudhuri" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00076648v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03036192v2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gaille" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Terral" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Askenazy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Aubry" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bergeron" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01243956v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourgeon" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M. Nair" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lo Seen" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Martin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924373v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raghubir Chand" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ducourtieux Olivier" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03049058v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01830636v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01005543v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869875v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01447241v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauve L&#233;tang" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Garambois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Virdi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Le Bihan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824422v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640577v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395259v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard d'Mello" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacy Sachs" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biswajit Das" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tarabout" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395267v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niraja Jayal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Gibb" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Calves" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harbans Mukhia" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395269v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Kazancigil" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395141v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhaskar Chatterjee" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Aymard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.R. Panchamukhi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395264v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hayem" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Selim" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishnu Mohapatra" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Racine" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395258v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Ruet" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395144v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yogendra Singh" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395257v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mrinal Miri" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bare" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vidal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395261v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Bali" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Feigelson" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395262v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salil Mishra" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shashi Bhusan Upadhyaya" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.campus-aar.fr/medihal-01395260v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L. Sharma" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Lezy" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>