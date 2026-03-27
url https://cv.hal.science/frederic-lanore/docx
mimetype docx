--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,299 +234,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Axo-axonic cells in neuropsychiatric disorders: a systematic review</w:t>
+                <w:t xml:space="preserve">CA3 hippocampal synaptic plasticity supports ripple physiology during memory consolidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Vivien</w:t>
+                <w:t xml:space="preserve">Hajer El Oussini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anass El Azraoui</w:t>
+                <w:t xml:space="preserve">Chun-Lei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cloé Lheraux</w:t>
+                <w:t xml:space="preserve">Cecilia Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Lanore</w:t>
+                <w:t xml:space="preserve">Marilyn Lepleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
+                <w:t xml:space="preserve">Pablo Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 17, pp.1212202. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fncel.2023.1212202⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-42969-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04193177v1</w:t>
+                <w:t xml:space="preserve">hal-04346405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CA3 hippocampal synaptic plasticity supports ripple physiology during memory consolidation</w:t>
+                <w:t xml:space="preserve">Axo-axonic cells in neuropsychiatric disorders: a systematic review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hajer El Oussini</w:t>
+                <w:t xml:space="preserve">Juliette Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chun-Lei Zhang</w:t>
+                <w:t xml:space="preserve">Anass El Azraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecilia Castelli</w:t>
+                <w:t xml:space="preserve">Cloé Lheraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marilyn Lepleux</w:t>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Molle</w:t>
+                <w:t xml:space="preserve">Bruno Aouizerate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.1212202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-42969-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fncel.2023.1212202⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04346405v1</w:t>
+                <w:t xml:space="preserve">hal-04193177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution imaging and manipulation of endogenous AMPA receptor surface mobility during synaptic plasticity and learning</w:t>
               </w:r>
@@ -646,51 +646,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerebellar granule cell axons support high-dimensional representations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Alex Cayco-Gajic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -940,51 +940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miklos Szoboszlay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Lőrincz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koen Vervaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1042,1884 +1042,2754 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glutamate-Bound NMDARs Arising from In Vivo-like Network Activity Extend Spatio-temporal Integration in a L5 Cortical Pyramidal Cell Model</w:t>
+                <w:t xml:space="preserve">Membrane Lipids Tune Synaptic Transmission by Direct Modulation of Presynaptic Potassium Channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Farinella</w:t>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel T Ruedt</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frederic Lanore</w:t>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Angus Silver</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Zsolt Szabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia viana Da silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1003590⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 81 (4), pp.787-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2013.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367924v1</w:t>
+                <w:t xml:space="preserve">hal-03367888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reading dendritic activity with gap junctions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Angus Silver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17, pp.1625 - 1627. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.3880⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lack of the presynaptic RhoGAP protein oligophrenin1 leads to cognitive disabilities through dysregulation of the cAMP/PKA signalling pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Khelfaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gambino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xander Houbaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ragazzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 369 (1633), pp.20130160. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1098/rstb.2013.0160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02392406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane lipids tune synaptic transmission by direct modulation of presynaptic potassium channels.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Glutamate-Bound NMDARs Arising from In Vivo-like Network Activity Extend Spatio-temporal Integration in a L5 Cortical Pyramidal Cell Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Farinella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel T Ruedt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Padraig Gleeson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia Viana da Silva</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">R. Angus Silver</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuron</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 81 (4), pp.787-99. </w:t>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (4), pp.e1003590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuron.2013.12.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1003590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00993383v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Membrane Lipids Tune Synaptic Transmission by Direct Modulation of Presynaptic Potassium Channels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+                <w:t xml:space="preserve">Membrane lipids tune synaptic transmission by direct modulation of presynaptic potassium channels.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Carta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelson Rebola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zsolt Szabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia viana Da silva</w:t>
+                <w:t xml:space="preserve">Silvia Viana da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 81 (4), pp.787-799. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+              <w:t xml:space="preserve">, 2014, 81 (4), pp.787-99. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neuron.2013.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367888v1</w:t>
+                <w:t xml:space="preserve">hal-00993383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental regulation of CB1-mediated spike-time dependent depression at immature mossy fiber-CA3 synapses</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Membrane Lipids Tune Synaptic Transmission by Direct Modulation of Presynaptic Potassium Channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elodie Richard</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsolt Szabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Viana da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep00285⟩</w:t>
+              <w:t xml:space="preserve">Neuron</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 81 (4), pp.787-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuron.2013.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03367928v1</w:t>
+                <w:t xml:space="preserve">hal-04675061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deficits in Morphofunctional Maturation of Hippocampal Mossy Fiber Synapses in a Mouse Model of Intellectual Disability</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Selective Block of Postsynaptic Kainate Receptors Reveals Their Function at Hippocampal Mossy Fiber Synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo S Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Veran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Artinian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/jneurosci.2049-12.2012⟩</w:t>
+              <w:t xml:space="preserve">Cerebral Cortex</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23, pp.323 - 331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cercor/bhs022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367906v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMDA receptor–dependent metaplasticity at hippocampal mossy fiber synapses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nelson Rebola</w:t>
+                <w:t xml:space="preserve">Developmental regulation of CB1-mediated spike-time dependent depression at immature mossy fiber-CA3 synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maddalena D Caiati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sudhir Sivakumaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mulle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fréderic Lanore</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elodie Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 14, pp.691 - 693. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2, pp.285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nn.2809⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep00285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367905v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NMDA-dependent metaplasticity at hippocampal mossy fiber synapses</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Deficits in Morphofunctional Maturation of Hippocampal Mossy Fiber Synapses in a Mouse Model of Intellectual Disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie F Labrousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zsolt Szabo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nn.2809⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32 (49), pp.17882 - 17893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.2049-12.2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00637331v1</w:t>
+                <w:t xml:space="preserve">hal-03367906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">NMDA-dependent metaplasticity at hippocampal mossy fiber synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.2809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00637331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NMDA receptor–dependent metaplasticity at hippocampal mossy fiber synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fréderic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14, pp.691 - 693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.2809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NMDA receptor–dependent metaplasticity at hippocampal mossy fiber synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14 (6), pp.691-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.2809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NMDA receptor–dependent metaplasticity at hippocampal mossy fiber synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Mulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14 (6), pp.691-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.2809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High Firing Rate of Neonatal Hippocampal Interneurons Is Caused by Attenuation of Afterhyperpolarizing Potassium Currents by Tonically Active Kainate Receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Segerstrale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juuso Juuri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petteri Piepponen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sari E Lauri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 30, pp.6507 - 6514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.4856-09.2010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Impaired development of hippocampal mossy fibre synapses in mouse mutants for the presynaptic scaffold protein Bassoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Fejtova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karin Richter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 588, pp.2133 - 2145. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1113/jphysiol.2009.184929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spike-Timing-Dependent Plasticity Induces Presynaptic Changes at Immature Hippocampal Mossy Fiber Synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelson Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (26), pp.8299 - 8301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.1997-09.2009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spike-Timing-Dependent Plasticity Induces Presynaptic Changes at Immature Hippocampal Mossy Fiber Synapses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Lanore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Rebola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Carta</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (26), pp.8299-8301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.1997-09.2009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intracranial graft of bioresorbable polymer scaffolds loaded with human Dental Pulp Stem Cells in stab wound murine injury model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Manero-Roig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yurena Polo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Pardo-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jon Luzuriaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruth Basanta-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Models of Disease - Part B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 188, Elsevier, pp.237-254, 2024, Methods in Cell Biology, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/bs.mcb.2024.03.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extracting Quantal Properties of Transmission at Central Synapses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Angus Silver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alon Korngreen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Patch-Clamp Analysis for Neuroscientists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 113, Springer, pp.193 - 211, 2018, Neuromethods, 978-1-4939-8043-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4939-3411-9_10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dye-based Fluorescent Organic Nanoparticles, New Promising Tools for Optogenetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Lesas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Kurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CA3 hippocampal synaptic plasticity supports ripple physiology during memory consolidation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hajer El-Oussini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chun-Lei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urielle François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Castelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lampin Saint-Amaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04049962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norepinephrine controls the gain of the inhibitory circuit in the cerebellar input layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jason S Rothman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diccon Coyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2927,168 +3797,286 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Angus Silver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03367938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High-resolution imaging and manipulation of endogenous AMPA receptor surface mobility during synaptic plasticity and learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela M Getz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Ducros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Breillat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lampin-Saint-Amaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Daburon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maturation morpho-fonctionnelle de la synapse fibre moussue/cellule pyramidale de CA3 dans l’hippocampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Lanore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Neurosciences [q-bio.NC]. Université de Bordeaux, 2010. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03367965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId140"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3235,51 +4223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695782v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lesas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C.M. Bienvenu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Kurek" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Verlhac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Grivet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202402132" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193177v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vivien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Azraoui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Lheraux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lanore" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2023.1212202" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346405v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer El Oussini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Lei Zhang" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Castelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Lepleux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Molle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42969-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784609v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Getz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ducros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Breillat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lampin-Saint-Amaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Daburon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abm5298" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367948v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Alex Cayco-Gajic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsha Gurnani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diccon Coyle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Angus Silver" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-021-00873-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193259v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padraig Gleeson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Cantarelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Marin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Quintana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Earnshaw" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.05.019" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367910v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miklos Szoboszlay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea L&#337;rincz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Vervaeke" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2016.03.029" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367924v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Farinella" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel T Ruedt" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Angus Silver" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1003590" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367956v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3880" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392406v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Khelfaoui" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gambino" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xander Houbaert" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ragazzon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Muller" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2013.0160" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993383v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Carta" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Rebola" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Szabo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Viana da Silva" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2013.12.028" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367888v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia&#160;viana Da&#160;silva" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367928v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena D Caiati" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhir Sivakumaran" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mulle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Richard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00285" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367906v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie F Labrousse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Normand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.2049-12.2012" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367905v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Lanore" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.2809" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637331v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367925v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fejtova" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Pinheiro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Richter" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2009.184929" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616027v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Manero-Roig" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurena Polo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Pardo-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Luzuriaga" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Basanta-Torres" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mcb.2024.03.011" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367952v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3411-9_10" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616033v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lesas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bienvenu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Verlhac" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049962v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer El-Oussini" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urielle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lampin Saint-Amaux" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367938v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S Rothman" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03367965v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695782v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lesas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C.M. Bienvenu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Kurek" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Verlhac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Grivet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202402132" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346405v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer El Oussini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Lei Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Castelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Lepleux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Molle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-42969-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193177v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vivien" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass El Azraoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clo&#233; Lheraux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Lanore" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aouizerate" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2023.1212202" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784609v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Getz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ducros" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Breillat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lampin-Saint-Amaux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Daburon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abm5298" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367948v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Alex Cayco-Gajic" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsha Gurnani" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diccon Coyle" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Angus Silver" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-021-00873-x" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193259v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Padraig Gleeson" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Cantarelli" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Marin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Quintana" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Earnshaw" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2019.05.019" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367910v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miklos Szoboszlay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea L&#337;rincz" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen Vervaeke" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2016.03.029" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367888v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Carta" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Rebola" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsolt Szabo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia&#160;viana Da&#160;silva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2013.12.028" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367956v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3880" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392406v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Khelfaoui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gambino" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xander Houbaert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ragazzon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Muller" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2013.0160" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367924v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Farinella" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel T Ruedt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Angus Silver" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1003590" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993383v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Viana da Silva" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675061v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367895v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo S Pinheiro" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lanore" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Veran" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Artinian" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanchet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cercor/bhs022" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367928v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena D Caiati" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhir Sivakumaran" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mulle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Richard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep00285" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367906v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie F Labrousse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Normand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.2049-12.2012" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00637331v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Lanore" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.2809" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367905v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675174v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675092v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367908v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Segerstrale" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juuso Juuri" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petteri Piepponen" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sari E Lauri" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.4856-09.2010" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367925v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Fejtova" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Pinheiro" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Richter" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2009.184929" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367931v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.1997-09.2009" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675162v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lanore" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rebola" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.1997-09.2009" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616027v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Manero-Roig" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yurena Polo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Pardo-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Luzuriaga" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Basanta-Torres" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.mcb.2024.03.011" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367952v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-3411-9_10" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616033v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lesas" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bienvenu" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Verlhac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049962v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hajer El-Oussini" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urielle Fran&#231;ois" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lampin Saint-Amaux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367938v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S Rothman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367960v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela M Getz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03367965v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>