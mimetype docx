--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -181,378 +181,378 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment yields during a catastrophic flood: Example of the Vésubie tributaries during Storm Alex</w:t>
+                <w:t xml:space="preserve">Special Issue “Fluvial geomorphology: Sediment transport, river management, and extreme events at different spatial and temporal scales”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Théo Welfringer</w:t>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+                <w:t xml:space="preserve">Vittoria Scorpio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Laigle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Damien Kuss</w:t>
+                <w:t xml:space="preserve">Daniel Vázquez-Tarrío</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/14nmk⟩</w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 486, pp.109889. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2025.109889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05272207v1</w:t>
+                <w:t xml:space="preserve">hal-05168971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special Issue “Fluvial geomorphology: Sediment transport, river management, and extreme events at different spatial and temporal scales”</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Surface grain-size mapping of braided channels from SfM photogrammetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïs Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vittoria Scorpio</w:t>
+                <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Vázquez-Tarrío</w:t>
+                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2025.109889⟩</w:t>
+              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (4), pp.607-627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/esurf-13-607-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05168971v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface grain-size mapping of braided channels from SfM photogrammetry</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Sediment yields during a catastrophic flood: Example of the Vésubie tributaries during Storm Alex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Welfringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
+                <w:t xml:space="preserve">Dominique Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Melun</w:t>
+                <w:t xml:space="preserve">Damien Kuss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (4), pp.607-627. </w:t>
+              <w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Torrents, 31 (4), pp.20319. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/esurf-13-607-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/14nmk⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176534v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05272207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large in-stream wood yield during an extreme flood (Storm Alex, October 2020, Roya Valley, France): Estimating the supply, transport, and deposition using GIS</w:t>
               </w:r>
@@ -666,334 +666,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A supply-limited torrent that does not feel the heat of climate change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bedload tracing with RFID tags in gravel‐bed rivers: Review and meta‐analysis after 20 years of field and laboratory experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiazhi Qie</w:t>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Favillier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+                <w:t xml:space="preserve">Mathieu Cassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Antonio Ballesteros Cánovas</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-53316-z⟩</w:t>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 49 (1), pp.147-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.5704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04774328v1</w:t>
+                <w:t xml:space="preserve">hal-04205726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedload tracing with RFID tags in gravel‐bed rivers: Review and meta‐analysis after 20 years of field and laboratory experiments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A supply-limited torrent that does not feel the heat of climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiazhi Qie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Favillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Cassel</w:t>
+                <w:t xml:space="preserve">Juan Antonio Ballesteros Cánovas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Arnaud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérôme Lopez-Saez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 49 (1), pp.147-169. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.9078. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.5704⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-53316-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04205726v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04774328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Channel changes over the last 200 years: A meta data analysis on European rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vittoria Scorpio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Comiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piegay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1057,64 +1057,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Channel change during catastrophic flood: Example of Storm Alex in the Vésubie and Roya valleys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1217,51 +1217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Kuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Guitet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1319,585 +1319,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-frequency, long-term data set of hydrology and sediment yield: the alpine badland catchments of Draix-Bléone Observatory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessment of pebble virtual velocities by combining active RFID fixed stations with geophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+                <w:t xml:space="preserve">Oldrich Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Le Bouteiller</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xavier Ravanat</w:t>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vázquez-Tarrío</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/essd-15-4371-2023⟩</w:t>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (13), pp.2570-2583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.5646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04685750v1</w:t>
+                <w:t xml:space="preserve">hal-04293682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris-flow surges of a very active alpine torrent: a field database</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A high-frequency, long-term data set of hydrology and sediment yield: the alpine badland catchments of Draix-Bléone Observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolle Mathys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Lapillonne</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Firmin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Liebault</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Xavier Ravanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/nhess-23-1241-2023⟩</w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (10), pp.4371-4388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/essd-15-4371-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04096417v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04685750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granulométrie de surface des lits en tresses à partir d’images drone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Deschâtres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 42, pp.25-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.20870/Revue-SET.2023.42.7267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04006513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of pebble virtual velocities by combining active RFID fixed stations with geophones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Cassel</w:t>
+                <w:t xml:space="preserve">Debris-flow surges of a very active alpine torrent: a field database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lapillonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oldrich Navratil</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+                <w:t xml:space="preserve">Frédéric Liebault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Recking</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Richefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 48 (13), pp.2570-2583. </w:t>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (4), pp.1241-1256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.5646⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/nhess-23-1241-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293682v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DENSE AND LONG-TERM MONITORING OF EARTH SURFACE PROCESSES WITH PASSIVE RFID -A REVIEW</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Le Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2108,51 +2108,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal bedload pulses in a small alpine catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Laronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2238,64 +2238,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment Production in French Alpine Rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Pitlick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Misset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2372,51 +2372,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravel replenishment and active-channel widening for braided-river restoration: The case of the Upper Drac River (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2528,51 +2528,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Haas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobias Heckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Becht</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2645,77 +2645,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arnaud‐fassetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">River Research and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 36 (6), pp.880-893. </w:t>
@@ -2747,373 +2747,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03135472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active channel width as a proxy of sediment supply from mining sites in New Caledonia</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fonctions des barrages de correction torrentielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Carladous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bertrand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Jean-Marc Tacnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 44 (1), pp.67-76. </w:t>
+              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.4478⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/cybergeo.32190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02610266v1</w:t>
+                <w:t xml:space="preserve">hal-02132860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fonctions des barrages de correction torrentielle</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mobiliser l'imagerie haute-résolution pour la surveillance des cours d'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marc Tacnet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Borgniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Arnaud-Fassetta</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (2), pp.8-10</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02132860v1</w:t>
+                <w:t xml:space="preserve">hal-02610277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobiliser l'imagerie haute-résolution pour la surveillance des cours d'eau</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Active channel width as a proxy of sediment supply from mining sites in New Caledonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">G. Arnaud-Fassetta</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44 (1), pp.67-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.4478⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02610277v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02610266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage des ouvrages de correction torrentielle et plages de dépôt : origine, état des lieux, perspectives</w:t>
               </w:r>
@@ -3151,51 +3151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 2019 (1), pp.56-67. </w:t>
@@ -3233,64 +3233,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remotely sensed rivers in the Anthropocene: state of the art and prospects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Belletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3380,64 +3380,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle transport in gravel‐bed rivers: Revisiting passive tracer data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vázquez‐tarrío</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Tal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3491,1635 +3491,1635 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430807v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographie régionale de la susceptibilité aux laves torrentielles dans les Alpes du Sud</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Monitoring du charriage à Draix avec une trappe à fente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jantzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Ravanat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01982602v1</w:t>
+                <w:t xml:space="preserve">hal-01983527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using UAS optical imagery and SfM photogrammetry to characterize the surface grain size of gravel bars in a braided river (Vénéon River, French Alps)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Using UAS optical imagery and SfM photogrammetry to characterize the surface grain size of gravel bars in a braided river (Veneon River, French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vazquez-Tarrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Recking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 285, pp.94-105. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.geomorph.2017.01.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002911v2</w:t>
+                <w:t xml:space="preserve">hal-01765600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring du charriage à Draix avec une trappe à fente</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geomorphic influence on intraspecific genetic differentiation and diversity along hyporheic corridors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Malard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Capderrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Churcheward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Eme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 62 (12), pp.1955 - 1970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13040⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01983527v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01723507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using UAS optical imagery and SfM photogrammetry to characterize the surface grain size of gravel bars in a braided river (Veneon River, French Alps)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dynamique géomorphologique des torrents : intérêt de l'emploi des appareils photographiques automatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2017.01.039⟩</w:t>
+              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Monitoring en milieux naturels - Retours d’expériences en terrains difficiles, 19, pp.205-212. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/edyte.2017.1384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765600v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01635571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment residence time in alluvial storage of black marl badlands</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Sediment dynamics in Alpine basins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Habersack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Comiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CATENA</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.catena.2017.03.026⟩</w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 291, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2017.05.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02606179v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment dynamics in Alpine basins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Sediment residence time in alluvial storage of black marl badlands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jantzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Comiti</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2017.05.014⟩</w:t>
+              <w:t xml:space="preserve">CATENA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 156, pp.82-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.catena.2017.03.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02606440v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geomorphic influence on intraspecific genetic differentiation and diversity along hyporheic corridors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bernard Kaufmann</w:t>
+                <w:t xml:space="preserve">SUIVI AUTOMATISÉ DES CRUES À FORT TRANSPORT SOLIDE DANS LES TORRENTS : STRATÉGIE DE MESURE ET POTENTIEL DES DONNÉES COLLECTÉES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.13040⟩</w:t>
+              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Monitoring en milieux naturels - Retours d’expériences en terrains difficiles, 19, pp.213-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/edyte.2017.1385⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01723507v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01656535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique géomorphologique des torrents : intérêt de l'emploi des appareils photographiques automatiques</w:t>
+                <w:t xml:space="preserve">Why do we build check dams in Alpine streams? An historical perspective from the French experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bellot</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Carladous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Tacnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (1), pp.91-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.3967⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/edyte.2017.1384⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01635571v1</w:t>
+                <w:t xml:space="preserve">hal-01983198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why do we build check dams in Alpine streams? An historical perspective from the French experience</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regional scale mapping of debris-flow susceptibility in the Southern French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105 (4), pp.17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rga.3543⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.3967⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01983198v1</w:t>
+                <w:t xml:space="preserve">hal-02605350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regional scale mapping of debris-flow susceptibility in the Southern French Alps</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rainfall control of debris-flow triggering in the Réal Torrent, Southern French Prealps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oldrich Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Eckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 291, pp.17-32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2016.04.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rga.3543⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02605350v1</w:t>
+                <w:t xml:space="preserve">halshs-02083308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SUIVI AUTOMATISÉ DES CRUES À FORT TRANSPORT SOLIDE DANS LES TORRENTS : STRATÉGIE DE MESURE ET POTENTIEL DES DONNÉES COLLECTÉES</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">SUIVI AUTOMATISÉ DES CRUES À FORT TRANSPORT SOLIDE DANS LES TORRENTS STRATÉGIE DE MESURE ET POTENTIEL DES DONNÉES COLLECTÉES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firmin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, Monitoring en milieux naturels - Retours d’expériences en terrains difficiles, 19, pp.213-219. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01656535v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01650397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rainfall control of debris-flow triggering in the Réal Torrent, Southern French Prealps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Using UAS optical imagery and SfM photogrammetry to characterize the surface grain size of gravel bars in a braided river (Vénéon River, French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vázquez-Tarrío</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Borgniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 291, pp.17-32. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 285, pp.94-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2017.01.039⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2016.04.004⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">halshs-02083308v1</w:t>
+                <w:t xml:space="preserve">hal-04002911v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SUIVI AUTOMATISÉ DES CRUES À FORT TRANSPORT SOLIDE DANS LES TORRENTS STRATÉGIE DE MESURE ET POTENTIEL DES DONNÉES COLLECTÉES</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Cartographie régionale de la susceptibilité aux laves torrentielles dans les Alpes du Sud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rga.3530⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01650397v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01982602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of airborne LiDAR and historical aerial photos for characterising the history of braided river floodplain morphology and vegetation responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5217,51 +5217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jaboyedoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.I. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Surface Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 4 (2), pp.489-513. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5295,103 +5295,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedload monitoring under conditions of ultra-high suspended sediment concentrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jantzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J B Laronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Recking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 540, pp.947 - 958. </w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5438,51 +5438,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Channel scour and fill by debris flows and bedload transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.I. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5568,64 +5568,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Step by step error assessment in braided river sediment budget using airborne LiDAR data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 214, pp.307-323. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5665,277 +5665,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02600318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis of environmental changes associated with riverscape evolutions following sediment reintroduction: application to the Drôme river network, France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+                <w:t xml:space="preserve">Long profile responses of alpine braided rivers in SE France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Pont</w:t>
+                <w:t xml:space="preserve">M. Cassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Sauquet</w:t>
+                <w:t xml:space="preserve">N. Talaska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of River Basin Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">River Research and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (10), pp.1253-1266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rra.2615⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01218178v1</w:t>
+                <w:t xml:space="preserve">hal-02597456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long profile responses of alpine braided rivers in SE France</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N. Talaska</w:t>
+                <w:t xml:space="preserve">Sensitivity analysis of environmental changes associated with riverscape evolutions following sediment reintroduction: application to the Drôme river network, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Research and Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of River Basin Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1), pp.19-32</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02597456v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01218178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revegetation of steeplands in France and New Zealand: geomorphic and policy responses</w:t>
               </w:r>
@@ -5960,51 +5960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Marden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Zealand Journal of Forestry Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 43, p. 1 - p. 14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6038,77 +6038,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debris-flow susceptibility of upland catchments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Hazards</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 67 (2), pp.497-511. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6148,373 +6148,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-frequency monitoring of debris-flow propagation along the Réal Torrent, Southern French Prealps</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sensitivity analysis of environmental changes associated with riverscape evolutions following sediment reintroduction: geomatic approach on the Drôme River network, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2013.06.017⟩</w:t>
+              <w:t xml:space="preserve">International Journal of River Basin Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 11 (1), pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15715124.2012.754444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02599060v1</w:t>
+                <w:t xml:space="preserve">hal-02598323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity analysis of environmental changes associated with riverscape evolutions following sediment reintroduction: geomatic approach on the Drôme River network, France</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-frequency monitoring of debris-flow propagation along the Réal Torrent, Southern French Prealps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Travaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of River Basin Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 11 (1), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 201, pp.157-171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15715124.2012.754444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2013.06.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02598323v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flash floods and debris flows monitoring in the French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Ravanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Memoires de la Societe Vaudoise des Sciences Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 25, pp.83-97</w:t>
@@ -6537,1325 +6537,1325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01243060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment budget monitoring of debris-flow and bedload transport in the Manival Torrent, SE France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
+                <w:t xml:space="preserve">Bedload tracing in a high-sediment-load mountain stream</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12, p. 731 - p. 749. </w:t>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37 (4), pp.385-399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/nhess-12-731-2012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/esp.2245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00737846v1</w:t>
+                <w:t xml:space="preserve">hal-01285726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of bedrock structures on the spatial pattern of erosional landforms in small alpine catchments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Loye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Pedrazzini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.I. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jaboyedoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 37 (13), pp.1407-1423. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/esp.3285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedload tracing in a high-sediment-load mountain stream</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
+                <w:t xml:space="preserve">A field investigation of the influence of sediment supply on step-pool morphology and stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Church</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 139-140, pp.53-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2011.09.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.2245⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-01285726v1</w:t>
+                <w:t xml:space="preserve">hal-02596293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A field investigation of the influence of sediment supply on step-pool morphology and stability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
+                <w:t xml:space="preserve">Testing bedload transport equations with consideration of time scales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Church</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Peteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Jolimet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geomorphology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 37 (7), pp.774-789. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/esp.3213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geomorph.2011.09.024⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02596293v1</w:t>
+                <w:t xml:space="preserve">hal-02597416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing bedload transport equations with consideration of time scales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Sediment budget monitoring of debris-flow and bedload transport in the Manival Torrent, SE France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.I. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">T. Jolimet</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Loye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, p. 731 - p. 749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-12-731-2012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/esp.3213⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02597416v1</w:t>
+                <w:t xml:space="preserve">hal-00737846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des changements morphologiques d'une rivière en tresses par lidar aéroporté</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+                <w:t xml:space="preserve">Sediment budget monitoring of a debris-flow torrent (French Prealps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Loye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images et modèles 3D en milieu naturel</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Italian Journal of Engineering Geology and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.779-786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4408/IJEGE.2011-03.B-085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01235677v1</w:t>
+                <w:t xml:space="preserve">hal-02595207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment budget monitoring of a debris-flow torrent (French Prealps)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
+                <w:t xml:space="preserve">Etude des changements morphologiques d'une rivière en tresses par LiDAR aéroporté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Engineering Geology and Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12, pp.171-176</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595207v1</w:t>
+                <w:t xml:space="preserve">hal-02597498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des changements morphologiques d'une rivière en tresses par LiDAR aéroporté</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Morphostructural analysis of an alpine debris flows catchment: implication for debris supply</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Loye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pedrazzini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Collection EDYTEM. Cahiers de géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 12, pp.171-176</w:t>
+              <w:t xml:space="preserve">Italian Journal of Engineering Geology and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.115-125</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02597498v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02595208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morphostructural analysis of an alpine debris flows catchment: implication for debris supply</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F. Liébault</w:t>
+                <w:t xml:space="preserve">Debris-flow activity in abandoned channels of the Manival torrent reconstructed with LiDAR and tree-ring data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lopez Saez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Corona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gotteland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Italian Journal of Engineering Geology and Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (11), pp.1247- 1257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/nhess-11-1247-2011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02595208v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-00844884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris-flow activity in abandoned channels of the Manival torrent reconstructed with LiDAR and tree-ring data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude des changements morphologiques d'une rivière en tresses par lidar aéroporté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Natural Hazards and Earth System Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Images et modèles 3D en milieu naturel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12, pp.171-176</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00844884v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01235677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focus : Le torrent de Faucon (Ubaye)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Remaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7902,51 +7902,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of intermediate fine sediment storage in a braided river reach (southern French Prealps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Legout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7954,51 +7954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Gateuille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Esteves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Processes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 24 (10), pp.1318-1332. </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8044,64 +8044,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approches géomorphologiques de la production sédimentaire des torrents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Remaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8174,51 +8174,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Payraudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Galliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.V. Auzet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8256,64 +8256,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focus : Le bassin versant expérimental du Moulin à Draix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Remaître</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8399,51 +8399,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Labonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Jancke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8506,64 +8506,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptual framework and interdisciplinary approach for the sustainable management of gravel-bed rivers: the case of the Drôme River basin (S.E. France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Farinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8631,51 +8631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of bedload yield in gravel-bed rivers using scour chains and painted tracers: the case of the Esconavette Torrent (Southern French Prealps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Laronne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8713,51 +8713,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mobilité de la charge de fond des rivières torrentielles méditerranéennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8840,51 +8840,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">VIGIMONT project: towards landslide Early warning System</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Bernardie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chave Sylvain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8946,1132 +8946,1132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storm Alex : lessons learnt from the debris flood that occurred on October 2nd 2020 in the French Maritim Alps</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using UAS imagery to characterize grain-size distribution of braided rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïs Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Borgniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Melun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interpraevent 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Vienna, Austria. pp.680-684</w:t>
+              <w:t xml:space="preserve">River Flow 2024 -The 12th International Conference on Fluvial Hydraulics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fluvial Hydraulics Committee of the International Association for Hydro-Environment Engineering and Research, Sep 2024, Liverpool, United Kingdom. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04680214v1</w:t>
+                <w:t xml:space="preserve">hal-04678025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using UAS imagery to characterize grain-size distribution of braided rivers</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
+                <w:t xml:space="preserve">Storm Alex : lessons learnt from the debris flood that occurred on October 2nd 2020 in the French Maritim Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Melun</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Damien Kuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guitet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Carladous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Flow 2024 -The 12th International Conference on Fluvial Hydraulics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fluvial Hydraulics Committee of the International Association for Hydro-Environment Engineering and Research, Sep 2024, Liverpool, United Kingdom. pp.1-4</w:t>
+              <w:t xml:space="preserve">Interpraevent 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Vienna, Austria. pp.680-684</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04678025v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation semi-automatisée des respirations torrentielles à l'aide de modèles numériques de terrain LiDAR Semi-automated assessment of bed level fluctuations with LiDAR Digital Elevation Models</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Bedload tracing with RFID tags in gravel-bed rivers : 20 years of field and laboratory experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Apports des nouvelles technologies à l’étude du transport sédimentaire et de la morphodynamique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SHF, Jun 2023, Grenoble, France. pp.458047</w:t>
+              <w:t xml:space="preserve">Gravel Bed Rivers 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2023, Villarrica, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697347v1</w:t>
+                <w:t xml:space="preserve">hal-04680291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedload tracing with RFID tags in gravel-bed rivers : 20 years of field and laboratory experiments</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Tempête ALEX – Retour d’expérience des crues torrentielles du 2 octobre 2020 dans les Alpes-Maritimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Kuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guitet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Carladous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gravel Bed Rivers 9</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2023, Villarrica, Chile</w:t>
+              <w:t xml:space="preserve">Colloque SHF “Prévision des crues et des inondations – Avancées, valorisation et perspectives”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Toulouse, France. pp.29-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680291v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04680176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tempête ALEX – Retour d’expérience des crues torrentielles du 2 octobre 2020 dans les Alpes-Maritimes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Volume, Peak discharges and Froude Number of Debris-Flow Surges: 10 Years of Monitoring on the Réal Torrent (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Lapillonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Richefeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque SHF “Prévision des crues et des inondations – Avancées, valorisation et perspectives”</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th International Conference on Debris Flow Hazard Mitigation (DFHM8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Torino, Italy. pp.03016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/202341503016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04680176v1</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04240853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volume, Peak discharges and Froude Number of Debris-Flow Surges: 10 Years of Monitoring on the Réal Torrent (France)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+                <w:t xml:space="preserve">Comparaison des volumes de sédiments transportés lors de la tempête Alex avec d'autres crues torrentielles extrêmes Comparison of sediment volumes transported during storm Alex with other extreme torrential events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Kuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Debris Flow Hazard Mitigation (DFHM8)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Apports des nouvelles technologies à l’étude du transport sédimentaire et de la morphodynamique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHF, 2023, Grenoble, France. pp.458058</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04240853v1</w:t>
+                <w:t xml:space="preserve">hal-04697334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des volumes de sédiments transportés lors de la tempête Alex avec d'autres crues torrentielles extrêmes Comparison of sediment volumes transported during storm Alex with other extreme torrential events</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Evaluation semi-automatisée des respirations torrentielles à l'aide de modèles numériques de terrain LiDAR Semi-automated assessment of bed level fluctuations with LiDAR Digital Elevation Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Kuss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apports des nouvelles technologies à l’étude du transport sédimentaire et de la morphodynamique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, SHF, 2023, Grenoble, France. pp.458058</w:t>
+              <w:t xml:space="preserve">, SHF, Jun 2023, Grenoble, France. pp.458047</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04697334v1</w:t>
+                <w:t xml:space="preserve">hal-04697347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Channel change during catastrophic flood: example of the Alex storm in the Vésubie valley</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Crues exceptionnelles de la Vésubie et de la Roya (Oct. 2020): caractérisation hydrogéomorphologique et perspectives de gestion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Melun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Passy</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IAG International Conference on Geomorphology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Coimbra, Portugal</w:t>
+              <w:t xml:space="preserve">IS Rivers 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ZABR; GRAIE, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03779071v1</w:t>
+                <w:t xml:space="preserve">hal-04261090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crues exceptionnelles de la Vésubie et de la Roya (Oct. 2020): caractérisation hydrogéomorphologique et perspectives de gestion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Channel change during catastrophic flood: example of the Alex storm in the Vésubie valley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Passy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IS Rivers 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ZABR; GRAIE, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">10th IAG International Conference on Geomorphology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Coimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04261090v1</w:t>
+                <w:t xml:space="preserve">hal-03779071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitoring dedicated to the set up of an alert system for landslide triggered debris flows: the Valloire case study (Savoie, France)</w:t>
               </w:r>
@@ -10083,51 +10083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jongmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10195,77 +10195,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séminaire final des projets SIMOTER - projet SIMOTER 2 - POIA - FNADT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Bonnefoy-Demongeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firmin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Mouchené</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10303,77 +10303,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of an integrated management strategy to deal with landslide triggered debris flows: the Valloire case study (Savoie, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jongmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10422,148 +10422,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03130279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of bedload flux variability at Draix, Southern French Prealps, using a Reid slot sampler</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Hydromorphological restoration of the Upper Drac River</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Caroline Le Bouteiller</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Breilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Frey</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">IV Convegno Italiano Riqualificazione Fluviale 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01994340v1</w:t>
+                <w:t xml:space="preserve">hal-01982629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental bed active-layer survey with active RFID scour chains: Example of two braided rivers (the Drac and the Vénéon) in the French Alps</w:t>
               </w:r>
@@ -10575,64 +10579,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arnaud‑fassetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vazquez-Tarrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">River Flow 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Lyon-Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10651,657 +10655,666 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydromorphological restoration of the Upper Drac River</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Geomorphological patterns of grain size sorting in a braided gravel bed river (Vénéon River, French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vazquez-Tarrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV Convegno Italiano Riqualificazione Fluviale 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Bologne, Italy</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01982629v1</w:t>
+                <w:t xml:space="preserve">hal-01990555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geomorphological patterns of grain size sorting in a braided gravel bed river (Vénéon River, French Alps)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Benefits from sediment reintroduction schemes in rivers- Case studies on the Upper Drac and Büech Rivers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Laval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">Sediment Management Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990555v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01982623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benefits from sediment reintroduction schemes in rivers- Case studies on the Upper Drac and Büech Rivers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Monitoring of a sediment replenishment operation: The case of the Saint-Sauveur dam in the Buëch River (Southern Alps, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sediment Management Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Bolzano, Italy</w:t>
+              <w:t xml:space="preserve">I.S.Rivers 2018 (Integrative sciences and sustainable development of rivers)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01982623v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01814406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring of a sediment replenishment operation: The case of the Saint-Sauveur dam in the Buëch River (Southern Alps, France)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évaluation des apports sédimentaires depuis les sites miniers de Nouvelle-Calédonie à partir de la largeur de la bande active des cours d’eau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">I.S.Rivers 2018 (Integrative sciences and sustainable development of rivers)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journée des Jeunes Géomorphologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01814406v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01990031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des apports sédimentaires depuis les sites miniers de Nouvelle-Calédonie à partir de la largeur de la bande active des cours d’eau</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Direct field observations of massive bedload and debris-flow depositions in open check dams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée des Jeunes Géomorphologues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">RiverFlow 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Lyon, France. 8 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20184003003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01990031v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processing of seismic signal for different water-sediment flow processes in torrents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firmin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11320,269 +11333,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct field observations of massive bedload and debris-flow depositions in open check dams</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Characterization of bedload flux variability at Draix, Southern French Prealps, using a Reid slot sampler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Bouteiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Frey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RiverFlow 2018</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01886749v1</w:t>
+                <w:t xml:space="preserve">hal-01994340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward an operational use of debris-flow monitoring stations</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La bande active est-elle un bon proxy des apports sédimentaires depuis les sites miniers de Nouvelle-Calédonie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.15487</w:t>
+              <w:t xml:space="preserve">Transport Solide et Morphodynamique des Rivières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990901v1</w:t>
+                <w:t xml:space="preserve">hal-01990040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydromorphological monitoring of a sediment replenishment operation : the case of the Saint-Sauveur dam in the Buëch river (Southern Alps, France)</w:t>
               </w:r>
@@ -11594,51 +11568,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Geomorphology (9th ICG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, New Delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11657,433 +11631,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01640965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La bande active est-elle un bon proxy des apports sédimentaires depuis les sites miniers de Nouvelle-Calédonie ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Experimental bed active-layer survey with active RFID scour chains: Example of two braided rivers (the Drac and the Vénéon) in the French Alps.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Arnaud-Fasseta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vasquez-Tarrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport Solide et Morphodynamique des Rivières</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Lyon, France</w:t>
+              <w:t xml:space="preserve">River Flow – Ninth international conference on fluvial hydraulics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990040v1</w:t>
+                <w:t xml:space="preserve">hal-01785342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental bed active-layer survey with active RFID scour chains: Example of two braided rivers (the Drac and the Vénéon) in the French Alps.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Contrôles géomorphologiques sur la dispersion de sédiment en chenaux de montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Vazquez-Tarrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Daniel Vasquez-Tarrio</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Tal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Flow – Ninth international conference on fluvial hydraulics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Transport Solide et Morphodynamique des Rivières, TSMR 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01785342v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôles géomorphologiques sur la dispersion de sédiment en chenaux de montagne</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Combined contribution of active RFID technology, time lapse camera and DTM for monitoring of the Haut-Drac river restoration (Southern Alps, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michal Tal</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Laval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport Solide et Morphodynamique des Rivières, TSMR 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve"> 9th International Conference on Geomorphology of the International Association of Geomorphologists ICG 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, New Delhi, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01988208v1</w:t>
+                <w:t xml:space="preserve">hal-01640977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined contribution of active RFID technology, time lapse camera and DTM for monitoring of the Haut-Drac river restoration (Southern Alps, France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Toward an operational use of debris-flow monitoring stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Laval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 9th International Conference on Geomorphology of the International Association of Geomorphologists ICG 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, New Delhi, India</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. pp.15487</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01640977v1</w:t>
+                <w:t xml:space="preserve">hal-01990901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RHYTMME system: an operational real-time warning and mapping system for flash floods, debris flows, landslide and rock falls in Southeastern France.</w:t>
               </w:r>
@@ -12121,51 +12121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Atger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ecrepont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Vienna, Austria. pp.2</w:t>
@@ -12220,64 +12220,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Carladous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12367,64 +12367,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coraline Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Carladous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Firmin Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Chambéry, France</w:t>
@@ -12453,90 +12453,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications in Fluvial Geomorphology: a multi-scale perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Alber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Morandi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12568,458 +12568,458 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01360890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique sédimentaire des torrents sujets au charriage extrême et aux laves torrentielles : monitoring, suivi photogrammétrique et traçage RFID</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Régulation du transport solide par les barrages de correction torrentielle: confrontation d'observations de terrain avec des expériences en laboratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Spitoni</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Fontaine</w:t>
+                <w:t xml:space="preserve">S. Carladous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème congrès français de sédimentologie ASF2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Chambéry, France. pp.39</w:t>
+              <w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Chambery, France. 5 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603483v1</w:t>
+                <w:t xml:space="preserve">hal-01271773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation of a real-time warning and mapping system for natural hazards triggered by rainfall in mountainous and Mediterranean areas of Southeastern France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">P. Mériaux</w:t>
+                <w:t xml:space="preserve">Dynamique sédimentaire des torrents sujets au charriage extrême et aux laves torrentielles : monitoring, suivi photogrammétrique et traçage RFID</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Spitoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Atger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Liébault</w:t>
+                <w:t xml:space="preserve">F. Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Workshop on Precipitation in Urban Areas (UrbanRain15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2015, Pontresina, Switzerland. pp.UR15-22</w:t>
+              <w:t xml:space="preserve">15ème congrès français de sédimentologie ASF2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Chambéry, France. pp.39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01548431v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régulation du transport solide par les barrages de correction torrentielle: confrontation d'observations de terrain avec des expériences en laboratoire</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Bel</w:t>
+                <w:t xml:space="preserve">Implementation of a real-time warning and mapping system for natural hazards triggered by rainfall in mountainous and Mediterranean areas of Southeastern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mériaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Carladous</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">H. Bellot</w:t>
+                <w:t xml:space="preserve">F. Atger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ecrepont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès Français de Sédimentologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Chambery, France. 5 p</w:t>
+              <w:t xml:space="preserve">10th International Workshop on Precipitation in Urban Areas (UrbanRain15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Pontresina, Switzerland. pp.UR15-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01271773v1</w:t>
+                <w:t xml:space="preserve">hal-01548431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hillslope erosion mapping from multi-resolution and multi-sources remote sensing data: application to the Southern French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EGU, Apr 2015, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13038,316 +13038,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01359527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hillslope erosion mapping in the Southern French Alps by combination of multi-source data</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Debris flow monitoring in the French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th EARSel (European Association of Remote Sensing Laboratories) Symposium, 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EARSel, Jun 2014, Warsaw, Poland</w:t>
+              <w:t xml:space="preserve">River Flow 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Lausanne, Switzerland. pp.1589-1595</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01347768v1</w:t>
+                <w:t xml:space="preserve">hal-02600187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris flow monitoring in the French Alps</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hillslope erosion mapping in the Southern French Alps by combination of multi-source data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Flow 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Lausanne, Switzerland. pp.1589-1595</w:t>
+              <w:t xml:space="preserve">34th EARSel (European Association of Remote Sensing Laboratories) Symposium, 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EARSel, Jun 2014, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02600187v1</w:t>
+                <w:t xml:space="preserve">halshs-01347768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bedload transport monitoring in a small upland catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Laronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Jantzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Ravanat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13402,64 +13402,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debris-flow susceptibility assessment GIS-based methods to characterize upland catchments at a regional scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th IAG International Conference on Geomorphology. Session : S26C - DEMs, GIS and spatial analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAG, Aug 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13478,489 +13478,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01347641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Braided channel morphological changes derived from a combined analysis of multidate airborne LiDAR and archive aerial photographs</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wood decay of harvested Austria black pines in the Southern French Alps.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.E. Murillo Munoz</w:t>
+                <w:t xml:space="preserve">Christophe Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Astrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">River Flow 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, San Jose, Costa Rica. pp.715-719</w:t>
+              <w:t xml:space="preserve">Soil biol - and eco-engineering : the use of vegetation to improve slope stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02599484v1</w:t>
+                <w:t xml:space="preserve">halsde-00746808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susceptibility of small upland catchments to debris-flow</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Braided channel morphological changes derived from a combined analysis of multidate airborne LiDAR and archive aerial photographs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.E. Murillo Munoz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Congress INTERPRAEVENT 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Grenoble, France. pp.47-58</w:t>
+              <w:t xml:space="preserve">River Flow 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, San Jose, Costa Rica. pp.715-719</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02599486v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de la dynamique morphologique d'une rivière en tresses à la suite d'une crue à partir de deux couvertures aéoportées LiDAR : problèmes métrologiques et premiers résultats</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
+                <w:t xml:space="preserve">Susceptibility of small upland catchments to debris-flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque : Morphodynamique et transport solide en rivière : du terrain aux modèles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université des Sciences et Techniques de Tours, Oct 2012, Tours, France</w:t>
+              <w:t xml:space="preserve">12th Congress INTERPRAEVENT 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Grenoble, France. pp.47-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01346277v1</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wood decay of harvested Austria black pines in the Southern French Alps.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Caractérisation de la dynamique morphologique d'une rivière en tresses à la suite d'une crue à partir de deux couvertures aéoportées LiDAR : problèmes métrologiques et premiers résultats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Frederic Berger</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil biol - and eco-engineering : the use of vegetation to improve slope stability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">Colloque : Morphodynamique et transport solide en rivière : du terrain aux modèles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université des Sciences et Techniques de Tours, Oct 2012, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00746808v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01346277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ECSTREM, une approche pratique pour prédire la production sédimentaires des torrents des Alpes françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Marco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13992,752 +13992,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02599485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuité et connectivité en géomorphologie</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+                <w:t xml:space="preserve">Study of morphological changes of a gravel-bed braided river with a combined analysis of airborne LiDAR and archive aerial photographs (French Prealps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du programme eaux et territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Chambéry, Sep 2012, Chambéry, France</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Vienne, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01346210v1</w:t>
+                <w:t xml:space="preserve">hal-02597937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of morphological changes of a gravel-bed braided river with a combined analysis of airborne LiDAR and archive aerial photographs (French Prealps)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Leduc</w:t>
+                <w:t xml:space="preserve">Continuité et connectivité en géomorphologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Vienne, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">Séminaire du programme eaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Chambéry, Sep 2012, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02597937v1</w:t>
+                <w:t xml:space="preserve">halshs-01346210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-frequency monitoring of debris flows in the French Alps: preliminary results of a starting program</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Debris-flow susceptibility and hazard assessment at a regional scale from GIS analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Congress INTERPRAEVENT 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Grenoble, France. pp.281-291</w:t>
+              <w:t xml:space="preserve">NH12A. Advances in Landslide Hazard Research: Assessment, Monitoring, and Forecastng. H. AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AGU, Dec 2012, San Francisco, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02599487v1</w:t>
+                <w:t xml:space="preserve">halshs-01346720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bedload transport monitoring at Draix</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Wood decay of harvested Austria black pines in the Southern French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Astrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.J. Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Berger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Monitoring Bedload and Debris-Flows in Mountain Basins</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Bolzano, Italy. pp.1</w:t>
+              <w:t xml:space="preserve">Soil bio- and eco-engineering: the use of vegetation to improve slope stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Vancouver, Canada. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02599489v1</w:t>
+                <w:t xml:space="preserve">hal-02597261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wood decay of harvested Austria black pines in the Southern French Alps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Bedload transport monitoring at Draix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Astrade</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.B. Laronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.J. Brun</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">N. Mathys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Ravanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil bio- and eco-engineering: the use of vegetation to improve slope stability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Vancouver, Canada. pp.1</w:t>
+              <w:t xml:space="preserve">International Workshop on Monitoring Bedload and Debris-Flows in Mountain Basins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Bolzano, Italy. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02597261v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02599489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris-flow susceptibility and hazard assessment at a regional scale from GIS analysis</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-frequency monitoring of debris flows in the French Alps: preliminary results of a starting program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Travaglini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NH12A. Advances in Landslide Hazard Research: Assessment, Monitoring, and Forecastng. H. AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AGU, Dec 2012, San Francisco, États-Unis</w:t>
+              <w:t xml:space="preserve">12th Congress INTERPRAEVENT 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Grenoble, France. pp.281-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01346720v1</w:t>
+                <w:t xml:space="preserve">hal-02599487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of biogeomorphological processes on mountain slopes : two pratical applications of harvesting un Southern French Prealps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Astrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jacques Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14788,90 +14788,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment regimes of alpine braided rivers (SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Talaska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IS Rivers 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Lyon, France. 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14896,77 +14896,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LiDAR-derived morphological changes of a graval-bed braided river in the French Prealps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">River Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, San José, Costa Rica</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14985,748 +14985,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01346200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sediment budget monitoring of the Manival torrent (French Prealps)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">ECSTReM, une méthode pratique pour prédire la production sédimentaire annuelle et événementielle des torrents à partir d'observations originales spécifiques aux Alpes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Peteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Journée de Rencontre sur les Dangers Naturels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Lausanne, Switzerland. pp.6</w:t>
+              <w:t xml:space="preserve">Colloque Eaux en Montagne de la Société Hydrotechnique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Lyon, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595383v1</w:t>
+                <w:t xml:space="preserve">hal-00615485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ECSTReM, une méthode pratique pour prédire la production sédimentaire annuelle et événementielle des torrents à partir d'observations originales spécifiques aux Alpes françaises</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Liébault</w:t>
+                <w:t xml:space="preserve">LiDAR-derived morphological changes of gravel-bed rivers in the French Prealps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Eaux en Montagne de la Société Hydrotechnique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Lyon, France. 6 p</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, Apr 2011, Vienne, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00615485v1</w:t>
+                <w:t xml:space="preserve">hal-02595472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Installation d'un suivi en continu des crues et laves torrentielles dans les Alpes françaises</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Torrential susceptibility at a regional scale, Southern Alps (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Carlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Piegay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de Rencontre sur les Dangers Naturels, Institut de Géomatique et d'Analyse du Risque</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2011, Lausanne, Suisse. 8 p</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00615484v1</w:t>
+                <w:t xml:space="preserve">hal-02595465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le suivi des processus érosifs dans la haute vallée de la Bléone : l'ORE Draix-Bléone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mathys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Klotz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Esteves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Séolane</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Barcelonnette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02596297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torrential susceptibility at a regional scale, Southern Alps (France)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Installation d'un suivi en continu des crues et laves torrentielles dans les Alpes françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Ravanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">Journée de Rencontre sur les Dangers Naturels, Institut de Géomatique et d'Analyse du Risque</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Lausanne, Suisse. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02595465v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00615484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LiDAR-derived morphological changes of gravel-bed rivers in the French Prealps</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">High-frequency monitoring of debris-flows and flash floods in the French Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Ravanat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EGU, Apr 2011, Vienne, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595472v1</w:t>
+                <w:t xml:space="preserve">hal-02595215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity analysis of environmental changes associated with riverscape evolutions following sediment reintroduction: Application to the Drôme River network, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">H24D Session : Landscape system response under change. AGU fall meeting 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2011, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15745,234 +15749,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01344868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-frequency monitoring of debris-flows and flash floods in the French Alps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Sediment budget monitoring of the Manival torrent (French Prealps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Loye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Jaboyedoff</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1</w:t>
+              <w:t xml:space="preserve">2ème Journée de Rencontre sur les Dangers Naturels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Lausanne, Switzerland. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595215v1</w:t>
+                <w:t xml:space="preserve">hal-02595383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dendrogeomorphological reconstruction of past debris-flow events on the Manival torrent (French Alps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lopez-Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Corona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Corona</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">A. Gotteland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stoffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpraevent 2010, International Symposium in Pacifc Rim</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Tapei, Taiwan. pp.227-234</w:t>
@@ -16001,64 +16001,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catchment-scale sediment transport in torrents: the case of the Manival (French Prealps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Loye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16122,90 +16122,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A radio frequency tracing experiment of bedload transport in a small braided mountain stream</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Deschâtres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, VIENNA, Austria. pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16230,77 +16230,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Comparison between antidunes and step-pools geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd IAHR congress : water engineering for a sustainable environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Vancouver, Canada. pp.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16325,77 +16325,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment budget of a debris flow event in the French Prealps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Loye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laigle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16440,260 +16440,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02595473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incertitudes associées aux données géographiques pour la quantification des vitesses de migration des méandres - Application à la Basse Vallée de la Bruche</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Biogéomorphologie, dynamique sédimentaire et milieux forestiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Astrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dov Jean-François Corenblit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-François Le Lay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque SAGEO 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Montpellier, France. pp.17</w:t>
+              <w:t xml:space="preserve">L'évolution de la recherche sur les hydrosystèmes continentaux en géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595209v1</w:t>
+                <w:t xml:space="preserve">halshs-00277400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogéomorphologie, dynamique sédimentaire et milieux forestiers</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Incertitudes associées aux données géographiques pour la quantification des vitesses de migration des méandres - Application à la Basse Vallée de la Bruche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Payraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Galliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.V. Auzet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'évolution de la recherche sur les hydrosystèmes continentaux en géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque SAGEO 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Montpellier, France. pp.17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00277400v1</w:t>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02595209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inondation en espace péri-urbain : convoquer un éventail de disciplines pour analyser l'aléa et la vulnérabilité de la Basse-Bruche (Alsace)</w:t>
               </w:r>
@@ -16929,103 +16929,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport solide par charriage et régimes morphologiques : observations en conditions naturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-B. Laronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transports Solides et Gestion des Sédiments en Milieux Naturel et Urbain. 187ème session du Comité Scientifique et Technique de la Société Hydrotechnique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SHF, Nov 2007, Lyon, France. pp.25-32</w:t>
@@ -17054,103 +17054,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport solide par charriage et régimes morphologiques : observations en conditions naturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Laronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">187e session du comité scientifique et technique de la Société Hydrotechnique de France (SHF) "Transports solides et gestion des sédiments en milieux naturels et Urbains", Lyon, 28-29 novembre 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.25-32</w:t>
@@ -17179,103 +17179,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation des photographies aériennes en géomorphologie fluviale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Delacourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lejot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque AQQUA-ACFAS Approches et méthodes en géomorphologie fluviale : pratiques et étude de cas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AQQUA-ACFAS - Université du Québec, May 2007, Trois-Rivières, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17300,77 +17300,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting bedload transport of mountain streams: the case of the Esconavette Torrent (Southern French Prealps)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geophysical Union (EGU) general assembly, Vienna, AUT 16-20 April 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17427,90 +17427,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The contribution of geophysics to the hydromorphological monitoring of an alpine river restoration: example of the upper Drac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïs Ribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Winiarski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17548,103 +17548,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Granulométrie de surface des lits en tresses à partir d'images drone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïs Ribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Borgniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Deschâtres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Apports des nouvelles technologies à l’étude du transport sédimentaire et de la morphodynamique"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Grenoble, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -17682,51 +17682,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of mining activities on channel morphology in the Thio River catchment, New Caledonia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17803,64 +17803,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Brousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Borgniet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -17954,51 +17954,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Atger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ecrepont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises nationales des risques naturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Marseille, France. pp.1, 2016</w:t>
@@ -18079,51 +18079,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fouchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Javelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">États généraux de l'eau en Montagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Megève, France. pp.1, 2014</w:t>
@@ -18204,51 +18204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Marche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Javelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises nationales des risques naturels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2013, Bordeaux, France. pp.1, 2013</w:t>
@@ -18271,312 +18271,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02605909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debris-flow susceptibility of small upland catchments - Discrimination of geo-morphic processes in Southern Franch Alps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Study of morphological changes of a gravel-bed braided river with a combined analysis of airborne LiDAR and archive aerial photographs (French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interpraevent</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Grenoble, France. 2012</w:t>
+              <w:t xml:space="preserve">EGU General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Vienne, Austria. 14, 2012, Geophysical Research Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01237612v1</w:t>
+                <w:t xml:space="preserve">halshs-01237652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of morphological changes of a gravel-bed braided river with a combined analysis of airborne LiDAR and archive aerial photographs (French Alps)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Debris-flow susceptibility of small upland catchments - Discrimination of geo-morphic processes in Southern Franch Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Leduc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Vienne, Austria. 14, 2012, Geophysical Research Abstracts</w:t>
+              <w:t xml:space="preserve">Interpraevent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Grenoble, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01237652v1</w:t>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01237612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response of biogeomorphological processes on mountain slopes: two practical applications of harvesting in Southern French Prealps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Astrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bigot</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J.J. Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Berger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpraevent 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Grenoble, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18595,338 +18595,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02597058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk assessment of environmental changes associated with riverscape evolutions at a network scale: application to the Drôme River basin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Torrential susceptibility at a regional scale, Southern Alps (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Carlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. EGU General Assembly 2011, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01340152v1</w:t>
+                <w:t xml:space="preserve">halshs-01340171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torrential susceptibility at a regional scale, Southern Alps (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Risk assessment of environmental changes associated with riverscape evolutions at a network scale: application to the Drôme River basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Piégay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hervé Piégay</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. EGU General Assembly 2011, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01340171v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01340152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risk assessment of environmental changes associated with riverscape evolutions at a network scale: application to the Drôme River basin, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Pont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. Geophysical Research Abstracts, 13 (EGU2011-11946), pp.1, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18964,64 +18964,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debris-Flow susceptibility at a regional scale, Southern Alps (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19059,64 +19059,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debris-flow susceptibility at a regional scale, Southern Alps (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire TR Rivages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Aix-en-Provence, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19141,64 +19141,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Testing several bedload transport equations with consideration of time scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Peteuil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19229,77 +19229,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coarse sediment transport and production in torrents: preliminary results of a starting project in the Northern French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Laigle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19337,77 +19337,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sediment supply during flow events in a small experimental upland catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Waeckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Klotz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th EGU</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Vienna, Austria. pp.1, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19432,90 +19432,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gravel pockets mobility and residence time in step-pool mountain streams of the Matilija River Basin, Southern California</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Mathias Kondolf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Toby Minear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium of the British Hydrological Society: River bed patches: hydraulics, ecology and geomorphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2002, Department of Geography, Loughborough University, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19566,263 +19566,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydromorphological restoration of the Upper Drac River (Hautes-Alpes, France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
+                <w:t xml:space="preserve">Assessing linkages between river morphology and ecosystem services provided by alpine rivers: the EU HyMoCARES project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Carolli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Pusch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Beichler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Costea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guido Zolezzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01990017v1</w:t>
+                <w:t xml:space="preserve">hal-01984969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing linkages between river morphology and ecosystem services provided by alpine rivers: the EU HyMoCARES project</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydromorphological restoration of the Upper Drac River (Hautes-Alpes, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Brousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Borgniet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Arnaud-Fassetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guido Zolezzi</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-01984969v1</w:t>
+                <w:t xml:space="preserve">hal-01990017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -19840,77 +19840,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier. L'hydromorphologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Arnaud-Fassetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20118,530 +20118,530 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04254220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Largeur des bandes actives : un outil empirique pour évaluer le surengravement. Référentiel méthodologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gestion du passif de l'activité minière en Nouvelle-Calédonie. Guide méthodologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRT Nickel et son environnement. 79 p., 2018, Programme Gestion du passif. [Tome Nickel et Environnement], </w:t>
+            </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Bertand</w:t>
-[...41 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34928/h1r7-cz69⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34928/am48-e187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03418620v1</w:t>
+                <w:t xml:space="preserve">ird-01934446v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion du passif de l'activité minière en Nouvelle-Calédonie. Guide méthodologique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Largeur des bandes actives : un outil empirique pour évaluer le surengravement. Référentiel méthodologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Bertand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Richard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">CNRT Nickel et son environnement. 79 p., 2018, Programme Gestion du passif. [Tome Nickel et Environnement], </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE, CNRT Nickel et son environnement. 8 p., 2018, Programme Gestion du passif. [Tome Nickel et Environnement], </w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34928/am48-e187⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34928/h1r7-cz69⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId467" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-01934446v2</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03418620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plateforme RHYTMME, notice utilisateur</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florence Atger</w:t>
+                <w:t xml:space="preserve">Qu'est-ce qui change ? 38 idées reçues sur le changement climatique en montagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Piazza Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Eckert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dupire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Irstea, pp.56, 2017</w:t>
+              <w:t xml:space="preserve">Irstea, Grenoble, pp.44, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02605910v1</w:t>
+                <w:t xml:space="preserve">hal-02607360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qu'est-ce qui change ? 38 idées reçues sur le changement climatique en montagne</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plateforme RHYTMME, notice utilisateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Fouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Atger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Irstea, pp.56, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dupire</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-02607360v1</w:t>
+                <w:t xml:space="preserve">hal-02605910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forêt et recharge sédimentaire de rivières torrentielles : possibilités d’actions sur la base des expérimentations Drôme et Ouvèze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Bordeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Landon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20756,77 +20756,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dov Corenblit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Steiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resilience and Riverine Landscapes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.269-286, 2024, 978-0-323-91716-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20845,601 +20845,601 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04320392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique géomorphologique des torrents. Interets de l'emploi des appareil photographiques automatiques.</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring du charriage avec une trappe à fente, observatoire de Draix</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Klotz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jantzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Ravanat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monitoring en milieu naturel : retours d'expériences en terrains difficiles.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 19, Collection EDYTEM, pp. 2015-2015, 2017, 978-2-918435-11-2</w:t>
+              <w:t xml:space="preserve">Monitoring en milieux naturels. Retours d'expériences en terrains difficiles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19, Université de Savoie, pp.221-226, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02071718v1</w:t>
+                <w:t xml:space="preserve">hal-02490885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring du charriage avec une trappe à fente, observatoire de Draix</w:t>
-[...55 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamique géomorphologique des torrents. Interets de l'emploi des appareil photographiques automatiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuel Malet; Laurent Astrade. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monitoring en milieux naturels. Retours d'expériences en terrains difficiles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 19, Université de Savoie, pp.221-226, 2017</w:t>
+              <w:t xml:space="preserve">Monitoring en milieu naturel : retours d'expériences en terrains difficiles.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 19, Collection EDYTEM, pp. 2015-2015, 2017, 978-2-918435-11-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02490885v1</w:t>
+                <w:t xml:space="preserve">hal-02071718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial variability of channel erosion by debris-flows (field observations in the French Alps)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Arattano</w:t>
+                <w:t xml:space="preserve">Monitoring Debris Flow Propagation in Steep Erodible Channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coraline Bel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oldrich Navratil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firmin Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Bel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Geology for Society and Territory, Vol 3: River Basins, Reservoir Sedimentation and Water Resources. G. Lollino et al. (eds.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-09054-2_19⟩</w:t>
+              <w:t xml:space="preserve">Engineering Geology for Society and Territory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.103-107, 2015, Engineering Geology for Society and Territory, Volume 3, River basins, Reservoir Sedimentation and Water Resources. G. Lollino et al. (eds.), 978-3-319-09053-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId484" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-09054-2_20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603011v1</w:t>
+                <w:t xml:space="preserve">halshs-02083320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring Debris Flow Propagation in Steep Erodible Channels</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hervé Bel</w:t>
+                <w:t xml:space="preserve">Spatial variability of channel erosion by debris-flows (field observations in the French Alps)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Theule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Laigle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lollino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Arattano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Geology for Society and Territory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer International Publishing, pp.103-107, 2015, Engineering Geology for Society and Territory, Volume 3, River basins, Reservoir Sedimentation and Water Resources. G. Lollino et al. (eds.), 978-3-319-09053-5. </w:t>
+              <w:t xml:space="preserve">Engineering Geology for Society and Territory, Vol 3: River Basins, Reservoir Sedimentation and Water Resources. G. Lollino et al. (eds.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.97-101, 2015, 978-3-319-09053-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-09054-2_20⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-09054-2_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02083320v1</w:t>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02603011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géomorphologie des rivières de montagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Remaître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Recking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -21507,51 +21507,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Vale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Evette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Zanetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21606,77 +21606,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion du risque ou gestion de l'environnement? Le cas des massifs du Diois et des Baronnies, Préalpes du Sud, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Zahnd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -21839,51 +21839,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La végétation ligneuse dans les systèmes fluviaux anthropisés : quelques avancées conceptuelles et méthodologiques récentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Astrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Corenblit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21891,51 +21891,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.F. Le Lay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laganier R.; Arnaud-Fassetta G. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les géographies de l'eau : processus, dynamique et gestion de l'hydrosystème</w:t>
@@ -21968,64 +21968,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tributaries and the management of main-stem geomorphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Piegay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22093,77 +22093,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tributaries and the management of main-stem geomorphology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Landon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -22259,51 +22259,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exportation solide en moyenne montagne et modes d'action de l'érosion fluviale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Du continent au bassin versant : théories et pratiques en géographie physique : hommage au professeur Alain Godard = From continent to catchment : theories and practices in physical geography : a tribute to professor Aalin Godard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, pp.449-455</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22360,77 +22360,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signatures morpho-sédimentaires des rivières en tresses alpines appliquées à la restauration physique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïs Ribet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Melun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IGE – Institut des Géosciences de l’Environnement; OFB, Office Français de la Biodiversité. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -22461,64 +22461,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élaborer et mettre en œuvre un plan de gestion sédimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId509" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Malavoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Piégay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Sureau-Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22562,77 +22562,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du bilan sédimentaire et de la métamorphose fluviale de l'ensemble du bassin - Tâche 1 : Caractérisation de la contribution sédimentaire des têtes de bassin de la Vésubie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MorphEau Conseils; IGE – Institut des Géosciences de l’Environnement. 2023, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -22648,385 +22648,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réaligner les données LiDAR multi-temporelles: pourquoi?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Imagerie haute résolution pour l'hydromorphologie des rivières alpines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïs Ribet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">MorphEau Conseils; IGE – Institut des Géosciences de l’Environnement. 2023, pp.4</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Deschâtres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Borgniet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrae; OFB. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206197v1</w:t>
+                <w:t xml:space="preserve">hal-04685823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imagerie haute résolution pour l'hydromorphologie des rivières alpines</w:t>
-[...58 lines deleted...]
-              <w:t xml:space="preserve">Inrae; OFB. 2023</w:t>
+                <w:t xml:space="preserve">Retour d’expérience technique de la crue du 2 octobre 2020 dans la vallée de la Roya - Volet torrentiel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Quefféléan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Guitet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Kuss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ONF-RTM; ONF-DRN; INRAE ETNA; Ministère de la Transition Ecologique; Direction Départementale des Territoires et de la Mer des Alpes-Maritimes. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04685823v1</w:t>
+                <w:t xml:space="preserve">hal-04681633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retour d’expérience technique de la crue du 2 octobre 2020 dans la vallée de la Roya - Volet torrentiel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Réaligner les données LiDAR multi-temporelles: pourquoi?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MorphEau Conseils; IGE – Institut des Géosciences de l’Environnement. 2023, pp.4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Quefféléan</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-04681633v1</w:t>
+                <w:t xml:space="preserve">hal-04206197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse du bilan sédimentaire et de la métamorphose fluviale de l'ensemble du bassin - Tâche 2 : Analyse intégrée du phénomène de métamorphose fluviale du bassin versant de la Vésubie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IGE – Institut des Géosciences de l’Environnement. 2023, pp.21</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -23061,51 +23061,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualification et quantification des flux de la mine au lagon et de leurs impacts. Rapport synthétique des travaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Allenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Despinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23183,51 +23183,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualification et quantification des flux de la mine au lagon et de leurs impacts. Rapport scientifique final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Allenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Despinoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23292,51 +23292,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical note on the evaluation of physical and ecological effects of river restoration works, Buëch and Upper Drac rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23404,271 +23404,271 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03765625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RAPPORT FINAL DU PROJET ADAMONT IMPACTS DU CHANGEMENT CLIMATIQUE ET ADAPTATION EN TERRITOIRE</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Bray</w:t>
+                <w:t xml:space="preserve">Gestion du passif de l'activité minière. Rapport scientifique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Liébault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Recking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Irstea. 2018</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Programme Gestion du passif. Tome Nickel et Environnement, CNRT Nickel et son environnement. 2018, 123 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02957945v1</w:t>
+                <w:t xml:space="preserve">ird-01934436v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion du passif de l'activité minière. Rapport scientifique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Piton</w:t>
+                <w:t xml:space="preserve">RAPPORT FINAL DU PROJET ADAMONT IMPACTS DU CHANGEMENT CLIMATIQUE ET ADAPTATION EN TERRITOIRE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Achin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Alavoine-Mornas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danaé Alphe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Programme Gestion du passif. Tome Nickel et Environnement, CNRT Nickel et son environnement. 2018, 123 p</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Irstea. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ird-01934436v2</w:t>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02957945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guidelines for assessing sediment dynamics in alpine basins and channel reaches - WP4 Basin-scale Sediment Dynamics</w:t>
               </w:r>
@@ -23693,51 +23693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Heckmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rimböck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -23785,51 +23785,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'expertise des données LiDAR aéoportées de la Clarée, de la Guisane et de la Gyronde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Conseil Général des Hautes-Alpes. IRSTEA-ETGR. 2012, 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -23864,51 +23864,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'expertise des données LiDAR aéroportées du Drac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Lallias-Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport Technique] Conseil Général des Hautes-Alpes. IRSTEA-ETGR. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -23924,345 +23924,345 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01240888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régime sédimentaire et morphologie des rivières en tresses alpines et méditerrannéennes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Régime sédimentaire et morphologie des rivières en tresses alpines et méditerranéennes Contribution du Cemagref Grenoble au projet typologie des rivières en tresses du bassin RMC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] CEMAGREF. 2010, 28 p</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Cassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Jantzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Talaska</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CEMAGREF GRENOBLE. 2010, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01240918v1</w:t>
+                <w:t xml:space="preserve">hal-03148913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régime sédimentaire et morphologie des rivières en tresses alpines et méditerranéennes Contribution du Cemagref Grenoble au projet typologie des rivières en tresses du bassin RMC</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Régime sédimentaire et morphologie des rivières en tresses alpines et méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cassel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jantzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Tacon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Talaska</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Talaska</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03148913v1</w:t>
+                <w:t xml:space="preserve">hal-02595463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'utilisation des plages de dépôts pour la mesure du transport solide torrentiel : applications dans le département de l'Isère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Peteuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fragnol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Theule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -24282,145 +24282,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02595462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régime sédimentaire et morphologie des rivières en tresses alpines et méditerranéennes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Régime sédimentaire et morphologie des rivières en tresses alpines et méditerrannéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Liébault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jantzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Tacon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Talaska</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] irstea. 2010, pp.27</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] CEMAGREF. 2010, 28 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02595463v1</w:t>
+                <w:t xml:space="preserve">halshs-01240918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId546" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substrat, Mise en commun et développements méthodologiques</w:t>
               </w:r>
@@ -24556,51 +24556,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geomorphology and sediment transport of alpine fluvial systems: from steep-slope torrents to piedmont gravel-bed rivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Liébault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Environmental Sciences. Université grenoble Alpes, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -24708,51 +24708,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E90733B8"/>
+    <w:nsid w:val="C3E4F583"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -24939,51 +24939,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-liebault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3155-6779" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075978636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272207v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Welfringer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Li&#233;bault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laigle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Kuss" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14nmk" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168971v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Scorpio" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel V&#225;zquez-Tarr&#237;o" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2025.109889" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176534v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Ribet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Borgniet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Desch&#226;tres" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Melun" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-13-607-2025" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306862v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cohen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Flipo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Nowak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Chapuis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.108981" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04774328v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazhi Qie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favillier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Ballesteros C&#225;novas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lopez-Saez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53316-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205726v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5704" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647963v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Comiti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piegay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Rinaldi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5848" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328624v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.109008" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690787v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martins" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guitet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carladous" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2024.2381471" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685750v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Klotz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Bouteiller" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle Mathys" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin Fontaine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ravanat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-4371-2023" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096417v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lapillonne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Liebault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richefeu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-23-1241-2023" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006513v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2023.42.7267" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293682v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Recking" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5646" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03882699v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Breton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Charl&#233;ty" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Larose" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104225" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616026v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mouron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertrand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mammola" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.06099" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479261v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Laronne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Klotz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Bel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.108055" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479274v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Pitlick" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Misset" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021WR030470" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125234v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brousse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud-Fassetta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Breilh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tacon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142517" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125244v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Altmann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Haas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Heckmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Becht" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5046" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135472v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud&#8208;fassetta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.3527" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610266v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4478" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132860v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.32190" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610277v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Li&#233;bault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brousse" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Borgniet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arnaud-Fassetta" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129862v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marco" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Richard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485109v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bizzi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4787" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430807v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel V&#225;zquez&#8208;tarr&#237;o" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Tal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Men&#233;ndez&#8208;duarte" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4484" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982602v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.3530" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002911v2" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2017.01.039" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983527v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jantzi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765600v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vazquez-Tarrio" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606179v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jantzi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2017.03.026" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606440v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Habersack" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Comiti" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2017.05.014" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01723507v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Malard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capderrey" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Churcheward" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13040" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635571v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Berthet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bellot" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1384" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983198v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tacnet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3967" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605350v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Piegay" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.3543" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656535v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1385" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083308v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2016.04.004" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LV72Q8DS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650397v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430763v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lallias-Tacon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pi&#233;gay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2016.07.038" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3PD9L0ZD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603616v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loye" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaboyedoff" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.I. Theule" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-4-489-2016" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004285v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Klotz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B Laronne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2016.07.014" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601353v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laigle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2015.05.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600318v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2014.02.014" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GCXQBKZF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218178v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pont" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597456v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cassel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Talaska" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.2615" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VMGJMD8Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923336v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Phillips" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rey" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marden" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1179-5395-43-14" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599056v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-013-0575-4" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DAB8A9C856FA95E890576AEA0749B4D682A340FE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599060v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bellot" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Travaglini" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theule" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2013.06.017" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598323v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15715124.2012.754444" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243060v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737846v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-731-2012" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599481v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pedrazzini" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3285" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89AA0D6F3B8D293A6C826A1748E6B6EE24A7FE74/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285726v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.2245" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K8MBCWK9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596293v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Recking" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leduc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Church" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2011.09.024" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGDJXZG8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597416v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peteuil" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jolimet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3213" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0C8KTTPC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235677v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tacon" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595207v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4408/IJEGE.2011-03.B-085" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597498v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595208v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00844884v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez Saez" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corona" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gotteland" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-11-1247-2011" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586186v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rema&#238;tre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.2.17" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564669v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legout" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gateuille" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Esteves" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7594" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XT2GC229-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537554v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.2.15" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593463v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Payraudeau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Galliot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Auzet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545524v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.2.16" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591912v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evette" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labonne" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jancke" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-009-9275-y" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7092LTPG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592897v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farinetti" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allain" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Landon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590637v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Laronne" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591851v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708863v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bernardie" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chave Sylvain" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Thiery" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680214v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Robert" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678025v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697347v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mano" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680291v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680176v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04240853v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202341503016" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697334v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Morel" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779071v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261090v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431466v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jongmans" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rey" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130427v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Bonnefoy-Demongeot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Mouchen&#233;" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130279v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994340v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frey" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874264v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud&#8209;fassetta" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982629v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laval" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990555v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982623v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814406v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990031v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994350v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01886749v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184003003" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990901v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640965v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990040v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785342v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud-Fasseta" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vasquez-Tarrio" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988208v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640977v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605867v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fouchier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;riaux" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Atger" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ecrepont" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01320514v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160712011" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01320562v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01360890v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alber" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603483v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spitoni" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fontaine" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548431v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Atger" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271773v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carladous" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359527v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bertrand" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01347768v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600187v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599488v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ravanat" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01347641v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599484v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Murillo Munoz" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599486v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346277v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00746808v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bigot" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Brun" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Berger" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599485v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peteuil" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346210v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597937v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599487v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599489v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathys" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597261v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bigot" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Astrade" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Brun" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346720v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747802v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Brun" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berger" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952313v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346200v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595383v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615485v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615484v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596297v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595465v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carlin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595472v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01344868v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pont" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595215v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595743v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez-Saez" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595214v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591852v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chapuis" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593197v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595473v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595209v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277400v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dufour" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Fran&#231;ois Le Lay" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595121v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Glatron" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rozan" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eleuterio" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570244v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Eleuterio" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Auzet" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01362311v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frey" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Laronne" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589774v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01367135v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590093v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170161v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669350v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991961v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Garcin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990016v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605869v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605908v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Javelle" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605909v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marche" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237612v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237652v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leduc" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597058v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01340152v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01340171v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carlin" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595470v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237752v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01238165v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595619v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591859v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591015v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Waeckel" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046540v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mathias Kondolf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toby Minear" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990017v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984969v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Carolli" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pusch" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Beichler" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Costea" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Zolezzi" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399198v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arnaud" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Bilodeau" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019037" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254220v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drapier" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Adn&#232;s" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barillier" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418620v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertand" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34928/h1r7-cz69" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01934446v2" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34928/am48-e187" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605910v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607360v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piazza Morel" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rapin" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupire" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596434v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordeaux" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Justin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cave" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320392v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Corenblit" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02071718v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02490885v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603011v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lollino" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arattano" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09054-2_19" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083320v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09054-2_20" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599483v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599305v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vale" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zanetti" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Espinasse" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593464v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Zahnd" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595206v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595205v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Corenblit" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dufour" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.F. Le Lay" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590867v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rice" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435349v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Landon" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470760383.ch12" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589778v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198743v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835519v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Malavoi" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sureau-Blanchet" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Terrier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218112v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04206197v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685823v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681633v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Queff&#233;l&#233;an" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218120v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417994v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allenbach" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417991v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765625v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gaucher" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chouquet" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957945v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Achin" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alavoine-Mornas" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana&#233; Alphe" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bray" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01934436v2" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606142v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brardinoni" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cavalli" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Heckmann" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rimb&#246;ck" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240681v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240888v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240918v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148913v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Talaska" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595462v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Jousse" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fragnol" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595463v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591752v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gob" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Albert" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Camenen" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Carrel" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02606790v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-liebault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3155-6779" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075978636" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168971v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Li&#233;bault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittoria Scorpio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel V&#225;zquez-Tarr&#237;o" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2025.109889" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176534v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Ribet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Borgniet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Desch&#226;tres" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Melun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-13-607-2025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272207v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Welfringer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Laigle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Kuss" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14nmk" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306862v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cohen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Flipo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Nowak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Chapuis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.108981" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205726v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Arnaud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5704" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04774328v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiazhi Qie" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Favillier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Ballesteros C&#225;novas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lopez-Saez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53316-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04647963v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Comiti" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Piegay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Rinaldi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5848" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328624v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Passy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2023.109008" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690787v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martins" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guitet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Carladous" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/27678490.2024.2381471" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293682v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oldrich Navratil" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Recking" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5646" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685750v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Klotz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Bouteiller" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolle Mathys" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firmin Fontaine" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Ravanat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-4371-2023" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006513v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2023.42.7267" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04096417v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lapillonne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Liebault" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Richefeu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-23-1241-2023" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03882699v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Breton" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Baillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Charl&#233;ty" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Larose" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104225" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03616026v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Mouron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eme" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bellec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertrand" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mammola" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.06099" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479261v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Laronne" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Klotz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coraline Bel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2021.108055" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479274v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Pitlick" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Misset" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021WR030470" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125234v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Brousse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud-Fassetta" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Breilh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Tacon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.142517" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03125244v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Altmann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Haas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Heckmann" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Becht" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.5046" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03135472v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud&#8208;fassetta" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.3527" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132860v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.32190" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610277v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Li&#233;bault" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Brousse" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertrand" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Borgniet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Arnaud-Fassetta" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610266v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4478" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02129862v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marco" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Richard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02485109v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bizzi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4787" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430807v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel V&#225;zquez&#8208;tarr&#237;o" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Tal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosana Men&#233;ndez&#8208;duarte" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.4484" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983527v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jantzi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765600v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vazquez-Tarrio" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2017.01.039" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-01723507v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Malard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capderrey" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Churcheward" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Kaufmann" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13040" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01635571v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Berthet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bellot" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1384" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606440v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Habersack" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Comiti" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2017.05.014" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606179v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jantzi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2017.03.026" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656535v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/edyte.2017.1385" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983198v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Tacnet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3967" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605350v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Piegay" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.3543" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083308v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Eckert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Bel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2016.04.004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LV72Q8DS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650397v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002911v2" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982602v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.3530" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430763v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lallias-Tacon" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Pi&#233;gay" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2016.07.038" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3PD9L0ZD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603616v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loye" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaboyedoff" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.I. Theule" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/esurf-4-489-2016" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004285v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Klotz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B Laronne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2016.07.014" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601353v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laigle" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2015.05.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600318v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2014.02.014" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GCXQBKZF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597456v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cassel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Talaska" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rra.2615" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VMGJMD8Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01218178v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pont" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00923336v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Phillips" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rey" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marden" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1179-5395-43-14" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599056v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11069-013-0575-4" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DAB8A9C856FA95E890576AEA0749B4D682A340FE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598323v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15715124.2012.754444" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599060v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bellot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Travaglini" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Theule" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2013.06.017" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01243060v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285726v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.2245" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K8MBCWK9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599481v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pedrazzini" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3285" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/89AA0D6F3B8D293A6C826A1748E6B6EE24A7FE74/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596293v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Recking" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leduc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Church" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2011.09.024" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FGDJXZG8-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597416v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Peteuil" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Jolimet" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.3213" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0C8KTTPC-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737846v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-12-731-2012" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595207v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4408/IJEGE.2011-03.B-085" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597498v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595208v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00844884v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez Saez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Corona" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stoffel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gotteland" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Berger" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/nhess-11-1247-2011" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01235677v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tacon" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586186v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rema&#238;tre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.2.17" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00564669v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legout" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gateuille" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Esteves" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.7594" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XT2GC229-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537554v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.2.15" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593463v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Payraudeau" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Galliot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.V. Auzet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00545524v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2010.2.16" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591912v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evette" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Labonne" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Jancke" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00267-009-9275-y" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-7092LTPG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592897v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Farinetti" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Allain" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Landon" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590637v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Laronne" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591851v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cl&#233;ment" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708863v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bernardie" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chave Sylvain" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Thiery" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678025v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680214v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Robert" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680291v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680176v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04240853v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/202341503016" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697334v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Morel" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04697347v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mano" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261090v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779071v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04431466v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jongmans" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rey" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130427v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Bonnefoy-Demongeot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Mouchen&#233;" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03130279v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982629v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laval" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874264v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud&#8209;fassetta" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990555v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982623v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814406v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990031v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01886749v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20184003003" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994350v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994340v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Frey" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990040v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640965v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01785342v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Arnaud-Fasseta" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vasquez-Tarrio" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988208v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01640977v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990901v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605867v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fouchier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;riaux" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Atger" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ecrepont" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01320514v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160712011" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01320562v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01360890v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alber" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Morandi" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01271773v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carladous" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603483v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Spitoni" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fontaine" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01548431v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Atger" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01359527v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bertrand" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600187v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01347768v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599488v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Ravanat" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01347641v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00746808v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bigot" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Astrade" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Brun" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Berger" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599484v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Murillo Munoz" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599486v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346277v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599485v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Peteuil" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597937v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346210v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346720v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597261v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bigot" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Astrade" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Brun" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599489v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathys" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599487v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00747802v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Brun" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berger" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952313v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01346200v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615485v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595472v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595465v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carlin" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596297v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00615484v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595215v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01344868v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pont" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595383v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595743v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez-Saez" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595214v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591852v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chapuis" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593197v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595473v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277400v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Jean-Fran&#231;ois Corenblit" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dufour" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Fran&#231;ois Le Lay" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595209v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595121v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Glatron" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rozan" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Eleuterio" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00570244v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Glatron" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Eleuterio" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Auzet" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01362311v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frey" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-B. Laronne" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589774v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01367135v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delacourt" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590093v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170161v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Winiarski" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669350v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991961v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Garcin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990016v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605869v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605908v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Javelle" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605909v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marche" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237652v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leduc" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237612v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597058v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01340171v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carlin" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01340152v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595470v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01237752v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01238165v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595619v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591859v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591015v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Waeckel" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02046540v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mathias Kondolf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Toby Minear" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984969v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Carolli" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pusch" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Beichler" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Costea" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guido Zolezzi" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990017v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02399198v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Arnaud" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Bilodeau" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2019037" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254220v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Drapier" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Vayssi&#232;re" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Adn&#232;s" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Barillier" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01934446v2" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34928/am48-e187" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418620v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Bertand" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34928/h1r7-cz69" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607360v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piazza Morel" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rapin" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupire" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605910v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596434v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bordeaux" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Justin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cave" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04320392v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dov Corenblit" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Steiger" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02490885v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-02071718v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02083320v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09054-2_20" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603011v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lollino" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Arattano" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09054-2_19" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599483v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599305v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vale" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zanetti" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Espinasse" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593464v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Zahnd" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595206v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595205v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Corenblit" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dufour" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.F. Le Lay" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590867v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rice" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435349v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Landon" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9780470760383.ch12" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589778v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198743v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04835519v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Malavoi" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sureau-Blanchet" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Terrier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218112v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04685823v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681633v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Queff&#233;l&#233;an" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04206197v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04218120v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417994v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Allenbach" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Despinoy" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417991v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03765625v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gaucher" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Chouquet" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-01934436v2" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02957945v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Achin" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Alavoine-Mornas" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana&#233; Alphe" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bray" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606142v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brardinoni" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cavalli" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Heckmann" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rimb&#246;ck" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240681v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240888v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03148913v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Talaska" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595463v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595462v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Jousse" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fragnol" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01240918v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591752v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gob" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Albert" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#239;t Archambaud&#8208;suard" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Camenen" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Carrel" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02606790v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>