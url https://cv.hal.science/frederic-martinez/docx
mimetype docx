--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Martinez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design strategies for very low bandgap InAs/InAsSb thermophotovoltaic cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. del Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th World Conference on Thermophotovoltaic Generation of Electricity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on a very low bandgap InAs/InAsSb thermophotovoltaic cell: TCAD simulations, band engineering and clean room processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication, characterization and modeling of III-Sb based multijunction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Houches School of Physics - Physics of solar cells: from basic principles to material science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InAs/InAsSb superlattice and barrier structure: from photodetectors to thermophotovoltaics cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of solar cells: from basic principles to material science. Les Houches school of physics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Oublon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vaillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation d’une cellule tandem AlGaAsSb/GaSb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics of GaAs solar cells operating under thermal stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Oublon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chemisana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Vossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Houches School of Physics - Physics of Solar Cells: from basic principles to advanced characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming a type-II InAs/InAsSb superlattice MWIR photodetector into a thermophotovoltaic cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics West 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low bandgap (near-field) TPV: materials and structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucchesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Hanouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilek Cakiroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14th World Conference on Thermophotovoltaic Generation of Electricity (TPV-14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Andrej Lenert, May 2023, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cellules solaires multijonctions III-Sb réalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InAs/InAsSb superlattice thermophotovoltaic cell: how to adapt an infrared photodetector for TPV conversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2022, Nantes France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InAs/InAsSb superlattice thermophotovoltaic cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Equipe-projet TREE, Nov 2022, Champs sur Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harvesting mid-wave infrared radiation with type-II InAs/InAsSb superlattices: from photodetectors to thermophotovoltaics cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very-low bandgap thermophotovoltaic cell based on type-II InAs/InAsSb superlattice MWIR photodetector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insight into the factors affecting the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Oublon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Arnoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Levillayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Massiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of AlGaAsSb alloys for GaSb-based multi-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum of Revolutions in Renewable Energy in 21th Century (FOREN-2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and numerical analysis of III-Sb tandem solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tournié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and pseudo-3D modeling of GaSb solar cells for high-concentration photovoltaics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of GaSb solar cell with an AlGaAsSb window layer for applications as a bottom subcell of 4-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of antimonide-based semiconductors for high-efficiency multi-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE 7th World Conference on Photovoltaic Energy Conversion (WCPEC) (A Joint Conference of 45th IEEE PVSC, 28th PVSEC &amp; 34th EU PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Waikoloa Village, France. pp.0937-0942</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacitance voltage profiling to determine doping in InAs/GaSb LWIR SL photodetector structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ait-Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonic West Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2251153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la résistance série sous forte concentration solaire dans le cas de cellules antimoniures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of Antimonide Compounds Based Multijunction Cells for High Concentrating Photovoltaics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Sede Boqer Symposium on Solar Electricity Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Sede Boqer, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts ohmiques pour cellules solaires à base de matériaux antimoniures dans le cadre d'applications aux fortes concentrations solaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-junctions PV concentrator solar cells, state of the art. Interest of antimonide compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudiccelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Huseinni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS Spring meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thickness characterization by capacitance derivative in FDSOI p-i-n gated diodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Solaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 Joint International EUROSOI Workshop and International Conference on Ultimate Integration on Silicon (EUROSOI-ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Bologna, France. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2015.7063745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise measurements in electronic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Instrumentation and Measurement Technology Conference, 2014.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures à base de matériaux antimoniures pour la conversion de l’énergie solaire concentrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudiccelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pérona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Elhuseinni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème JNPV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of non-homogeneous 2D-CNT structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Noise and Fluctuations (ICNF), 2013 22nd International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de contacts et de matériaux par la mesure du bruit Basse Fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Raoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelino Seif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Journées de la Matière Condensée - JMC13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Percolation in 2D Carbon Nanotube Thin Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Design, Test, Integration and Packaging of Mems/Moems (Dtip)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the effects of different surfactants on electrical parameters in Carbon Nanotube thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Anglaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 21st International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Toronto, France. pp.472-475, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2011.5994372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Model of Transport in Microcrystalline Silicon Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Amorphous and Nanocrystalline Semiconductors (ICANS 24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical modelling of Multiple-gate MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Iñiguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 Spanish Conference on Electron Devices (CDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Palma de Mallorca, Spain. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCED.2011.5744159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low frequency noise modeling of SOI MOSFETs using Green's function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Elhusseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Toronto, Canada. pp.348-351, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2011.5994339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1T-DRAM at the 22nm technology node and beyond: An alternative to DRAM with high-k storage capacitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cristoloveanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Guegan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE 14th International Symposium on Electrets ISE 14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Montpellier, France. pp.93-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1/f noise in strained SiGe on Insulator MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 21st International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Toronto, Canada. pp.344-347, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2011.5994338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Interface Trap Density in Advanced SOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayline Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorin Cristoloveanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sungjae Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">219th ECS Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Montreal, Canada. pp.103-108, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/1.3570783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A surface potential based compact model for lightly doped FD SOI MOSFETs with ultra-thin body</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Ultimate Integration on Silicon (ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Cork, Ireland. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ulis.2011.5757972⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple analytical and explicit compact model for the drain current of UTB SOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Iñiguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 Spanish Conference on Electron Devices (CDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Palma de Mallorca, Spain. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/sced.2011.5744174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DC and low frequency noise characterization of Multi gate N-MOSFET in a bulk technology by integrating polysilicon filled trenches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Ramadout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ULtimate Integration on Silicon 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Process Options on Low Frequency Noise in Germanium on- Insulator (GeOI) high-K & Metal Gate pMOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ultimate Integration on Silicon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parasitic back-inferface conduction in planar and triple-gate SOI transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ricoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Faynot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE International SOI Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, San Diego, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of transport and 1/f noise in carbon nanotube films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edison</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Montpellier, France. pp.012117, </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/193/1/012117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1∕f noise, transport and percolation in carbon nanotube film field-effect transistors: simulation and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 20th International Conference on Noice and Fluctuations (ICNF-2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Pisa (Italy), France. pp.85-88, </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3140564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical modeling of low frequency noise in ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Armand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Noise and fluctuations : 20th International Conference on Noise and Fluctuations : ICNF 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Pisa, Italy. pp.285-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1∕f noise in 0.12 μm P-MOSFETs with High-k and metal gate fabricated in a Si Process Line on 200 mm GeOI Wafers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 20th International Conference on Noice and Fluctuations (ICNF-2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Pisa (Italy), Italy. pp.259-262, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3140445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Frequency Noise Sources in Ge Resistances elaborated on GeOI Wafers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 20th International Conference on Noice and Fluctuations (ICNF-2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Pisa (Italy), France. pp.105-108, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3140405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface oxide trap characterisation in germanium-on-insulator 0.12 &#x03BC;m PMOS transistors by drain current noise measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 10th International Conference on Ultimate Integration on Silicon (ULIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Aachen, Germany. pp.87-90, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2009.4897545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of slow oxide trap profiles by low-frequency noise analysis: Application to hot-electron-induced degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 9th International Conference on Ultimate Integration on Silicon (ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Udine, France. pp.155-158, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2008.4527162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low frequency gate noise modeling of ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Fourth International Symposium on Fluctuations and Noise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Florence, Italy. pp.66001O, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.726920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Frequency Noise of Ultrathin Oxide MOSFETs using Green’s Function Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 19th International Conference on Noise and Fluctuations; ICNF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Tokyo (Japan), Japan. pp.63-66, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2759637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Low Frequency Noise Sources Associated to Drain and Gate Currents of Ultrathin Gate oxide on n-MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultimate integration on silicon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Random Telegraph Signal in CMOS Image Sensors for Low-Light Levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 Proceedings of the 32nd European Solid-State Circuits Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Montreux, France. pp.376-379, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESSCIR.2006.307609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1/f gate tunneling current noise model of ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE International Conference on Microelectronic Test Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Austin, France. pp.193-198, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMTS.2006.1614302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of Correlated Double Sampling CMOS Imager Circuit to Random Telegraph Signal Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 International Caribbean Conference on Devices, Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Playa del Carmen, Mexico. pp.109-114, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCDCS.2006.250845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of Channel Gate and Overlap Gate Currents on 1/f Gate Current Noise for Thin Oxide Gate p-MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Veloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 18th International Conference on Noise and Fluctuations - ICNF 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Salamanca (Spain), Spain. pp.243-246, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2036741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gate and drain low frequency noise in HfO2 NMOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Salamanca (Spain), Spain. pp.235-238, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2036739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Oxide Thickness and Nitridation Process on PMOS Gate and Drain Low Frequency Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Salamanca (Spain), Spain. pp.323-326, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2036760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlated carrier number-mobility fluctuation model or access resistance noise in p-MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise in Physical Systems and 1/f Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of gate current noise on drain current noise in 90 nm CMOS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rigaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Solid-State Device Research - ESSDERC '03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Estoril, France. pp.287-290, </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/essderc.2003.1256870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of process scaling on BSIM noise parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Eya'a Mvongbote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise in Physical Systems and 1/f Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion on standard 1/f noise models in software packages: SPICE, HSPICE and BSIM3v3--comparison to MOSFET noise data on commercial c025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Rhayem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE's First International Symposium on Fluctuations and Noise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Santa Fe, United States. pp.494, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.497578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Simulation of AlGaAsSb/GaSb Tandem Solar Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2022.3164690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Characterization of an MBE-Grown Concentrator P-N GaSb Solar Cells Using a Pseudo-3D Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2021.3075290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of AlInAsSb/GaSb tandem cells – A first step towards GaSb-based multi-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chemisana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 219, pp.110795. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2020.110795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved efficiency of GaSb solar cells using an Al0.50Ga0.50As0.04Sb0.96 window layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 200, pp.110042. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2019.110042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaSb-based solar cells for multi-junction integration on Si substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Montesdeoca Cardenes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 191, pp.444-450. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2018.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of electrical transport in undoped hydrogenated microcrystalline silicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 477, pp.42 - 49. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2017.09.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercoupling effect in short-channel ultrathin fully depleted silicon-on-insulator transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 118 (18), pp.184504. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4935453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical modeling of InSb PiN photodiode for avalanche operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abautret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Evirgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 113 (18), </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4804956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of low frequency noise in FD SOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 90, pp.116 - 120. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2013.02.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved 1/f noise characterization of strained SiGe on insulator MOSFETs fabricated on wafers obtained by the Ge enrichment technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 70, pp.27-32. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2011.11.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements and Simulations of Surfactant's Impact on the Conductivity and the &amp;lt;formula formulatype=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;tex Notation=&amp;quot;TeX&amp;quot;&amp;gt;$\hbox{1}/f$&amp;lt;/tex&amp;gt;&amp;lt;/formula&amp;gt; Noise in Percolation Carbon Nanotube Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (10), pp.2803-2808. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TED.2012.2210046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A physical compact DC drain current model for long-channel undoped ultra-thin body (UTB) SOI and asymmetric double-gate (DG) MOSFETs with independent gate operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ricoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57 (1), pp.61 - 66. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2010.11.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the Boron Emitter Formation Process from BCl&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Diffusion for N-Type Silicon Solar Cells Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Oliver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachir Semmache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 324, pp.261-264. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative 1/f noise study of GeOI wafers obtained by the Ge enrichment technique and the Smart Cut technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 88 (7), pp.1298-1300. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2011.03.090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New numerical low frequency noise model for front and buried oxide trap density characterization in FDSOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 88 (7), pp.1286-1290. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2011.03.095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of impact of process options in Germanium-On-Insulator (GeOI) high-k & metal gate pMOSFETs by low-frequency noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (1), pp.34 - 38. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2011.01.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 1/f noise in germanium-on-insulator 0.12μm PMOS transistors from weak to strong inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 53 (12), pp.1268 - 1272. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2009.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dc and low frequency noise analysis of Fowler–Nordheim stress of n-channel metal-oxide semiconductor field-effect transistors processed in a 65 nm technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (3), pp.1129. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1116/1.3130166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Telegraph Signal noise : a sensitive and non-destructive tool for gate oxide single trap characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (4-5), pp.573-576. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.01.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow oxide trap density profile extraction using gate current low-frequency noise in ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rochereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 84 (9-10), pp.2382-2385. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2007.04.099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of strained-channel n-MOSFETs with a SiGe virtual substrate on dielectric interface quality evaluated by low frequency noise measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (4-5), pp.567-572. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.01.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N-MOSFET oxide trap characterization induced by nitridation process using R.T.S. noise analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (1), pp.41-45. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2006.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide trap characterization of 45 nm MOS transistors by gate current R.T.S. noise measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, vol 80, pp 54-57. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2005.04.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the impact of downscaling technology on 1/f noise in p-MOSFETs to 90 nm : Noise in Devices and Circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sodini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEE Proceedings Circuits Devices and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 51 (2), pp.102-110. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/ip-cds:20040459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00329861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple-junction photovoltaic cell based on antimonide materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US Patent App. 15/312,570, 2017. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floating-Body SOI Memory: The Scaling Tournament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cristoloveanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor-On-Insulator Materials for Nanoelectronics Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.393-421, 2011, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-15868-1_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et caractérisation de structures MOS à diélectrique ultra-fin : application au bruit Basse Fréquence lié au courant de grille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université de Montpellier 2, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02068167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId276"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Frédéric Martinez </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design strategies for very low bandgap InAs/InAsSb thermophotovoltaic cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. del Campo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th World Conference on Thermophotovoltaic Generation of Electricity</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigations on a very low bandgap InAs/InAsSb thermophotovoltaic cell: TCAD simulations, band engineering and clean room processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication, characterization and modeling of III-Sb based multijunction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Houches School of Physics - Physics of solar cells: from basic principles to material science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03716806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InAs/InAsSb superlattice and barrier structure: from photodetectors to thermophotovoltaics cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics of solar cells: from basic principles to material science. Les Houches school of physics.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Oublon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vaillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03124559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation et modélisation d’une cellule tandem AlGaAsSb/GaSb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03641823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physics of GaAs solar cells operating under thermal stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Oublon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Chemisana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Vossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Houches School of Physics - Physics of Solar Cells: from basic principles to advanced characterization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2020, Les Houches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (56)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transforming a type-II InAs/InAsSb superlattice MWIR photodetector into a thermophotovoltaic cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics West 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low bandgap (near-field) TPV: materials and structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodolphe Vaillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Lucchesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacira Hanouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dilek Cakiroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14th World Conference on Thermophotovoltaic Generation of Electricity (TPV-14)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Andrej Lenert, May 2023, Online, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04156802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de cellules solaires multijonctions III-Sb réalistes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InAs/InAsSb superlattice thermophotovoltaic cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Equipe-projet TREE, Nov 2022, Champs sur Marne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InAs/InAsSb superlattice thermophotovoltaic cell: how to adapt an infrared photodetector for TPV conversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Workshop on Thermal Radiation to Electrical Energy conversion (TREE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LTeN, Université de Nantes, Oct 2022, Nantes France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04423960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harvesting mid-wave infrared radiation with type-II InAs/InAsSb superlattices: from photodetectors to thermophotovoltaics cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Conference on Thermophotovoltaic Generation of Electricity (TPV-13)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Miyazaki &amp; online (hybrid), Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03673042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Very-low bandgap thermophotovoltaic cell based on type-II InAs/InAsSb superlattice MWIR photodetector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basile Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Bouschet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque (JNPV) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, FedPV, Nov 2022, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insight into the factors affecting the performances of a conventional GaAs solar cell operating at up to 200 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Oublon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Arnoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Levillayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Massiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03515509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of AlGaAsSb alloys for GaSb-based multi-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum of Revolutions in Renewable Energy in 21th Century (FOREN-2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and numerical analysis of III-Sb tandem solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tournié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and pseudo-3D modeling of GaSb solar cells for high-concentration photovoltaics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">36th European Photovoltaic Solar Energy Conference and Exhibition (EU PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02382578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of GaSb solar cell with an AlGaAsSb window layer for applications as a bottom subcell of 4-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Photovoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02061904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of antimonide-based semiconductors for high-efficiency multi-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 IEEE 7th World Conference on Photovoltaic Energy Conversion (WCPEC) (A Joint Conference of 45th IEEE PVSC, 28th PVSEC &amp; 34th EU PVSEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Waikoloa Village, France. pp.0937-0942</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capacitance voltage profiling to determine doping in InAs/GaSb LWIR SL photodetector structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Rossignol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Rodriguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Durlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Ait-Kaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonic West Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, San Francisco, United States. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2251153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01628430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contacts ohmiques pour cellules solaires à base de matériaux antimoniures dans le cadre d'applications aux fortes concentrations solaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales sur l'Energie Solaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Perpignan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of Antimonide Compounds Based Multijunction Cells for High Concentrating Photovoltaics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Sede Boqer Symposium on Solar Electricity Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Sede Boqer, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la résistance série sous forte concentration solaire dans le cas de cellules antimoniures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du PhotoVoltaïque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thickness characterization by capacitance derivative in FDSOI p-i-n gated diodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Cluzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Solaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 Joint International EUROSOI Workshop and International Conference on Ultimate Integration on Silicon (EUROSOI-ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Bologna, France. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2015.7063745⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01758618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-junctions PV concentrator solar cells, state of the art. Interest of antimonide compounds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudiccelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Huseinni</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMRS Spring meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures à base de matériaux antimoniures pour la conversion de l’énergie solaire concentrée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudiccelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pérona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Elhuseinni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème JNPV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noise measurements in electronic devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Instrumentation and Measurement Technology Conference, 2014.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Montevideo, Uruguay</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01906177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical simulation of non-homogeneous 2D-CNT structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Noise and Fluctuations (ICNF), 2013 22nd International Conference on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01656855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Percolation in 2D Carbon Nanotube Thin Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium on Design, Test, Integration and Packaging of Mems/Moems (Dtip)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Cannes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation de contacts et de matériaux par la mesure du bruit Basse Fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Raoult</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelino Seif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13èmes Journées de la Matière Condensée - JMC13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A surface potential based compact model for lightly doped FD SOI MOSFETs with ultra-thin body</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Ultimate Integration on Silicon (ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Cork, Ireland. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ulis.2011.5757972⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simple analytical and explicit compact model for the drain current of UTB SOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Iñiguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 Spanish Conference on Electron Devices (CDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Palma de Mallorca, Spain. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/sced.2011.5744174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the effects of different surfactants on electrical parameters in Carbon Nanotube thin films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Anglaret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 21st International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Toronto, France. pp.472-475, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2011.5994372⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical Model of Transport in Microcrystalline Silicon Films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Amorphous and Nanocrystalline Semiconductors (ICANS 24)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Tokyo, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analytical modelling of Multiple-gate MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Iñiguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Miranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 Spanish Conference on Electron Devices (CDE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Palma de Mallorca, Spain. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/SCED.2011.5744159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low frequency noise modeling of SOI MOSFETs using Green's function approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Elhusseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Toronto, Canada. pp.348-351, </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2011.5994339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1T-DRAM at the 22nm technology node and beyond: An alternative to DRAM with high-k storage capacitor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cristoloveanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Guegan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 IEEE 14th International Symposium on Electrets ISE 14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Montpellier, France. pp.93-94</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1/f noise in strained SiGe on Insulator MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011 21st International Conference on Noise and Fluctuations (ICNF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Toronto, Canada. pp.344-347, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICNF.2011.5994338⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of Interface Trap Density in Advanced SOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayline Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sorin Cristoloveanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sungjae Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">219th ECS Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Montreal, Canada. pp.103-108, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1149/1.3570783⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DC and low frequency noise characterization of Multi gate N-MOSFET in a bulk technology by integrating polysilicon filled trenches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Ramadout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ULtimate Integration on Silicon 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Process Options on Low Frequency Noise in Germanium on- Insulator (GeOI) high-K & Metal Gate pMOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Ultimate Integration on Silicon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parasitic back-inferface conduction in planar and triple-gate SOI transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ricoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Faynot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2010 IEEE International SOI Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, San Diego, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00604642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Frequency Noise Sources in Ge Resistances elaborated on GeOI Wafers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 20th International Conference on Noice and Fluctuations (ICNF-2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Pisa (Italy), France. pp.105-108, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3140405⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interface oxide trap characterisation in germanium-on-insulator 0.12 &#x03BC;m PMOS transistors by drain current noise measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 10th International Conference on Ultimate Integration on Silicon (ULIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Aachen, Germany. pp.87-90, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2009.4897545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of transport and 1/f noise in carbon nanotube films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Edison</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Montpellier, France. pp.012117, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/193/1/012117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Numerical modeling of low frequency noise in ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Armand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Noise and fluctuations : 20th International Conference on Noise and Fluctuations : ICNF 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Pisa, Italy. pp.285-290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1∕f noise, transport and percolation in carbon nanotube film field-effect transistors: simulation and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 20th International Conference on Noice and Fluctuations (ICNF-2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Pisa (Italy), France. pp.85-88, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3140564⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1∕f noise in 0.12 μm P-MOSFETs with High-k and metal gate fabricated in a Si Process Line on 200 mm GeOI Wafers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 20th International Conference on Noice and Fluctuations (ICNF-2009)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Pisa (Italy), Italy. pp.259-262, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3140445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction of slow oxide trap profiles by low-frequency noise analysis: Application to hot-electron-induced degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 9th International Conference on Ultimate Integration on Silicon (ULIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2008, Udine, France. pp.155-158, </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ULIS.2008.4527162⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Frequency Noise of Ultrathin Oxide MOSFETs using Green’s Function Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 19th International Conference on Noise and Fluctuations; ICNF 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Tokyo (Japan), Japan. pp.63-66, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2759637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063018v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low frequency gate noise modeling of ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Fourth International Symposium on Fluctuations and Noise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Florence, Italy. pp.66001O, </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.726920⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Low Frequency Noise Sources Associated to Drain and Gate Currents of Ultrathin Gate oxide on n-MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultimate integration on silicon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1/f gate tunneling current noise model of ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 IEEE International Conference on Microelectronic Test Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Austin, France. pp.193-198, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICMTS.2006.1614302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Random Telegraph Signal in CMOS Image Sensors for Low-Light Levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 Proceedings of the 32nd European Solid-State Circuits Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Montreux, France. pp.376-379, </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ESSCIR.2006.307609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02063033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response of Correlated Double Sampling CMOS Imager Circuit to Random Telegraph Signal Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J-C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006 International Caribbean Conference on Devices, Circuits and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Playa del Carmen, Mexico. pp.109-114, </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCDCS.2006.250845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gate and drain low frequency noise in HfO2 NMOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Salamanca (Spain), Spain. pp.235-238, </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2036739⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of Channel Gate and Overlap Gate Currents on 1/f Gate Current Noise for Thin Oxide Gate p-MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Veloso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NOISE AND FLUCTUATIONS: 18th International Conference on Noise and Fluctuations - ICNF 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Salamanca (Spain), Spain. pp.243-246, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2036741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Oxide Thickness and Nitridation Process on PMOS Gate and Drain Low Frequency Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Boeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise and Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Salamanca (Spain), Spain. pp.323-326, </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.2036760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlated carrier number-mobility fluctuation model or access resistance noise in p-MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rigaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise in Physical Systems and 1/f Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of process scaling on BSIM noise parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Eya'a Mvongbote</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Noise in Physical Systems and 1/f Fluctuations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Prague, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of gate current noise on drain current noise in 90 nm CMOS technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Rigaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd European Solid-State Device Research - ESSDERC '03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Estoril, France. pp.287-290, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/essderc.2003.1256870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discussion on standard 1/f noise models in software packages: SPICE, HSPICE and BSIM3v3--comparison to MOSFET noise data on commercial c025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Rhayem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE's First International Symposium on Fluctuations and Noise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, Santa Fe, United States. pp.494, </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.497578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (24)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Simulation of AlGaAsSb/GaSb Tandem Solar Cell</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Gavotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rouillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2022.3164690⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of AlInAsSb/GaSb tandem cells – A first step towards GaSb-based multi-junction solar cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chemisana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 219, pp.110795. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2020.110795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02951928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling and Characterization of an MBE-Grown Concentrator P-N GaSb Solar Cells Using a Pseudo-3D Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2021.3075290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved efficiency of GaSb solar cells using an Al0.50Ga0.50As0.04Sb0.96 window layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Kret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 200, pp.110042. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2019.110042⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02180291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GaSb-based solar cells for multi-junction integration on Si substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Tournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vauthelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Montesdeoca Cardenes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soresi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy Materials and Solar Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 191, pp.444-450. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solmat.2018.11.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and modeling of electrical transport in undoped hydrogenated microcrystalline silicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Abboud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Amrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Habib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Parola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Non-Crystalline Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 477, pp.42 - 49. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2017.09.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01654998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercoupling effect in short-channel ultrathin fully depleted silicon-on-insulator transistors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Sagnes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 118 (18), pp.184504. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4935453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01644374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrical modeling of InSb PiN photodiode for avalanche operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Abautret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Evirgen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Christol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 113 (18), </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4804956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of low frequency noise in FD SOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 90, pp.116 - 120. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2013.02.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01617014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measurements and Simulations of Surfactant's Impact on the Conductivity and the &amp;lt;formula formulatype=&amp;quot;inline&amp;quot;&amp;gt;&amp;lt;tex Notation=&amp;quot;TeX&amp;quot;&amp;gt;$\hbox{1}/f$&amp;lt;/tex&amp;gt;&amp;lt;/formula&amp;gt; Noise in Percolation Carbon Nanotube Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilbert Sassine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline El Khoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Hoffmann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Electron Devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 59 (10), pp.2803-2808. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TED.2012.2210046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved 1/f noise characterization of strained SiGe on insulator MOSFETs fabricated on wafers obtained by the Ge enrichment technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 70, pp.27-32. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2011.11.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02092993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A physical compact DC drain current model for long-channel undoped ultra-thin body (UTB) SOI and asymmetric double-gate (DG) MOSFETs with independent gate operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Lime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ritzenthaler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ricoma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 57 (1), pp.61 - 66. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2010.11.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of impact of process options in Germanium-On-Insulator (GeOI) high-k & metal gate pMOSFETs by low-frequency noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (1), pp.34 - 38. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2011.01.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New numerical low frequency noise model for front and buried oxide trap density characterization in FDSOI MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 88 (7), pp.1286-1290. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2011.03.095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative 1/f noise study of GeOI wafers obtained by the Ge enrichment technique and the Smart Cut technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. El Husseini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 88 (7), pp.1298-1300. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2011.03.090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02064898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of the Boron Emitter Formation Process from BCl&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Diffusion for N-Type Silicon Solar Cells Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Oliver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bachir Semmache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gauthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 324, pp.261-264. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMR.324.261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01791370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dc and low frequency noise analysis of Fowler–Nordheim stress of n-channel metal-oxide semiconductor field-effect transistors processed in a 65 nm technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B Microelectronics and Nanometer Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 27 (3), pp.1129. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1116/1.3130166⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of 1/f noise in germanium-on-insulator 0.12μm PMOS transistors from weak to strong inversion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Gyani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soliverès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid-State Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 53 (12), pp.1268 - 1272. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.sse.2009.10.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01653006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N-MOSFET oxide trap characterization induced by nitridation process using R.T.S. noise analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (1), pp.41-45. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2006.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Random Telegraph Signal noise : a sensitive and non-destructive tool for gate oxide single trap characterization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (4-5), pp.573-576. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.01.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of strained-channel n-MOSFETs with a SiGe virtual substrate on dielectric interface quality evaluated by low frequency noise measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vildeuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronics Reliability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 47 (4-5), pp.567-572. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.microrel.2007.01.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow oxide trap density profile extraction using gate current low-frequency noise in ultrathin oxide MOSFETs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Rochereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 84 (9-10), pp.2382-2385. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2007.04.099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide trap characterization of 45 nm MOS transistors by gate current R.T.S. noise measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Neau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microelectronic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, vol 80, pp 54-57. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mee.2005.04.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00327712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the impact of downscaling technology on 1/f noise in p-MOSFETs to 90 nm : Noise in Devices and Circuits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Valenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hoffmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Sodini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Laigle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEE Proceedings Circuits Devices and Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 51 (2), pp.102-110. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/ip-cds:20040459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00329861v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple-junction photovoltaic cell based on antimonide materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Cuminal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giudicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : US Patent App. 15/312,570, 2017. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floating-Body SOI Memory: The Scaling Tournament</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bawedin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cristoloveanu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Park</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semiconductor-On-Insulator Materials for Nanoelectronics Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.393-421, 2011, </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-15868-1_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02066793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation et caractérisation de structures MOS à diélectrique ultra-fin : application au bruit Basse Fréquence lié au courant de grille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Martinez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electronique. Université de Montpellier 2, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02068167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId276"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723350v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. del Campo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouschet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Christol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716806v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gavotto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673053v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124559v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Oublon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641823v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rouillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099765v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995000v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156802v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lucchesi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Hanouf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891346v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423960v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941080v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941158v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515509v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Levillayer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382507v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vauthelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tournet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382568v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tournet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382578v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauthelin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061904v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052823v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna El Husseini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628430v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Rossignol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rodriguez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Durlin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ait-Kaci" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2251153" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758778v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cuminal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758669v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudicelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758770v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907417v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudiccelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. El Huseinni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758618v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Navarro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bawedin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrieu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cluzel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Solaro" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2015.7063745" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906177v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pascal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hoffmann" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906185v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P&#233;rona" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elhuseinni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656855v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sassine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053302v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pascal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Raoult" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sagnes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Seif" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066877v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Sassine" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hoffmann" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066670v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anglaret" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2011.5994372" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066870v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Armand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066666v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ritzenthaler" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lime" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. I&#241;iguez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Miranda" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCED.2011.5744159" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066863v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elhusseini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valenza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2011.5994339" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052982v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cristoloveanu" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hubert" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guegan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chang" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063012v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. El Husseini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gyani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Royer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2011.5994338" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066785v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayline Bawedin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjae Chang" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Valenza" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3570783" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066661v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ulis.2011.5757972" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066647v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sced.2011.5744174" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092983v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Ramadout" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064876v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soliver&#232;s" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604642v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ricoma" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Faynot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063024v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hoffmann" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/193/1/012117" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064889v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3140564" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052981v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063016v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3140445" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093006v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3140405" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066839v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2009.4897545" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052984v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benoit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2008.4527162" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066844v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.726920" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063018v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2759637" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066884v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Neau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vildeuil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063033v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leyris" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vildeuil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIR.2006.307609" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064884v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS.2006.1614302" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066885v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Vildeuil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCDCS.2006.250845" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066689v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laigle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veloso" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2036741" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066806v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Vildeuil" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2036739" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066777v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leyris" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boeuf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2036760" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066703v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rigaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066811v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/essderc.2003.1256870" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066829v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Valenza" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eya'a Mvongbote" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Laigle" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066758v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Rhayem" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.497578" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695407v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2022.3164690" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252488v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2021.3075290" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951928v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kret" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chemisana" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110795" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180291v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110042" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052829v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Montesdeoca Cardenes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soresi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.035" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654998v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abboud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amrani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Habib" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.09.045" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644374v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sagnes" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935453" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621249v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abautret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Perez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evirgen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4804956" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617014v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.02.043" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092993v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2011.11.016" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JR8H8J3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093021v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline El Khoury" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2012.2210046" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653010v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2010.11.034" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S16QRBSW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791370v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Oliver" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Semmache" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gauthier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.261" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064898v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.03.090" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDFPSHV5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093037v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.03.095" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-938C35RH-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653011v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2011.01.015" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TRHMQ8J6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653006v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2009.10.011" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNGDV72L-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066715v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vincent" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3130166" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327632v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.01.034" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8P7NL0K-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327407v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rochereau" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2007.04.099" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3NM9NS2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327424v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Neau" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.01.079" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1QS85GTN-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327634v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2006.02.010" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T95Q3758-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327712v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2005.04.043" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRFLT4FZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329861v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sodini" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-cds:20040459" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052932v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066793v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Park" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15868-1_21" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F37D8E6258E8ADC7784D0AD107E48457281E3F58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02068167v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04723350v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Roux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Perez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Martinez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Parola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. del Campo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423980v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouschet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Christol" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716806v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Gavotto" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Cuminal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673053v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03124559v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Oublon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Vaillon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641823v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Kret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rouillard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099765v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chemisana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vossier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995000v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156802v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lucchesi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Hanouf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dilek Cakiroglu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891346v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941080v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423960v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03673042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03941158v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03515509v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Arnoult" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Levillayer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Massiot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382507v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vauthelin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tournet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382568v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tournet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02382578v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vauthelin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02061904v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Parola" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052823v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna El Husseini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628430v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Rossignol" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Rodriguez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Durlin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ait-Kaci" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2251153" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758770v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cuminal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758669v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudicelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758778v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758618v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Navarro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bawedin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andrieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cluzel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Solaro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2015.7063745" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907417v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giudiccelli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martinez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. El Huseinni" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906185v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P&#233;rona" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elhuseinni" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01906177v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pascal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hoffmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656855v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sassine" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066877v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Sassine" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pascal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Hoffmann" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053302v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Raoult" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sagnes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelino Seif" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066661v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. El Husseini" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Valenza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ritzenthaler" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ulis.2011.5757972" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066647v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lime" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. I&#241;iguez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Miranda" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/sced.2011.5744174" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066670v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Anglaret" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2011.5994372" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066870v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Armand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066666v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SCED.2011.5744159" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066863v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Elhusseini" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armand" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2011.5994339" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052982v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cristoloveanu" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hubert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guegan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chang" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063012v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gyani" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Royer" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICNF.2011.5994338" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066785v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayline Bawedin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorin Cristoloveanu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjae Chang" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Valenza" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1.3570783" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092983v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Ramadout" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064876v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soliver&#232;s" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604642v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ricoma" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Faynot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093006v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3140405" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066839v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2009.4897545" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063024v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hoffmann" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/193/1/012117" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052981v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064889v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3140564" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063016v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3140445" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052984v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Benoit" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULIS.2008.4527162" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063018v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2759637" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066844v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.726920" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066884v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Neau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vildeuil" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064884v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leyris" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS.2006.1614302" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063033v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vildeuil" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ESSCIR.2006.307609" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066885v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-C. Vildeuil" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Roy" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCDCS.2006.250845" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066806v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Nguyen" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Vildeuil" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2036739" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066689v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laigle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veloso" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2036741" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066777v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Leyris" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boeuf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2036760" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066703v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rigaud" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066829v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Valenza" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eya'a Mvongbote" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Laigle" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066811v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/essderc.2003.1256870" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066758v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Rhayem" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.497578" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695407v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2022.3164690" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951928v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kret" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chemisana" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2020.110795" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252488v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2021.3075290" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02180291v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2019.110042" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052829v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Montesdeoca Cardenes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soresi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solmat.2018.11.035" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01654998v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Abboud" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Amrani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Habib" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2017.09.045" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01644374v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sagnes" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4935453" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621249v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Abautret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Perez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evirgen" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4804956" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01617014v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2013.02.043" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093021v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline El Khoury" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TED.2012.2210046" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092993v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2011.11.016" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JR8H8J3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653010v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2010.11.034" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S16QRBSW-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653011v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2011.01.015" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TRHMQ8J6-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093037v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.03.095" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-938C35RH-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064898v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2011.03.090" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RDFPSHV5-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791370v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Oliver" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bachir Semmache" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gauthier" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMR.324.261" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066715v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vincent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.3130166" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01653006v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2009.10.011" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PNGDV72L-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327634v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2006.02.010" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T95Q3758-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327632v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.01.034" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q8P7NL0K-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327424v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Neau" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microrel.2007.01.079" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1QS85GTN-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327407v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Rochereau" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2007.04.099" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R3NM9NS2-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00327712v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2005.04.043" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SRFLT4FZ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329861v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Sodini" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ip-cds:20040459" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052932v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066793v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Park" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-15868-1_21" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F37D8E6258E8ADC7784D0AD107E48457281E3F58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02068167v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>