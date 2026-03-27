--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -1141,151 +1141,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01424504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Détection de signaux acoustiques large bande par étude de l'enveloppe de la fonction de corrélation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marine Life Observation using Classification Algorithms on Ocean Surface Photographs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Sintes</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liyun Guelton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Chevallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2015 : 25ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OCEANS 2015 - Genova : MTS/IEEE international conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Gênes, Italy. pp.1 - 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OCEANS-Genova.2015.7271678⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01215960v1</w:t>
+                <w:t xml:space="preserve">hal-01207124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic Detection Improvement by Phase Study of the Analytical Cross-Correlation Signal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1307,216 +1316,207 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Uzan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCEANS 2015 - Genova : MTS/IEEE international conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Gênes, Italy. pp.1 - 5, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/OCEANS-Genova.2015.7271662⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01215952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Life Observation using Classification Algorithms on Ocean Surface Photographs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Détection de signaux acoustiques large bande par étude de l'enveloppe de la fonction de corrélation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Liyun Guelton</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexis Chevallier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCEANS 2015 - Genova : MTS/IEEE international conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GRETSI 2015 : 25ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/OCEANS-Genova.2015.7271678⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01207124v1</w:t>
+                <w:t xml:space="preserve">hal-01215960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new Segmentation Approach for Unimodal Image Histograms: Application to the Detection of Regions of Interest in Sonar Images</w:t>
               </w:r>
@@ -1816,243 +1816,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01208445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation statistique d'une image Sonar après filtrage homomorphique</w:t>
+                <w:t xml:space="preserve">GPS Sea Surface Observation using Extended Kalman Filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hamid Amiri</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarab Tay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI 2013 : 24ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Brest, France</w:t>
+              <w:t xml:space="preserve">Space Reflecto 2013 : 3rd Conference on passive reflectometry using radiocom space signals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00860666v1</w:t>
+                <w:t xml:space="preserve">hal-00955093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPS Sea Surface Observation using Extended Kalman Filtering</w:t>
+                <w:t xml:space="preserve">Modélisation statistique d'une image Sonar après filtrage homomorphique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">René Garello</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Mandhouj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basel Solaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Space Reflecto 2013 : 3rd Conference on passive reflectometry using radiocom space signals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Brest, France</w:t>
+              <w:t xml:space="preserve">GRETSI 2013 : 24ème colloque du Groupement de Recherche en Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00955093v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00860666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multibeam Interferometric Sounding Quality for FM Signals: Modelling and Comparison with Field Data</w:t>
               </w:r>
@@ -2369,485 +2369,485 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00739594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling and Interpretation of Bathymetry Performance Degradation for Multibeam Echosounders using FM Signals</w:t>
+                <w:t xml:space="preserve">Impact of FM pulse compression sidelobes on multibeam bathymetry measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Maussang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Lurton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Maussang</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICoURS’12 – International Conference on Underwater Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Brest, France</w:t>
+              <w:t xml:space="preserve">ECUA 2012: European Conference on Underwater Acoustics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Edinburgh, United Kingdom. pp.918 - 925</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00797505v1</w:t>
+                <w:t xml:space="preserve">hal-00725037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of FM pulse compression sidelobes on multibeam bathymetry measurements</w:t>
+                <w:t xml:space="preserve">Modelling and Interpretation of Bathymetry Performance Degradation for Multibeam Echosounders using FM Signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lurton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Sintes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECUA 2012: European Conference on Underwater Acoustics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Edinburgh, United Kingdom. pp.918 - 925</w:t>
+              <w:t xml:space="preserve">ICoURS’12 – International Conference on Underwater Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00725037v1</w:t>
+                <w:t xml:space="preserve">hal-00797505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonar Image Preprocessing Method based on Homomorphic Filtering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Imen Mandhouj</w:t>
+                <w:t xml:space="preserve">Bathymetry Degradation Causes for Frequency Modulated Multibeam Echosounders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hamid Amiri</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Lurton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Sintes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MTS/IEEE Oceans 2012 Hampton Roads</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Virginia Beach, Va, United States</w:t>
+              <w:t xml:space="preserve">MTS/IEEE Oceans 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Virginia Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00797539v1</w:t>
+                <w:t xml:space="preserve">hal-00797499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bathymetry Degradation Causes for Frequency Modulated Multibeam Echosounders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pauline Vincent</w:t>
+                <w:t xml:space="preserve">Sonar Image Preprocessing Method based on Homomorphic Filtering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Mandhouj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">René Garello</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basel Solaiman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Amiri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MTS/IEEE Oceans 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Virginia Beach, United States</w:t>
+              <w:t xml:space="preserve">MTS/IEEE Oceans 2012 Hampton Roads</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Virginia Beach, Va, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00797499v1</w:t>
+                <w:t xml:space="preserve">hal-00797539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doppler effect on bathymetry using frequency modulated multibeam echo sounders</w:t>
               </w:r>
@@ -2948,282 +2948,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00626517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPS passive bistatic radar system in oceanic environment: detection performance estimation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Maussang</w:t>
+                <w:t xml:space="preserve">Projet MOPS : Système dédié à l'utilisation des signaux GNSS pour l'océanographie et la surveillance de la surface de la mer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahatra Rakotondrainibe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Caouren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Marie Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Oceans 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNM 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Brest, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00626518v1</w:t>
+                <w:t xml:space="preserve">hal-00596907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet MOPS : Système dédié à l'utilisation des signaux GNSS pour l'océanographie et la surveillance de la surface de la mer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">GPS passive bistatic radar system in oceanic environment: detection performance estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Maussang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Garello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Soulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lahatra Rakotondrainibe</w:t>
+                <w:t xml:space="preserve">Damien Desjonquères</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natacha Caouren</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nadine Pourthié</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNM 2011</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Oceans 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Santander, Espagne. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/Oceans-Spain.2011.6003559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00596907v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00626518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet doppler : impact sur la mesure bathymétrique issue des sondeurs multifaisceaux</w:t>
               </w:r>
@@ -3330,77 +3330,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near sea surface target tracking by extended Kalman filtering of the GPS reflected signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarab Tay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Maussang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chonavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3445,299 +3445,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00626514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kalman filtering of GPS signals for target tracking application</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A tracking algorithm for GNSS reflected signals on sea surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarab Tay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarab Tay</w:t>
+                <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Passive 2010 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Brest, France</w:t>
+              <w:t xml:space="preserve">IGARSS 2010 : IEEE International Geoscience and Remote Sensing Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Honolulu, Hawaii, United States. pp.3821 - 3824</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00626512v1</w:t>
+                <w:t xml:space="preserve">hal-00540877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tracking algorithm for GNSS reflected signals on sea surface</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Kalman filtering of GPS signals for target tracking application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarab Tay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Maussang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarab Tay</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2010 : IEEE International Geoscience and Remote Sensing Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Honolulu, Hawaii, United States. pp.3821 - 3824</w:t>
+              <w:t xml:space="preserve">Passive 2010 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00540877v1</w:t>
+                <w:t xml:space="preserve">hal-00626512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New concept of passive measure using GNSS reflected signals in oceanographic applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarab Tay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Maussang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Coatanhay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Garello</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4611,243 +4611,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00086790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Use of Higher Order Statistics in SAS Imagery</w:t>
+                <w:t xml:space="preserve">Fusion de données statistiques locales pour la détection en imagerie SAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Rombaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hétet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Amate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP'04)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Montréal, Canada. pp.269 - 272</w:t>
+              <w:t xml:space="preserve">12e rencontres francophones sur la Logique Floue et ses Applications (LFA'04)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Nantes, France. pp.189 - 196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00086793v1</w:t>
+                <w:t xml:space="preserve">hal-00086804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusion de données statistiques locales pour la détection en imagerie SAS</w:t>
+                <w:t xml:space="preserve">On the Use of Higher Order Statistics in SAS Imagery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hétet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maud Amate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12e rencontres francophones sur la Logique Floue et ses Applications (LFA'04)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, Nantes, France. pp.189 - 196</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing (ICASSP'04)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, Montréal, Canada. pp.269 - 272</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00086804v1</w:t>
+                <w:t xml:space="preserve">hal-00086793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection en Imagerie SAS par Fusion de Données de Statistiques Locales</w:t>
               </w:r>
@@ -4922,230 +4922,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00086805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated Segmentation of SAS Images using the Mean - Standard Deviation Representation</w:t>
+                <w:t xml:space="preserve">Synthetic Aperture Sonar Imagery: towards a Classification of Underwater Mines in the Mean - Standard Deviation Plane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Hory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hétet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MTS/IEEE Oceans'03 conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, San Diego, United States. pp.2155 - 2160</w:t>
+              <w:t xml:space="preserve">Physics in Signal and Image Processing, PSIP'03,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00086795v1</w:t>
+                <w:t xml:space="preserve">hal-00086799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic Aperture Sonar Imagery: towards a Classification of Underwater Mines in the Mean - Standard Deviation Plane</w:t>
+                <w:t xml:space="preserve">Automated Segmentation of SAS Images using the Mean - Standard Deviation Representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Maussang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Chanussot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Hory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Hétet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics in Signal and Image Processing, PSIP'03,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, Grenoble, France</w:t>
+              <w:t xml:space="preserve">MTS/IEEE Oceans'03 conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, San Diego, United States. pp.2155 - 2160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00086799v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00086795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation automatique d'images sonar à antenne synthétique pour la détection d'échos de mines sous-marines</w:t>
               </w:r>
@@ -5654,51 +5654,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A42ED1CD"/>
+    <w:nsid w:val="9E8B1141"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5885,51 +5885,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-maussang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3770-010X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/104505842" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212215v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Saout" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Maussang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4031/MTSJ.49.4.16" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276968v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rombaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;tet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Amate" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/876092" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314977v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2007.907936" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130823v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2007/47039" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086809v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ramasso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02195507v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Ben Boudaoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Garello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chevallier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2019.8867242" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656144v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ollivier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2017.8084967" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424504v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Alsahwa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2016.7761242" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215960v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215952v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Uzan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Genova.2015.7271662" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207124v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyun Guelton" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Genova.2015.7271678" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188940v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Mandhouj" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Amiri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2014.7003094" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208445v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860666v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955093v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarab Tay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coatanhay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845231v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vincent" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lurton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845213v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739594v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797505v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725037v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797539v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797499v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626518v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Soulat" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Desjonqu&#232;res" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Pourthi&#233;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Oceans-Spain.2011.6003559" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00596907v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahatra Rakotondrainibe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Caouren" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Marie Leroux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626519v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626514v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626512v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540877v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118607v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132404v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Daout" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ginolhac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Schmitt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137011v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069634v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bombrun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Moisan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069631v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069636v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyonic" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legris" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bellec" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069630v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Visan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069627v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086790v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086793v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086804v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086805v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086795v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086799v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Hory" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086807v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086802v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118475v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-maussang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3770-010X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/104505842" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212215v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Le Saout" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Maussang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4031/MTSJ.49.4.16" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00276968v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Rombaut" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Chanussot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;tet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Amate" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2008/876092" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314977v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2007.907936" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00130823v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2007/47039" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086809v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ramasso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02195507v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Ben Boudaoud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Garello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chevallier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2019.8867242" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01656144v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ollivier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2017.8084967" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424504v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Alsahwa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2016.7761242" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liyun Guelton" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Genova.2015.7271678" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215952v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Uzan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS-Genova.2015.7271662" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215960v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01188940v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Mandhouj" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Amiri" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219474v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2014.7003094" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208445v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00955093v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarab Tay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Coatanhay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00860666v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845231v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Vincent" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lurton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845213v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739594v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725037v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797505v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797499v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797539v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00596907v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahatra Rakotondrainibe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Caouren" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Marie Leroux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626518v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Soulat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Desjonqu&#232;res" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Pourthi&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Oceans-Spain.2011.6003559" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626519v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626514v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540877v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626512v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118607v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132404v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Daout" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ginolhac" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Schmitt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137011v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069634v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Bombrun" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Moisan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069631v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069636v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyonic" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legris" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bellec" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069630v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Visan" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00069627v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086790v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086804v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086793v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086805v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086799v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Hory" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086795v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086807v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086802v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118475v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011447v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>