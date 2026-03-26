--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,677 +100,677 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjoint-Based Design of 3D Magnetic Circuits with Nonlinear Materials: Application of the Magnetic Moment Method</w:t>
+                <w:t xml:space="preserve">Covering a rectangle with 6 circles: a reliable mathematical programming approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Michel</w:t>
+                <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/tmag.2025.3627291⟩</w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 93 (3), pp.733-745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10898-025-01557-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05362378v1</w:t>
+                <w:t xml:space="preserve">hal-05387156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covering a rectangle with 6 circles: a reliable mathematical programming approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adjoint-Based Design of 3D Magnetic Circuits with Nonlinear Materials: Application of the Magnetic Moment Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Cafieri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 93 (3), pp.733-745. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1 - 1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10898-025-01557-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/tmag.2025.3627291⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05387156v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05362378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topological optimization in 3D-magnetostatics: development of adjoint methods using the equations of magnetic moments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Michel</w:t>
+                <w:t xml:space="preserve">On Dealing with Minima at the Border of a Simplicial Feasible Area in Simplicial Branch and Bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boglárka G.-Tóth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eligius Hendrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leocadio Casado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2023-0533⟩</w:t>
+              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 203 (2), pp.1880-1909. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10957-024-02480-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04773035v1</w:t>
+                <w:t xml:space="preserve">hal-04909203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Dealing with Minima at the Border of a Simplicial Feasible Area in Simplicial Branch and Bound</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Leocadio Casado</w:t>
+                <w:t xml:space="preserve">Topological optimization in 3D-magnetostatics: development of adjoint methods using the equations of magnetic moments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Optimization Theory and Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 203 (2), pp.1880-1909. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (4), pp.871-889. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10957-024-02480-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2023-0533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909203v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04773035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization of the harmonic content for torque ripple minimization</w:t>
+                <w:t xml:space="preserve">Hybridizing two linear relaxation techniques in interval-based solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Gauthey</w:t>
+                <w:t xml:space="preserve">Ignacio Araya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
+                <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gillon</w:t>
+                <w:t xml:space="preserve">Gilles Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30 (3), pp.8100404. </w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 91 (3), pp.437-456. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3303679⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10898-024-01449-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04230365v1</w:t>
+                <w:t xml:space="preserve">hal-04812289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridizing two linear relaxation techniques in interval-based solvers</w:t>
+                <w:t xml:space="preserve">Topology optimization of the harmonic content for torque ripple minimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio Araya</w:t>
+                <w:t xml:space="preserve">Thomas Gauthey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gilles Trombettoni</w:t>
+                <w:t xml:space="preserve">Frédéric Gillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 91 (3), pp.437-456. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30 (3), pp.8100404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10898-024-01449-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3303679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04812289v1</w:t>
+                <w:t xml:space="preserve">hal-04230365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid Isotropic Material with Penalization-Based Topology Optimization of Three-Dimensional Magnetic Circuits with Mechanical Constraints</w:t>
               </w:r>
@@ -867,160 +867,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04543610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local search versus linear programming to detect monotonicity in simplicial branch and bound</w:t>
+                <w:t xml:space="preserve">Three-Dimensional Analytical Model of Servovalve Torque Motor Using Reluctance Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L G Casado</w:t>
+                <w:t xml:space="preserve">Marion Ribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. G.-Tóth</w:t>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E M T Hendrix</w:t>
+                <w:t xml:space="preserve">Jean-François Llibre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Batoul Attar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10898-023-01310-y⟩</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3306938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04829511v1</w:t>
+                <w:t xml:space="preserve">hal-04244330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization for Magnetic Circuits with Continuous Adjoint Method in 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Houta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1039,483 +1052,470 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 43 (2), pp.370-389. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-12-2023-0644⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095069v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Dimensional Analytical Model of Servovalve Torque Motor Using Reluctance Network</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Local search versus linear programming to detect monotonicity in simplicial branch and bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
+                <w:t xml:space="preserve">L G Casado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Llibre</w:t>
+                <w:t xml:space="preserve">B. G.-Tóth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E M T Hendrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Batoul Attar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3306938⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10898-023-01310-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04244330v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical certification of Pareto optimality for biobjective nonlinear problems</w:t>
+                <w:t xml:space="preserve">An optimization-based methodology to design waveguides with metamaterial walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Audet</w:t>
+                <w:t xml:space="preserve">Ayoub Bellouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine El Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10898-022-01127-1⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41 (6), pp.2022-2044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-11-2021-0421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03588876v1</w:t>
+                <w:t xml:space="preserve">hal-04448540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optimization-based methodology to design waveguides with metamaterial walls</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical certification of Pareto optimality for biobjective nonlinear problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+                <w:t xml:space="preserve">Charles Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 41 (6), pp.2022-2044. </w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 83 (4), pp.891-908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-11-2021-0421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10898-022-01127-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04448540v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction to: Numerical certification of Pareto optimality for biobjective nonlinear problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Global Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 83 (4), pp.909-910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1549,51 +1549,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global exact optimization for covering a rectangle with 6 circles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1647,1616 +1647,1616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization, 3D-Numerical Validations and Preliminary Experimental Tests of a Wound Rotor Synchronous Machine</w:t>
+                <w:t xml:space="preserve">An interval branch and bound method for global Robust optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
+                <w:t xml:space="preserve">Emilio Carrizosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/en14238118⟩</w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 80 (3), pp.507-522. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10898-021-01010-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756490v1</w:t>
+                <w:t xml:space="preserve">hal-04756413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An interval branch and bound method for global Robust optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimization, 3D-Numerical Validations and Preliminary Experimental Tests of a Wound Rotor Synchronous Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Bueno Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilio Carrizosa</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 80 (3), pp.507-522. </w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (23), pp.en14238118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10898-021-01010-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/en14238118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756413v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On derivative based bounding for simplicial branch and bound</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On new methods to construct lower bounds in simplicial branch and bound based on interval arithmetic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. G.-Tóth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L G Casado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eligius M T Hendrix</w:t>
+                <w:t xml:space="preserve">E. M.T Hendrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leocadio G Casado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAIRO - Operations Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ro/2021081⟩</w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 80 (4), pp.779-804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10898-021-01053-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04834820v1</w:t>
+                <w:t xml:space="preserve">hal-04821045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On new methods to construct lower bounds in simplicial branch and bound based on interval arithmetic</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">L G Casado</w:t>
+                <w:t xml:space="preserve">On derivative based bounding for simplicial branch and bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eligius M T Hendrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. M.T Hendrix</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Messine</w:t>
+                <w:t xml:space="preserve">Leocadio G Casado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 80 (4), pp.779-804. </w:t>
+              <w:t xml:space="preserve">RAIRO - Operations Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 55 (3), pp.2023-2034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10898-021-01053-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/ro/2021081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821045v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A deterministic semi-infinite global optimization method to design slotless permanent magnet machines</w:t>
+                <w:t xml:space="preserve">Topology Shape and Parametric Design Optimization of Hall Effect Thrusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahia Amrouchi</w:t>
+                <w:t xml:space="preserve">Rtimi Youness</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohand Ouanes</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-01-2020-0046⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mathematics in Industry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Mathematics in Industry, 32 (3), pp.255-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-44101-2_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756513v1</w:t>
+                <w:t xml:space="preserve">hal-04909604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjoint-based topology optimization to reduce the energy consumption of a Hall effect thruster</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A deterministic semi-infinite global optimization method to design slotless permanent magnet machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahia Amrouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rtimi Youness</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic Messine</w:t>
+                <w:t xml:space="preserve">Clément Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Ouanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 40 (2), pp.197-209. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-01-2020-0038⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 40 (2), pp.84-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-01-2020-0046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04821238v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Shape and Parametric Design Optimization of Hall Effect Thrusters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Adjoint-based topology optimization to reduce the energy consumption of a Hall effect thruster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rtimi Youness</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mathematics in Industry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Mathematics in Industry, 32 (3), pp.255-264. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (2), pp.197-209. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-44101-2_24⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-01-2020-0038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909604v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite element analysis of a modular brushless wound rotor synchronous machine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Comparison between fmincon and NOMAD optimization codes to design wound rotor synchronous machines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Bueno Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Voyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1049/joe.2018.8206⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60, pp.S87-S100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/JAE-191108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03293170v1</w:t>
+                <w:t xml:space="preserve">hal-03293161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An implementation of adjoint-based topology optimization in magnetostatics: Application to design hall-effect thrusters</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Finite element analysis of a modular brushless wound rotor synchronous machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Bueno‐mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 38 (3), pp.1023-1035. </w:t>
+              <w:t xml:space="preserve">The Journal of Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 2019 (17), pp.3521-3526. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-09-2018-0379⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1049/joe.2018.8206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790776v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03293170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison between fmincon and NOMAD optimization codes to design wound rotor synchronous machines</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An implementation of adjoint-based topology optimization in magnetostatics: Application to design hall-effect thrusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rtimi Youness</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Messine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 60, pp.S87-S100. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (3), pp.1023-1035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3233/JAE-191108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-09-2018-0379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03293161v1</w:t>
+                <w:t xml:space="preserve">hal-04790776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of optimal control approaches for aircraft conflict avoidance via velocity regulation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Topology optimization in electromagnetism using SIMP method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Cellier</w:t>
+                <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Riadh Omheni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optimal Control Applications and Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/oca.2344⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (6), pp.2138-2157. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-04-2017-0170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01575705v1</w:t>
+                <w:t xml:space="preserve">hal-04909616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application optimal control for a problem aircraft flight</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combination of optimal control approaches for aircraft conflict avoidance via velocity regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Cafieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kahina Louadj</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Riadh Omheni</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering Science and Technology Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.25103/jestr.111.19⟩</w:t>
+              <w:t xml:space="preserve">Optimal Control Applications and Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 39 (1), pp.181-203. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/oca.2344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02089338v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01575705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torque Ripple Reduction in a SynRM at a Constant Average Torque by Means of Current Harmonics Injection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Application optimal control for a problem aircraft flight</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Louadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Spitéri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fethi Demin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Aidene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samer Yammine</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Abdelkrim Nemra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2528/PIERC17101801⟩</w:t>
+              <w:t xml:space="preserve">Journal of Engineering Science and Technology Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11 (1), pp.156-164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25103/jestr.111.19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03293155v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02089338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization in electromagnetism using SIMP method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Torque Ripple Reduction in a SynRM at a Constant Average Torque by Means of Current Harmonics Injection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samer Yammine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Satafa Sanogo</w:t>
+                <w:t xml:space="preserve">Maurice Fadel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 37 (6), pp.2138-2157. </w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 80, pp.167-180. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-04-2017-0170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2528/PIERC17101801⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909616v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03293155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A parametric optimization code based on local algorithms to design magnetic circuits of Hall effect thrusters</w:t>
               </w:r>
@@ -3268,51 +3268,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Applied Electromagnetics and Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 53, pp.S153-S165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3489,51 +3489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions of the Japan Society for Aeronautical and Space Sciences, Aerospace Technology Japan</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 14 (ists30), pp.Pb_197-Pb_202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3567,51 +3567,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of space thrusters: a topology optimization problem solved via a Branch and Bound method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3671,77 +3671,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical optimal control method for solving a large thermic process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadila Kara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Aidene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAIRO - Operations Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 50 (2), pp.297--314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3787,51 +3787,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A reliable affine relaxation method for global optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4021,77 +4021,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal control of a large thermic process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saliha Titouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Aidene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Process Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 25, pp.50--58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4228,51 +4228,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization for Magnetic Circuits Dedicated to Electric Propulsion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4339,469 +4339,469 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency assignment in a SDMA satellite communication system with beam decentring feature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal design of electrical machines : mathematical programming formulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Cafieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kata Kiatmanaroj</w:t>
+                <w:t xml:space="preserve">Leo Liberti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Artigues</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
+                <w:t xml:space="preserve">Bertrand Nogarède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Optimization and Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10589-013-9557-4⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 32 (3), pp 977-996. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/03321641311305863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00862343v1</w:t>
+                <w:t xml:space="preserve">hal-00934665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Small Octagons of MaximalWidth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Audet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete and Computational Geometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (3), pp.589-600. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00454-013-9489-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00847250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finding largest small polygons with GloptiPoly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Frequency assignment in a SDMA satellite communication system with beam decentring feature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kata Kiatmanaroj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Henrion</w:t>
+                <w:t xml:space="preserve">Christian Artigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Houssin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10898-011-9818-7⟩</w:t>
+              <w:t xml:space="preserve">Computational Optimization and Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56 (2), pp.439-455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10589-013-9557-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00578944v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00862343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal design of electrical machines : mathematical programming formulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leo Liberti</w:t>
+                <w:t xml:space="preserve">Finding largest small polygons with GloptiPoly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Henrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Nogarède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 32 (3), pp 977-996. </w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56 (3), pp.1017-1028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/03321641311305863⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10898-011-9818-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00934665v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00578944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some Co-Axial Magnetic Couplings Designed Using an Analytical Model and an Exact Global Optimization Code</w:t>
               </w:r>
@@ -5021,51 +5021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Pigache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Nogarède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 54 (7), pp.1293-1302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5216,51 +5216,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal design of electromechanical actuators: a new method based on global optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Nogarède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Lagouanelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5339,77 +5339,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear 3D-Magnetostatic Problems Solved with Adjoint-Based Topological Optimization and Volume Integral Formulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPUMAG, 25-th International Conference on the Computation of Electromagnetic Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5510,168 +5510,146 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05228499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Polytopal Branch and Bound with Monotonicity</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. G.-Tóth</w:t>
+                <w:t xml:space="preserve">Application des Méthodes Intégrales de Volume pour l’Optimisation Topologique de Circuits Magnétiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Science and Its Applications – ICCSA 2024 Workshops. ICCSA 2024</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NUMELEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse (FRANCE), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909217v1</w:t>
+                <w:t xml:space="preserve">hal-04880091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Level Set-Based Topology Optimization Of 3D Magnetic Circuits With Mechanical Constraints</w:t>
+                <w:t xml:space="preserve">Gradient-based topological optimization for 3D magnetic circuit design with mechanical considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Houta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lebbe</w:t>
@@ -5689,205 +5667,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25th International Symposium on Mathematical Programming (ISMP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">10th European Conference on Numerical Methods in Electromagnetism (NUMELEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04789409v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SIMP-Based Topology Optimization Of 3D Magnetic Circuits With Mechanical Constraints</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Huguet</w:t>
+                <w:t xml:space="preserve">On Polytopal Branch and Bound with Monotonicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Hendrix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Casado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. G.-Tóth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st Conference on Advances in Continuous Optimization (EUROPT)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational Science and Its Applications – ICCSA 2024 Workshops. ICCSA 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Hanoi (Vietnam), France. pp.397-414, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-65223-3_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04789408v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient-based topological optimization for 3D magnetic circuit design with mechanical considerations</w:t>
+                <w:t xml:space="preserve">Level Set-Based Topology Optimization Of 3D Magnetic Circuits With Mechanical Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Houta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lebbe</w:t>
@@ -5905,1036 +5892,1049 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th European Conference on Numerical Methods in Electromagnetism (NUMELEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">25th International Symposium on Mathematical Programming (ISMP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789400v1</w:t>
+                <w:t xml:space="preserve">hal-04789409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application des Méthodes Intégrales de Volume pour l’Optimisation Topologique de Circuits Magnétiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Michel</w:t>
+                <w:t xml:space="preserve">SIMP-Based Topology Optimization Of 3D Magnetic Circuits With Mechanical Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Houta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUMELEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Toulouse (FRANCE), France</w:t>
+              <w:t xml:space="preserve">21st Conference on Advances in Continuous Optimization (EUROPT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Lund, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04880091v1</w:t>
+                <w:t xml:space="preserve">hal-04789408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the Electromagnetic Behaviour of Servovalve Torque Motor Using Reluctance Network Models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Modèle analytique 3D par réseau de réluctances d’un actionneur-couple pour vanne hydraulique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Ribout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Llibre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Batoul Attar</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Recent Advances in Aerospace Actuation Systems and Components (R3ASC'23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">SYMPOSIUM DE GENIE ELECTRIQUE (SGE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, LILLE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04244282v1</w:t>
+                <w:t xml:space="preserve">hal-04243856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Analytical Model of Servovalve Torque Motor Using Reluctance Network</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
+                <w:t xml:space="preserve">Optimisation topologique pour la conception de circuits magnétiques par la méthode adjointe en 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Houta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on the Computation of Electromagnetic Fields (COMPUMAG 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">24eme Congrès Annuel de la Société Française de Recherche Operationnelle de d'Aide à la Décision (ROADEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04243874v1</w:t>
+                <w:t xml:space="preserve">hal-04789391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient-based Topological Optimization for 3D Magnetic Circuit Design with Mechanical Considerations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zakaria Houta</w:t>
+                <w:t xml:space="preserve">Assessment of the Electromagnetic Behaviour of Servovalve Torque Motor Using Reluctance Network Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Batoul Attar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Llibre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Workshop on Optimization and Inverse Problems in Electromagnetism 2023 (OIPE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Graz, Austria</w:t>
+              <w:t xml:space="preserve">9th International Conference on Recent Advances in Aerospace Actuation Systems and Components (R3ASC'23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300974v1</w:t>
+                <w:t xml:space="preserve">hal-04244282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a Topological Optimization Method using 3D Volume Integral Equations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Michel</w:t>
+                <w:t xml:space="preserve">3D Analytical Model of Servovalve Torque Motor Using Reluctance Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ribout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Llibre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Batoul Attar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optimization and Inverse Problems in Electromagnetism 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Graz Austria, Austria</w:t>
+              <w:t xml:space="preserve">24th International Conference on the Computation of Electromagnetic Fields (COMPUMAG 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777265v1</w:t>
+                <w:t xml:space="preserve">hal-04243874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjoint Method using a Volume Integral Method for 3D Magnetic Structure Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Michel</w:t>
+                <w:t xml:space="preserve">Gradient-based Topological Optimization for 3D Magnetic Circuit Design with Mechanical Considerations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Houta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMF, the 13th International Symposium on Electric and Magnetic Fields</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">17th International Workshop on Optimization and Inverse Problems in Electromagnetism 2023 (OIPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Graz, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779229v1</w:t>
+                <w:t xml:space="preserve">hal-04300974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient based Topology Optimization to 3D Magnetic Circuits</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zakaria Houta</w:t>
+                <w:t xml:space="preserve">Development of a Topological Optimization Method using 3D Volume Integral Equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Huguet</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Symposium on Electric and Magnetic Fields (EMF 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">Optimization and Inverse Problems in Electromagnetism 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Graz Austria, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300962v1</w:t>
+                <w:t xml:space="preserve">hal-04777265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle analytique 3D par réseau de réluctances d’un actionneur-couple pour vanne hydraulique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
+                <w:t xml:space="preserve">Adjoint Method using a Volume Integral Method for 3D Magnetic Structure Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Batoul Attar</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYMPOSIUM DE GENIE ELECTRIQUE (SGE 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, LILLE, France</w:t>
+              <w:t xml:space="preserve">EMF, the 13th International Symposium on Electric and Magnetic Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04243856v1</w:t>
+                <w:t xml:space="preserve">hal-04779229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation topologique pour la conception de circuits magnétiques par la méthode adjointe en 3D</w:t>
+                <w:t xml:space="preserve">Gradient based Topology Optimization to 3D Magnetic Circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakaria Houta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24eme Congrès Annuel de la Société Française de Recherche Operationnelle de d'Aide à la Décision (ROADEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">13th International Symposium on Electric and Magnetic Fields (EMF 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04789391v1</w:t>
+                <w:t xml:space="preserve">hal-04300962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A numerical proof by reliable Global Optimization for a problem of covering a rectangle with circles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7054,77 +7054,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of slotless permanent magnet machines by a semi-inﬁnite global optimization method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahia Amrouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Ouanès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7162,51 +7162,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covering a square with six circles by deterministic global optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7279,51 +7279,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliable Bounds for Convex Relaxation in Interval Global Optimization Codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LeGO 2018 - 14th International Global Optimization Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Leiden, Netherlands. pp.020050, </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7351,938 +7351,938 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology, Shape and Parametric Design Optimization of Hall Effect Thrusters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D Electromagnetic and Thermal Analysis for an Optimized Wound Rotor Synchronous Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youness Rtimi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Bueno-Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 12th International Conference on Scientific Computing in Electrical Engineering (SCEE 2018), Sept. 23-27, 2018, Taormina (ITALY)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Taormina, Italy</w:t>
+              <w:t xml:space="preserve">XIIIrd International Conference on Electrical Machines (ICEM 2018), Sept. 3-6, 2018, Alexandroupoli (GREECE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Alexandroupoli, Greece. pp.455-460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942323v1</w:t>
+                <w:t xml:space="preserve">hal-03942325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Analysis in Magnetics Topology Optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mathematical Optimization for Innovative Electromagnetic Designs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OIPE 2018 : 15th Workshop on Optimization and Inverse Problems in Electromagnetism, Sept. 11-13, 2018, Innsbruck (AUSTRIA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Innsbruck, Austria</w:t>
+              <w:t xml:space="preserve">16th EUROPT Workshop on Advances in Continuous Optimization (EUROPT 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Almeria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03942324v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04159123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization 3D-Numerical Validations and Preliminary Experimental Tests of a Wound Rotor Synchronous Machine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probabilistic Optimal Control for Energy Management of Connected Hybrid Electrical Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Idrissi Hassani Azami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Kutter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIIIrd International Conference on Electrical Machines (ICEM'2018), Sept. 3-6, 2018, Alexandroupoli (GREECE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Symposium on Power Electronics, Electrical Drives, Automation and Motion (SPEEDAM), June 20-22, 2018, Amalfi (ITALY)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Amalfi, Italy. pp.728-733, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SPEEDAM.2018.8445391⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938059v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Control for Energy Management of Connected Hybrid Electrical Vehicles : Predictive connectivity compared to an adaptive algorithm</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Caux</w:t>
+                <w:t xml:space="preserve">Sensitivity Analysis in Magnetics Topology Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youness Rtimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Sans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Vehicule Technology and Intelligent Transport System (VEHITS 2018), March 16-18, 2018, Madeira (PORTUGAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Madeira, Portugal</w:t>
+              <w:t xml:space="preserve">OIPE 2018 : 15th Workshop on Optimization and Inverse Problems in Electromagnetism, Sept. 11-13, 2018, Innsbruck (AUSTRIA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886485v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic Optimal Control for Energy Management of Connected Hybrid Electrical Vehicles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Caux</w:t>
+                <w:t xml:space="preserve">Topology, Shape and Parametric Design Optimization of Hall Effect Thrusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youness Rtimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">S. Kutter</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Power Electronics, Electrical Drives, Automation and Motion (SPEEDAM), June 20-22, 2018, Amalfi (ITALY)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 12th International Conference on Scientific Computing in Electrical Engineering (SCEE 2018), Sept. 23-27, 2018, Taormina (ITALY)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Taormina, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SPEEDAM.2018.8445391⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03886486v1</w:t>
+                <w:t xml:space="preserve">hal-03942323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathematical Optimization for Innovative Electromagnetic Designs</w:t>
+                <w:t xml:space="preserve">Optimization 3D-Numerical Validations and Preliminary Experimental Tests of a Wound Rotor Synchronous Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Harribey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bueno-Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th EUROPT Workshop on Advances in Continuous Optimization (EUROPT 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Almeria, Spain</w:t>
+              <w:t xml:space="preserve">XXIIIrd International Conference on Electrical Machines (ICEM'2018), Sept. 3-6, 2018, Alexandroupoli (GREECE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Alexandroupoli, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04159123v1</w:t>
+                <w:t xml:space="preserve">hal-03938059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Electromagnetic and Thermal Analysis for an Optimized Wound Rotor Synchronous Machine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Huong Thao Le Luong</w:t>
+                <w:t xml:space="preserve">Optimal Control for Energy Management of Connected Hybrid Electrical Vehicles : Predictive connectivity compared to an adaptive algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Idrissi Hassani Azami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sans</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIIrd International Conference on Electrical Machines (ICEM 2018), Sept. 3-6, 2018, Alexandroupoli (GREECE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Alexandroupoli, Greece. pp.455-460</w:t>
+              <w:t xml:space="preserve">4th International Conference on Vehicule Technology and Intelligent Transport System (VEHITS 2018), March 16-18, 2018, Madeira (PORTUGAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Madeira, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03942325v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reliable convex relaxation techniques for global optimization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topology optimization to design magnetic circuits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youness Rtimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">G. Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimization 2017, Sept. 06-08, 2017, Lisboa (PORTUGAL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942321v1</w:t>
+                <w:t xml:space="preserve">hal-03942320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization to design magnetic circuits</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reliable convex relaxation techniques for global optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimization 2017, Sept. 06-08, 2017, Lisboa (PORTUGAL)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lisboa, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03942320v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of an innovative Hall effect thruster magnetic circuit via a topology and parametric optimization problem resolution</w:t>
               </w:r>
@@ -8294,51 +8294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Workshop on Optimization and inverse Problems in Electromagnetism (OIPE 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE Italy section; Italian research center Ciriaf, Sep 2016, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8363,77 +8363,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation Topologique basée sur la Méthode M-SIMP pour la Conception Optimale de Circuits Électromagnétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées SMAI-MODE 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe MODE de la Société de Mathématiques Appliquées et Industrielles (SMAI), Mar 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8458,51 +8458,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Solving Aircraft Conflict Avoidance Using Deterministic Global Optimization (sBB) Codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8553,77 +8553,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized Interpolation Schemes in Topology Optimization Methods for Designing Magnetic Circuits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEFC 2014 : 16th Biennial IEEE Conference on Electromagnetical Field Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, May 2014, Annecy, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8651,1478 +8651,1478 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03938192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Space Thrusters : a Topology Optimization Problem solved via a Branch and Bound Method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Satafa Sanogo</w:t>
+                <w:t xml:space="preserve">An optimal control problem with free final time for aircraft flight with wind</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Louadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Spitéri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Aidene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XII Global Optimization Workshop (GOW 2014) @ Mathematical and Applied Global Optimization (MAGO 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Malaga, Spain. pp.121-124</w:t>
+              <w:t xml:space="preserve">10ème Colloque sur l'optimisation et les systèmes d'information (COSI 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mohammed Said Radjef, Unité de Recherche LAMOS, Faculté des sciences exactes, Université Abderrahmane Mira de Béjaia, Algérie, Jun 2014, Bejaia, Algeria. pp.239--250</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942297v1</w:t>
+                <w:t xml:space="preserve">hal-03246616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Optimization for designing Magnetic Circuits using the SIMP approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Topology optimization for designing magnetic circuits using SIMP approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Biennal IEEE Conference on Electromagnetic Field Computation (CEFC 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, G2Elab : Grenoble Electrical Engineering Lab (University of Grenoble—Alps, CNRS), May 2014, Annecy, France. pp.64</w:t>
+              <w:t xml:space="preserve">Seminaire MOD (XLIM) 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942301v1</w:t>
+                <w:t xml:space="preserve">hal-03938194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization for designing magnetic circuits using SIMP approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Satafa Sanogo</w:t>
+                <w:t xml:space="preserve">Efficient Design Using Successive Analytical Subproblems Method: Application to Axial Magnetic Couplings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontchastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smail Mezani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées SMAI-MODE : Mathématiques de l’optimisation et de la décision (MODE 2014 )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe MODE de la Société de Mathématiques Appliquées et Industrielles (SMAI), Mar 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">16th Biennial IEEE Conference on Electromagnetic Field Computation - CEFC 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938193v1</w:t>
+                <w:t xml:space="preserve">hal-02944155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Design Using Successive Analytical Subproblems Method: Application to Axial Magnetic Couplings</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lubin</w:t>
+                <w:t xml:space="preserve">Optimal command for the control of the air navigation of an aircraft (ICEECA 2014)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kahina Louadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Spitéri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Aidene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Smail Mezani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Biennial IEEE Conference on Electromagnetic Field Computation - CEFC 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Annecy, France</w:t>
+              <w:t xml:space="preserve">Second International Conference on Electrical Engineering and Control Applications (ICEECA 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Faculty of Sciences and Technology, University Constantine 1, Nov 2014, Constantine, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02944155v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal command for the control of the air navigation of an aircraft (ICEECA 2014)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Aidene</w:t>
+                <w:t xml:space="preserve">Topology Optimization for designing Magnetic Circuits using the SIMP approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Second International Conference on Electrical Engineering and Control Applications (ICEECA 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Faculty of Sciences and Technology, University Constantine 1, Nov 2014, Constantine, Algeria</w:t>
+              <w:t xml:space="preserve">16th Biennal IEEE Conference on Electromagnetic Field Computation (CEFC 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, G2Elab : Grenoble Electrical Engineering Lab (University of Grenoble—Alps, CNRS), May 2014, Annecy, France. pp.64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03266934v1</w:t>
+                <w:t xml:space="preserve">hal-03942301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization for designing magnetic circuits using SIMP approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Design of Space Thrusters : a Topology Optimization Problem solved via a Branch and Bound Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminaire MOD (XLIM) 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Limoges, France</w:t>
+              <w:t xml:space="preserve">XII Global Optimization Workshop (GOW 2014) @ Mathematical and Applied Global Optimization (MAGO 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Malaga, Spain. pp.121-124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938194v1</w:t>
+                <w:t xml:space="preserve">hal-03942297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric Optimization of Magnetic Circuits of Hall Effect Thrusters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alberto Rossi</w:t>
+                <w:t xml:space="preserve">Topology optimization for designing magnetic circuits using SIMP approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">Journées SMAI-MODE : Mathématiques de l’optimisation et de la décision (MODE 2014 )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe MODE de la Société de Mathématiques Appliquées et Industrielles (SMAI), Mar 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942299v1</w:t>
+                <w:t xml:space="preserve">hal-03938193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Optimal Magnetic Circuits based on Efficient Penalization functions via Material Density Method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Satafa Sanogo</w:t>
+                <w:t xml:space="preserve">Régulation en vitesse pour un problème d'évitement de conflit aérien : combinaison des résolutions directe et indirecte de contrôle optimal.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Delft, Netherlands</w:t>
+              <w:t xml:space="preserve">ROADEF 2014, 15ème congrès annuel de la Société française de recherche opérationnelle et d'aide à la décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de recherche opérationnelle et d'aide à la décision, Feb 2014, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942300v1</w:t>
+                <w:t xml:space="preserve">hal-00946352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A branch and bound method for global robust optimization</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Méthode Exactes d'Optimisation Globale pour la Conception de Machines Electriques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XII Global Optimization Workshop (GOW 2014) @ Mathematical and Applied Global Optimization (MAGO 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Malaga, Spain. pp.53-56</w:t>
+              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2014), session Spéciale "GE et Mathématiques appliquées" : Mathématique pour la Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942298v1</w:t>
+                <w:t xml:space="preserve">hal-04159122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode Exactes d'Optimisation Globale pour la Conception de Machines Electriques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A branch and bound method for global robust optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Carrizosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2014), session Spéciale "GE et Mathématiques appliquées" : Mathématique pour la Physique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t>
+              <w:t xml:space="preserve">XII Global Optimization Workshop (GOW 2014) @ Mathematical and Applied Global Optimization (MAGO 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Malaga, Spain. pp.53-56</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04159122v1</w:t>
+                <w:t xml:space="preserve">hal-03942298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régulation en vitesse pour un problème d'évitement de conflit aérien : combinaison des résolutions directe et indirecte de contrôle optimal.</w:t>
+                <w:t xml:space="preserve">Design of Optimal Magnetic Circuits based on Efficient Penalization functions via Material Density Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Cellier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sonia Cafieri</w:t>
+                <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2014, 15ème congrès annuel de la Société française de recherche opérationnelle et d'aide à la décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française de recherche opérationnelle et d'aide à la décision, Feb 2014, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">13th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00946352v1</w:t>
+                <w:t xml:space="preserve">hal-03942300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methode numerique pour resoudre un probleme de controle optimal de processus thermiques de grande dimension</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Spitéri</w:t>
+                <w:t xml:space="preserve">Parametric Optimization of Magnetic Circuits of Hall Effect Thrusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Aidene</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Colloque sur l'optimisation et les systèmes d'information (COSI 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mohammed Said Radjef, Université Abderrahmane Mira de Bejaia (Algérie), Jun 2014, Bejaia, Algeria. pp.166--177</w:t>
+              <w:t xml:space="preserve">13th International Workshop on Optimization and Inverse Problems in Electromagnetism (OIPE 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Delft, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03246626v1</w:t>
+                <w:t xml:space="preserve">hal-03942299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An optimal control problem with free final time for aircraft flight with wind</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Methode numerique pour resoudre un probleme de controle optimal de processus thermiques de grande dimension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Aidene</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Colloque sur l'optimisation et les systèmes d'information (COSI 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mohammed Said Radjef, Unité de Recherche LAMOS, Faculté des sciences exactes, Université Abderrahmane Mira de Béjaia, Algérie, Jun 2014, Bejaia, Algeria. pp.239--250</w:t>
+              <w:t xml:space="preserve">, Mohammed Said Radjef, Université Abderrahmane Mira de Bejaia (Algérie), Jun 2014, Bejaia, Algeria. pp.166--177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03246616v1</w:t>
+                <w:t xml:space="preserve">hal-03246626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal time control to swing-up the inverted pendulum-cart in open-loop form</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelques histoires sur les petits octogones optimaux et leurs preuves assistées par ordinateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th IEEE International Workshop ofElectronics, Control, Measurement, Signals and their application to Mechatronics (ECMSM 2013)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop "Set computation for control" in Brest Topic: Intervals and geometry (2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Informatique Mathématique, pôle : Calcul Formel, Arithmétique et Géométrie, Laboratoire d'Informatique de Paris 6 (LIP6) et de l'Université Pierre et Marie Curie, Dec 2013, Brest, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01178575v1</w:t>
+                <w:t xml:space="preserve">hal-04159121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelques histoires sur les petits octogones optimaux et leurs preuves assistées par ordinateur</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal time control to swing-up the inverted pendulum-cart in open-loop form</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Merakeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farida Achemine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Set computation for control" in Brest Topic: Intervals and geometry (2013)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th IEEE International Workshop ofElectronics, Control, Measurement, Signals and their application to Mechatronics (ECMSM 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECMSM.2013.6648967⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04159121v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining direct and indirect methods to solve aircraft conflict avoidance problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Cellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCOPT 2013, 4th International Conference on Continuous Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10147,64 +10147,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal control approaches for aircraft conflict avoidance using speed regulation : a numerical study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10236,394 +10236,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00867935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization for the design of electromagnetic devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Topology optimisation of electromagnetic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Vilamot</w:t>
+                <w:t xml:space="preserve">Raphaël Vilamot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Continuous Optimization (ICCOPT 2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathematical Optimization Society; UNL : Universidade Nova de Lisboa, Jul 2013, Lisbon, Portugal. p.95</w:t>
+              <w:t xml:space="preserve">ICCOPT 2013 : 4th International Conference on Continius Optimisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathematical Optimization Society; Universidade Nova de Lisboa, Jul 2013, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942303v1</w:t>
+                <w:t xml:space="preserve">hal-03938190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Optimization of Electromagnetic Devices : Resolution of Inverse Problems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Topology optimization for the design of electromagnetic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Hénaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Vilamot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recent Advances on Optimization (2013)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cerfacs, structures associées : Airbus, Cnes, Météo-France, EDF, Safran, Onera et Total, Jul 2013, Toulouse, France. Poster p.40-42</w:t>
+              <w:t xml:space="preserve">4th International Conference on Continuous Optimization (ICCOPT 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathematical Optimization Society; UNL : Universidade Nova de Lisboa, Jul 2013, Lisbon, Portugal. p.95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942302v1</w:t>
+                <w:t xml:space="preserve">hal-03942303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimisation of electromagnetic devices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+                <w:t xml:space="preserve">Topology Optimization of Electromagnetic Devices : Resolution of Inverse Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Satafa Sanogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Hénaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Raphaël Vilamot</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Vilamot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCOPT 2013 : 4th International Conference on Continius Optimisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mathematical Optimization Society; Universidade Nova de Lisboa, Jul 2013, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">Recent Advances on Optimization (2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerfacs, structures associées : Airbus, Cnes, Météo-France, EDF, Safran, Onera et Total, Jul 2013, Toulouse, France. Poster p.40-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938190v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combinaison de méthodes de contrôle optimal pour l'évitement de collision dans le trafic aérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10661,51 +10661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A branch and bound approach for minimizing the energy consumption of an electrical vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Merakeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10746,291 +10746,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01178578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the control of a doubly fed induction machine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maria Pietrzak David</w:t>
+                <w:t xml:space="preserve">A better alternative to dynamic programming for offline energy optimization in hybrid-electric vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Guemri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Ulrich Ngueveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Workshop of Electronics, Control, Measurement, Signals and their application to Mechatronics (ECMSM 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.1-5, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ECMSM.2013.6648968⟩</w:t>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ECMSM.2013.6648937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01178572v1</w:t>
+                <w:t xml:space="preserve">hal-01178570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A better alternative to dynamic programming for offline energy optimization in hybrid-electric vehicles</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Caux</w:t>
+                <w:t xml:space="preserve">Optimization of the control of a doubly fed induction machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Pietrzak David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Workshop of Electronics, Control, Measurement, Signals and their application to Mechatronics (ECMSM 2013)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.1-2, </w:t>
+              <w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.1-5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ECMSM.2013.6648937⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ECMSM.2013.6648968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01178570v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01178572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A decomposition-based optimal control approach for aircraft conflict avoidance performed by velocity regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11077,77 +11077,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency allocation in a SDMA satellite communication system with beam moving (ICC 2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kata Kiatmanaroj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Artigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Houssin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11188,347 +11188,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03195463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Brand and Bound Methods for the Design of a Rosen Type Piezoelectric Transformer</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">François Pigache</w:t>
+                <w:t xml:space="preserve">Hybridizing direct and indirect optimal control approaches for aircraft conflict avoidance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2012 : 13ème congrès de la société française de recherche opérationnelle et d'aide à la décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ROADEF : Recherche opérationnelle et aide à la décision en France, 2012, Angers, France</w:t>
+              <w:t xml:space="preserve">ADVCOMP 2012, Sixth International Conference on Advanced Engineering Computing and Applications in Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Barcelona, Spain. pp 42-45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938188v1</w:t>
+                <w:t xml:space="preserve">hal-00938826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybridizing direct and indirect optimal control approaches for aircraft conflict avoidance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Compact relaxations for polynomial programming problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Létocart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Liberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADVCOMP 2012, Sixth International Conference on Advanced Engineering Computing and Applications in Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SEA 2012, 11th International Symposium on Experimental Algorithms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Bordeaux, France. pp 75-86, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00938826v1</w:t>
+                <w:t xml:space="preserve">hal-00938524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compact relaxations for polynomial programming problems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Leo Liberti</w:t>
+                <w:t xml:space="preserve">Interval Brand and Bound Methods for the Design of a Rosen Type Piezoelectric Transformer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Ninin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pigache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEA 2012, 11th International Symposium on Experimental Algorithms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ROADEF 2012 : 13ème congrès de la société française de recherche opérationnelle et d'aide à la décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ROADEF : Recherche opérationnelle et aide à la décision en France, 2012, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00938524v1</w:t>
+                <w:t xml:space="preserve">hal-03938188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heuristics and lower bound for energy management in hybrid-electric vehicles</w:t>
               </w:r>
@@ -11631,64 +11631,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résolution de conflit aérien par contrôle optimal basé sur la régulation en vitesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Cellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11720,736 +11720,736 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00934804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Branch and Bound Algorithms dealing with Black-Box Constraints</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Fontchastagner</w:t>
+                <w:t xml:space="preserve">Discussion about formulations and resolution techniques of electrical machine design problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Cafieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Liberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Nogarède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TOULOUSE GLOBAL OPTIMIZATION WORKSHOP - TOGO 2010</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICEM 2010, XIX International Conference on Electrical Machines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Rome, Italy. pp 1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2010.5607836⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02944330v1</w:t>
+                <w:t xml:space="preserve">hal-00938437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduced RLT constraints for polynomial programming</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Leo Liberti</w:t>
+                <w:t xml:space="preserve">Interval Branch and Bound Algorithms dealing with Black-Box Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontchastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EWMINLP10, European Workshop on Mixed Integer Nonlinear Programming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, Marseille, France. pp 205-207</w:t>
+              <w:t xml:space="preserve">TOULOUSE GLOBAL OPTIMIZATION WORKSHOP - TOGO 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00938438v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02944330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion about formulations and resolution techniques of electrical machine design problems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Reduced RLT constraints for polynomial programming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Létocart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Liberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Nogarède</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICEM 2010, XIX International Conference on Electrical Machines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EWMINLP10, European Workshop on Mixed Integer Nonlinear Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Marseille, France. pp 205-207</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2010.5607836⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00938437v1</w:t>
+                <w:t xml:space="preserve">hal-00938438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Exact Interval Branch and Bound Algorithms to Solve Problems with Some Black-box Constraints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Some Co-axial Magnetic Torque Coupling Designed Usingan Analytical Model and an Exact Global Optimization Code</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontchastagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Fontchastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium of Mathematical Programming - ISMP 2009</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th Biennial IEEE Conference on Electromagnetic Field Computation (IEEE - CEFC 2008)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2008, Athens, Greece. pp.1458 - 1461, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2009.2013888⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02945636v1</w:t>
+                <w:t xml:space="preserve">hal-03938187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interval Branch and Bound Algorithms for Inverse Problems of Electromagnetic Devices Design</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Exact Interval Branch and Bound Algorithms to Solve Problems with Some Black-box Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fontchastagner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd European Conference on Operational Research - EURO Conference Bonn 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2009, Bonn, Germany</w:t>
+              <w:t xml:space="preserve">20th International Symposium of Mathematical Programming - ISMP 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945609v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Exact Optimization Code Combined with a Hybrid Model for Magnetic Couplings Design</w:t>
+                <w:t xml:space="preserve">Interval Branch and Bound Algorithms for Inverse Problems of Electromagnetic Devices Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fontchastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on the Computation of Electromagnetic Fields (COMPUMAG 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil. pp.257-258</w:t>
+              <w:t xml:space="preserve">23rd European Conference on Operational Research - EURO Conference Bonn 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02945658v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02945609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some Co-axial Magnetic Torque Coupling Designed Usingan Analytical Model and an Exact Global Optimization Code</w:t>
+                <w:t xml:space="preserve">An Exact Optimization Code Combined with a Hybrid Model for Magnetic Couplings Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fontchastagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Biennial IEEE Conference on Electromagnetic Field Computation (IEEE - CEFC 2008)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th International Conference on the Computation of Electromagnetic Fields (COMPUMAG 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Florianopolis, Brazil. pp.257-258</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2009.2013888⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03938187v1</w:t>
+                <w:t xml:space="preserve">hal-02945658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensionnement optimal des transformateurs piezoélectriques par algorithme déterministe et d'optimisation globale</w:t>
               </w:r>
@@ -12955,90 +12955,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology optimization of the harmonic content for torque ripple minimization (Poster)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Gauthey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Hage-Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compumag 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13089,369 +13089,369 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Optimization to Design a Hall-effect Thruster and Optimize its Energy Consumption</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Youness Rtimi</w:t>
+                <w:t xml:space="preserve">Design of Slotless Permanent Magnet Machines by Developing a Semi-Infinite Global optimization Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahia Amrouchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Nadal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Ouanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2019, Paris, France. IEEE, pp.1-2, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097058⟩</w:t>
+              <w:t xml:space="preserve">, Aug 2019, Nancy, France. IEEE, pp.1-2, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909605v1</w:t>
+                <w:t xml:space="preserve">hal-04909607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjoint Based Topology Optimization in Nonlinear Magnetostatics Application to Hall Effect Thrusters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rtimi Youness</w:t>
+                <w:t xml:space="preserve">Topology Optimization to Design a Hall-effect Thruster and Optimize its Energy Consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youness Rtimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Paris, France. IEEE, pp.1-2, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097058⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/COMPUMAG45669.2019.9032827⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04909608v1</w:t>
+                <w:t xml:space="preserve">hal-04909605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of Slotless Permanent Magnet Machines by Developing a Semi-Infinite Global optimization Method</w:t>
+                <w:t xml:space="preserve">Adjoint Based Topology Optimization in Nonlinear Magnetostatics Application to Hall Effect Thrusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zahia Amrouchi</w:t>
+                <w:t xml:space="preserve">Rtimi Youness</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohand Ouanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Nancy, France. IEEE, pp.1-2, 2020, </w:t>
+              <w:t xml:space="preserve">2019 22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France. IEEE, pp.1-4, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/COMPUMAG45669.2019.9032827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909607v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reliable bounds for convex relaxation in interval global optimization codes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Trombettoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PROCEEDINGS LEGO – 14TH INTERNATIONAL GLOBAL OPTIMIZATION WORKSHOP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Leiden, Netherlands. pp.020050, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
@@ -13479,291 +13479,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04909613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Electromagnetic and Thermal Analysis for an Optimized Wound Rotor Synchronous Machine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Probabilistic Optimal Control for Energy Management of Connected Hybrid Electrical Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Idrissi Hassani Azami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Le Luong</w:t>
+                <w:t xml:space="preserve">Stephane Caux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Henaux</w:t>
+                <w:t xml:space="preserve">Mariano Sans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Bueno Mariani</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Steffen Kutter</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 XIII International Conference on Electrical Machines (ICEM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2018.8507020⟩</w:t>
+              <w:t xml:space="preserve">2018 International Symposium on Power Electronics, Electrical Drives, Automation and Motion (SPEEDAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Amalfi, Italy. IEEE, pp.728-733, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SPEEDAM.2018.8445391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909618v1</w:t>
+                <w:t xml:space="preserve">hal-04909619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probabilistic Optimal Control for Energy Management of Connected Hybrid Electrical Vehicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamza Idrissi Hassani Azami</w:t>
+                <w:t xml:space="preserve">3D Electromagnetic and Thermal Analysis for an Optimized Wound Rotor Synchronous Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Le Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Caux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Messine</w:t>
+                <w:t xml:space="preserve">C. Henaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariano Sans</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G. Bueno Mariani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Voyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 International Symposium on Power Electronics, Electrical Drives, Automation and Motion (SPEEDAM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SPEEDAM.2018.8445391⟩</w:t>
+              <w:t xml:space="preserve">2018 XIII International Conference on Electrical Machines (ICEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Alexandroupoli, Greece. IEEE, pp.455-460, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICELMACH.2018.8507020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909619v1</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -13794,51 +13794,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foreword</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giancarlo Bigi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Couëllan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14125,126 +14125,126 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compact Relaxations for Polynomial Programming Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Létocart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Cafieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leo Liberti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Algorithms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 7276, Springer Berlin Heidelberg, pp.75-86, 2012, Lecture Notes in Computer Science, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-30850-5_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03554416v1</w:t>
@@ -14287,51 +14287,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic circuit for creating a magnetic field in a main annular ionisation and acceleration channel of a hall-effect plasma thruster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youness Rtimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14388,203 +14388,203 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical schemes for the solution of the damped wave equation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Spitéri</w:t>
+                <w:t xml:space="preserve">A sequential approach combining topology and shape optimization for nonlinear 3D magnetostatics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakaria Houta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lebbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04910042v1</w:t>
+                <w:t xml:space="preserve">hal-05374357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A sequential approach combining topology and shape optimization for nonlinear 3D magnetostatics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Huguet</w:t>
+                <w:t xml:space="preserve">Numerical schemes for the solution of the damped wave equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Spitéri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Messine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05374357v1</w:t>
+                <w:t xml:space="preserve">hal-04910042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId320"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -14739,51 +14739,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362378v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Messine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Poirier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2025.3627291" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05387156v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cafieri" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-025-01557-7" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773035v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2023-0533" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909203v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogl&#225;rka G.-T&#243;th" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eligius Hendrix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leocadio Casado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-024-02480-9" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230365v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gauthey" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage-Hassan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gillon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3303679" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812289v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Araya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ninin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trombettoni" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01449-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04543610v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Houta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huguet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebbe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12081147" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04829511v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G Casado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. G.-T&#243;th" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E M T Hendrix" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-023-01310-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095069v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-12-2023-0644" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04244330v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ribout" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole H&#233;naux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Llibre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batoul Attar" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3306938" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03588876v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01127-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448540v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bellouch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Alami" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raveu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-11-2021-0421" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828509v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01150-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909600v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hansen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01007-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756490v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Thao Le Luong" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Bueno Mariani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Voyer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14238118" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756413v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Carrizosa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01010-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04834820v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eligius M T Hendrix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Messine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leocadio G Casado" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2021081" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04821045v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M.T Hendrix" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01053-8" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756513v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahia Amrouchi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nadal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ouanes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0046" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04821238v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rtimi Youness" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0038" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909604v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonnet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44101-2_24" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293170v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Bueno&#8208;mariani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/joe.2018.8206" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04790776v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-09-2018-0379" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293161v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-191108" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01575705v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Cellier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Omheni" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2344" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089338v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Louadj" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Spit&#233;ri" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Demin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aidene" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Nemra" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25103/jestr.111.19" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293155v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Yammine" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Fadel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERC17101801" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909616v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satafa Sanogo" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-04-2017-0170" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293132v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Rossi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-140158" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671023v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ulrich Ngueveu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Guemri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-017-0343-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293127v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2322/tastj.14.Pb_197" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03942709v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-015-0334-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172240v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Kara" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2015018" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/277C67E57C8996C65D7F07F868540B1B8E3E14E3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194735v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-014-0269-0" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064154v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontchastagner" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lubin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sma&#239;l Mezani" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2357055" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190212v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Titouche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2014.09.015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BS5RK5VF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224126v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Andr&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2014020" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908709v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Henaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Vilamot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2340374" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862343v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Kiatmanaroj" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Artigues" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Houssin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-013-9557-4" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847250v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00454-013-9489-x" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578944v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Henrion" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-011-9818-7" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934665v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Nogar&#232;de" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311305863" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522924v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Lef&#232;vre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2012678" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522926v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2007.898907" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640864v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pigache" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2007.390" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522928v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.871435" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910708v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lagouanelle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.650361" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172301v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228499v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909217v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hendrix" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Casado" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-65223-3_27" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789409v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789408v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789400v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880091v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04244282v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04243874v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300974v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777265v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779229v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300962v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04243856v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789391v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04001679v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551014v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874731v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ouan&#232;s" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02023555v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089991" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942322v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5090017" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942323v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Rtimi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942324v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938059v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harribey" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bueno-Mariani" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886485v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Idrissi Hassani Azami" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sans" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886486v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kutter" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPEEDAM.2018.8445391" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159123v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942325v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Voyer" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942321v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trombettoni" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942320v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942304v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988522v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01379306v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Touhami" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938192v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2015.2420511" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942297v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942301v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938193v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944155v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Mezani" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266934v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938194v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942299v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942300v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942298v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159122v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946352v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246626v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246616v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178575v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Merakeb" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Achemine" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648967" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159121v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00909730v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00867935v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942303v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vilamot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942302v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938190v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vilamot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934775v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178578v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648938" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178572v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gillet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pietrzak David" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648968" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178570v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648937" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00909697v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2494493.2494508" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195463v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6363801" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938188v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938826v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938524v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;tocart" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30850-5_8" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728563v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.3101.2802" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934804v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944330v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938438v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938437v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2010.5607836" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945636v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945609v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945658v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938187v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2013888" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938185v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Nogarede" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938186v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945823v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xan T. A. Bui" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945805v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945813v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272240v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909605v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097058" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909608v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPUMAG45669.2019.9032827" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909607v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nadal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097010" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909613v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909618v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Luong" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henaux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bueno Mariani" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2018.8507020" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909619v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Caux" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Sans" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Kutter" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04672621v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Bigi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cou&#235;llan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2024.2353488" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305539v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3416" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305504v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3415" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554416v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909631v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04910042v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374357v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-05387156v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Cafieri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Messine" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-025-01557-7" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05362378v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Poirier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tmag.2025.3627291" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909203v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogl&#225;rka G.-T&#243;th" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eligius Hendrix" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leocadio Casado" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10957-024-02480-9" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04773035v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2023-0533" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812289v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Araya" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ninin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trombettoni" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01449-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230365v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gauthey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hage-Hassan" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gillon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3303679" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04543610v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Houta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Huguet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lebbe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/math12081147" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04244330v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ribout" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole H&#233;naux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Llibre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Batoul Attar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3306938" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095069v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-12-2023-0644" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04829511v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L G Casado" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. G.-T&#243;th" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E M T Hendrix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-023-01310-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04448540v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Bellouch" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Alami" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raveu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-11-2021-0421" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03588876v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01127-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828509v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01150-2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909600v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hansen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01007-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756413v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Carrizosa" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01010-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756490v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huong Thao Le Luong" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Bueno Mariani" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Voyer" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14238118" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04821045v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. M.T Hendrix" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Messine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-021-01053-8" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04834820v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eligius M T Hendrix" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leocadio G Casado" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2021081" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909604v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rtimi Youness" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bonnet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44101-2_24" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756513v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahia Amrouchi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nadal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ouanes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0046" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04821238v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0038" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293161v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-191108" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293170v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Bueno&#8208;mariani" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/joe.2018.8206" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04790776v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-09-2018-0379" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909616v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Satafa Sanogo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-04-2017-0170" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01575705v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Cellier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Omheni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oca.2344" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089338v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kahina Louadj" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Spit&#233;ri" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Demin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aidene" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Nemra" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25103/jestr.111.19" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293155v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samer Yammine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Fadel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIERC17101801" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293132v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Rossi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAE-140158" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01671023v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Ulrich Ngueveu" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Guemri" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-017-0343-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03293127v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2322/tastj.14.Pb_197" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03942709v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-015-0334-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03172240v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Kara" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2015018" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/277C67E57C8996C65D7F07F868540B1B8E3E14E3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194735v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-014-0269-0" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064154v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontchastagner" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lubin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sma&#239;l Mezani" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2357055" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190212v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saliha Titouche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprocont.2014.09.015" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BS5RK5VF-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224126v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Andr&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ro/2014020" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908709v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Henaux" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Vilamot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2340374" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934665v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Liberti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Nogar&#232;de" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/03321641311305863" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847250v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00454-013-9489-x" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862343v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kata Kiatmanaroj" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Artigues" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Houssin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10589-013-9557-4" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578944v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Henrion" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-011-9818-7" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522924v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Lef&#232;vre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2012678" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522926v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2007.898907" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02640864v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pigache" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2007.390" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01522928v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.871435" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910708v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Lagouanelle" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.650361" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172301v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228499v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880091v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789400v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909217v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hendrix" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Casado" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-65223-3_27" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789409v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789408v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04243856v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789391v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04244282v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04243874v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300974v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777265v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779229v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300962v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04001679v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03551014v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874731v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Ouan&#232;s" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-02023555v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5089991" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942322v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5090017" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942325v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bueno-Mariani" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Voyer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159123v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886486v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Idrissi Hassani Azami" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sans" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kutter" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPEEDAM.2018.8445391" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942324v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Rtimi" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942323v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938059v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Harribey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886485v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942320v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942321v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Trombettoni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942304v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988522v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01379306v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Touhami" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938192v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2015.2420511" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246616v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938194v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944155v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Mezani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266934v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942301v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942297v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938193v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946352v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159122v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942298v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942300v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942299v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03246626v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159121v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178575v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Merakeb" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Achemine" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648967" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00909730v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00867935v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938190v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vilamot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942303v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vilamot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942302v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934775v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178578v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648938" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178570v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648937" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01178572v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gillet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pietrzak David" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ECMSM.2013.6648968" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00909697v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2494493.2494508" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195463v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2012.6363801" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938826v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938524v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas L&#233;tocart" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-30850-5_8" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938188v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00728563v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/2.1.3101.2802" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00934804v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938437v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2010.5607836" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02944330v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-00938438v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938187v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2013888" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945636v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945609v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945658v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938185v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Nogarede" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938186v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945823v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xan T. A. Bui" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945805v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02945813v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05272240v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909607v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Nadal" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097010" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909605v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097058" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909608v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/COMPUMAG45669.2019.9032827" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909613v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909619v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Caux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Sans" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffen Kutter" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909618v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Le Luong" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Henaux" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bueno Mariani" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2018.8507020" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-04672621v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Bigi" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cou&#235;llan" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Jan" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2024.2353488" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305539v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3416" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305504v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3415" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554416v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04909631v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374357v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04910042v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>