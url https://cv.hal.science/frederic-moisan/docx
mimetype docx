--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -168,312 +168,312 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Public goods and future audiences</w:t>
+                <w:t xml:space="preserve">Transcranial direct current stimulation suggests a causal role of the medial prefrontal cortex in learning social hierarchy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giuseppe Attanasi</w:t>
+                <w:t xml:space="preserve">Chen Qu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta Dessi</w:t>
+                <w:t xml:space="preserve">Yulong Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Moisan</w:t>
+                <w:t xml:space="preserve">Rémi Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Donald Robertson</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shenggang Cai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmund Derrington</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jebo.2024.06.007⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-024-05976-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04631301v1</w:t>
+                <w:t xml:space="preserve">hal-04771560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcranial direct current stimulation suggests a causal role of the medial prefrontal cortex in learning social hierarchy</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Public goods and future audiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yulong Huang</w:t>
+                <w:t xml:space="preserve">Giuseppe Attanasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Philippe</w:t>
+                <w:t xml:space="preserve">Roberta Dessi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shenggang Cai</w:t>
+                <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edmund Derrington</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Donald Robertson</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (1), pp.304. </w:t>
+              <w:t xml:space="preserve">Journal of Economic Behavior and Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 224, pp.580-597. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-024-05976-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jebo.2024.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771560v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brokerage rents and intermediation networks</w:t>
               </w:r>
@@ -485,51 +485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syngjoo Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sanjeev Goyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 120 (28), </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -557,1957 +557,1626 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04325708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spillover effects of competition outcome on future risky cooperation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Learning in Networks : An Experiment on Large Networks with Real-World Features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syngjoo Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjeev Goyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Moisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yansong Li</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yu Yang Tony To</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Management Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69 (5), 2778-2787 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1287/mnsc.2023.4680⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04325682v1</w:t>
+                <w:t xml:space="preserve">hal-04325659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strengths of social ties modulate brain computations for third-party punishment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Truth-Telling in a Sender-Receiver Game : Social Value Orientation and Incentives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanshu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Moisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zixuan Tang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chen Qu</w:t>
+                <w:t xml:space="preserve">Palvi Aggarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yang Hu</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Symmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (8), pp.26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/sym14081561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325737v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning in Networks : An Experiment on Large Networks with Real-World Features</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Learning About the Effects of Alert Uncertainty in Attack and Defend Decisions via Cognitive Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palvi Aggarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu Yang Tony To</w:t>
+                <w:t xml:space="preserve">Varun Dutt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Management Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Human Factors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64 (2), 343-358 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0018720820945425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04325659v1</w:t>
+                <w:t xml:space="preserve">hal-03188211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ERPs responses to dominance features from human faces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chengguo Miao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaojun Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmund Derrington</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yansong Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 12, 9 p</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2022, 12, 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-25370-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04325657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Truth-Telling in a Sender-Receiver Game : Social Value Orientation and Incentives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Rock-paper-scissors play: Beyond the win-stay/lose-change strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanshu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (8), pp.26. </w:t>
+              <w:t xml:space="preserve">Games</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12(3), 15 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/sym14081561⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/g12030052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325602v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04325630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning About the Effects of Alert Uncertainty in Attack and Defend Decisions via Cognitive Modeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Integration and Diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjeev Goyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penélope Hernández</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Martínez-Cánovas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Muñoz-Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Factors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0018720820945425⟩</w:t>
+              <w:t xml:space="preserve">Experimental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (2), 387-413 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10683-020-09676-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03188211v1</w:t>
+                <w:t xml:space="preserve">hal-03188210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning About the Effects of Alert Uncertainty in Attack and Defend Decisions via Cognitive Modeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Effect of Network Topology and Node Centrality on Trading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Maciel Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Gracia-Lázaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjeev Goyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Factors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10, 9 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-68094-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325526v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration and Diversity</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Not all Prisoner’s Dilemma games are equal : Incentives, social preferences, and cooperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert ten Brincke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan O. Murphy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Economics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Decision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (4), 306-322 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03188210v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rock-paper-scissors play: Beyond the win-stay/lose-change strategy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Understanding Cyber Situational Awareness in a Cyber Security Game involving Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Palvi Aggarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varun Dutt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Games</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal On Cyber Situational Awareness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), 11-38 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.22619/IJCSA.2018.100118⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04325630v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Network Topology and Node Centrality on Trading</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Security under Uncertainty : Adaptive Attackers Are More Challenging to Human Defenders than Random Attackers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, 10 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03188212v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding Cyber Situational Awareness in a Cyber Security Game involving Recommendations</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Varun Dutt</w:t>
+                <w:t xml:space="preserve">Social connectedness improves co-ordination on individually costly, efficient outcomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Attanasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Hopfensitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Lorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal On Cyber Situational Awareness</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 90 (90 - 2016), pp.86 - 106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euroecorev.2016.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.22619/IJCSA.2018.100118⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03188216v1</w:t>
+                <w:t xml:space="preserve">hal-01725156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Not all Prisoner’s Dilemma games are equal : Incentives, social preferences, and cooperation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Moisan</w:t>
+                <w:t xml:space="preserve">Conflicting goals and their impact on games where payoffs are more or less ambiguous. Commentary on &amp;quot;Mapping Collective Behavior in the Big-data Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Hopfensitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert ten Brincke</w:t>
+                <w:t xml:space="preserve">Emiliano Lorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan O. Murphy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+                <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Decision</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Behavioral and Brain Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 37 (1), pp.85-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/s0140525x13001751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03188213v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03220752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Security under Uncertainty : Adaptive Attackers Are More Challenging to Human Defenders than Random Attackers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cleotilde Gonzalez</w:t>
+                <w:t xml:space="preserve">The Effects of Social Ties on Coordination: Conceptual Foundations for an Empirical Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Attanasi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Hopfensitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiliano Lorini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phenomenology and the Cognitive Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13 (1), pp.47-73. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11097-013-9320-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03188217v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social connectedness improves co-ordination on individually costly, efficient outcomes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">An epistemic logic of extensive games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Lorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...323 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Notes in Theoretical Computer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Part of special issue: Proceedings of the 7th Workshop on Methods for Modalities (M4M’2011) and the 4th Workshop on Logical Aspects of Multi-Agent Systems (LAMAS’2011), 278, pp.245-260. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.entcs.2011.10.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03671082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2517,137 +2186,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A dynamic logic of normative systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Herzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Lorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Troquard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22rd International Joint Conference on Artificial Intelligence (IJCAI 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Barcelona, Spain. pp.228-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2657,128 +2326,128 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A simple logic of trust based on propositional assignments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Herzig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Lorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paglieri, Fabio; Tummolini, Luca; Falcone, Rino; Miceli, Maria. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Goals of Cognition. Essays in Honor of Cristiano Castelfranchi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapter 1, College Publications, pp.407-419, 2012, 978-1848900943</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03464939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2788,130 +2457,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational learning mechanisms of information propagating in social networks Short title: Learning Rules in Social Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Benistant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alireza Soltani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Dreher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05357051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2921,122 +2590,122 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Epistemic Logic of Extensive Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emiliano Lorini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Moisan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] IRIT/RT–2011-4–FR, IRIT : Institut de Recherche Informatique de Toulouse. 2011, pp.1-32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03671080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId87"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3104,51 +2773,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A3A9F179"/>
+    <w:nsid w:val="E282F731"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3335,51 +3004,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-moisan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1522-0463" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176187642" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/306483165" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631301v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Attanasi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Dessi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moisan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Robertson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2024.06.007" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04771560v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Qu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulong Huang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Philippe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenggang Cai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Derrington" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-05976-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325708v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syngjoo Choi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Goyal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2301929120" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325682v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yansong Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenliang Liu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqian Wang" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325737v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixuan Tang" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Benistant" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325659v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Yang Tony To" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325657v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengguo Miao" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Li" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325602v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanshu Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palvi Aggarwal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleotilde Gonzalez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym14081561" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188211v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Dutt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720820945425" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325526v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188210v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pen&#233;lope Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mart&#237;nez-C&#225;novas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mu&#241;oz-Herrera" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10683-020-09676-6" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325630v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188212v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Maciel Cardoso" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gracia-L&#225;zaro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel S&#225;nchez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-68094-z" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188216v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22619/IJCSA.2018.100118" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188213v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert ten Brincke" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan O. Murphy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188217v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01725156v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Hopfensitz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Lorini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moisan" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2016.02.006" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220752v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0140525x13001751" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-P9XD7QTQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123762v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11097-013-9320-4" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671082v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2011.10.019" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464955v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Herzig" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Troquard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464939v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357051v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Soltani" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dreher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671080v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-moisan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1522-0463" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176187642" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/306483165" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04771560v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Qu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulong Huang" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Philippe" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shenggang Cai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmund Derrington" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-05976-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631301v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Attanasi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Dessi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moisan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Robertson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jebo.2024.06.007" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325708v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syngjoo Choi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Goyal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2301929120" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Yang Tony To" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1287/mnsc.2023.4680" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanshu Zhang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palvi Aggarwal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleotilde Gonzalez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym14081561" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188211v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varun Dutt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720820945425" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325657v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chengguo Miao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yansong Li" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-25370-4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325630v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/g12030052" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188210v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pen&#233;lope Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mart&#237;nez-C&#225;novas" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Mu&#241;oz-Herrera" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10683-020-09676-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188212v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Maciel Cardoso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Gracia-L&#225;zaro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel S&#225;nchez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-68094-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188213v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert ten Brincke" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan O. Murphy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188216v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22619/IJCSA.2018.100118" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188217v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01725156v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Hopfensitz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiliano Lorini" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moisan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroecorev.2016.02.006" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03220752v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0140525x13001751" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-P9XD7QTQ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123762v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11097-013-9320-4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671082v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.entcs.2011.10.019" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464955v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Herzig" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Troquard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464939v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357051v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Benistant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Soltani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dreher" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671080v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>