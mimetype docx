--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -178,4394 +178,4467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05463903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Quelques réflexions autour du livre de Christophe Miqueu, Aux sources de la République laïque. L’école du peuple, entre ordre et révolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La question sociale chez quelques philosophes spiritualistes de l'éducation et chez Ferdinand Buisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuel de la Recherche en Philosophie de l’Éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 5, pp.e2024-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04975088v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regimes de verdade em tensão no campo das ciências da educação (Suíça romanda, décadas de 1910-1920)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cadernos de História da Educação</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 23, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14393/che-v23-e2024-52⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14393/che-v23-e2024-52⟩</w:t>
+                <w:t xml:space="preserve">hal-04778882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche épistémologique de l’histoire des controverses en éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tréma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 61, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12hp1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...57 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12hp1⟩</w:t>
+                <w:t xml:space="preserve">hal-04862377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre 14. « Tout esprit libre est un agent de révolte ». Engagements pédagogiques et politiques de Laisant dans les années 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société des amis de la Bibliothèque et de l’Histoire de l’école polytechnique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 70, pp.166-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sabix.3376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...57 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sabix.3376⟩</w:t>
+                <w:t xml:space="preserve">ujm-04486542v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">À l’école de la Commune de Paris : l’histoire d’une autre école. De Jean-François Dupeyron (2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education et socialisation - Les cahiers du CERFEE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (61), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/edso.15445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...60 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/edso.15445⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-04527771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laïcité et école démocratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Émancipation syndicale et pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04629012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction : un recul pour mieux sauter ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Heimberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Maulini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons éducatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N° 24 (1), pp.5-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/raised.024.0005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des régimes de vérité en tensions dans le champ des sciences de l’éducation (Suisse romande, années 1910-1920)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raisons éducatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp. 179-201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Primarlehrer in der Romandie und Reformpädagogik, zwischen Enthusiasmus und Widerstand (1920er Jahre)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue suisse des sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25656/01:20322⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les instituteurs romands et l’éducation nouvelle, entre enthousiasme et résistances (années 1920)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Swiss Journal of Educational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41 (2), pp.335-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24452/sjer.41.2.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04895346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contextes d'un procès de l'instruction publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelle Revue Neuchâteloise </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 1-2, pp. 63-69</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Disparités et dispersions constitutives de la mouvance de l’Éducation nouvelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Swiss Journal of Educational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41 (2), pp.263-293. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24452/sjer.41.2.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Progressisme social et conservatisme pédagogique dans l’enseignement primaire (France, début XXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Lusófona de Educação</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 43, pp.213-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24140/issn.1645-7250.rle43.14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Steel, Marie Souvestre (1835-1905), pédagogue pionnière et féministe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/clio.13854⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une psychologie scientifique pour les instituteurs ? L’exemple des filiales Binet de Lyon et de l’Ain (1910-1928)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Seguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Vol. 48 (2), pp.11-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/lsdle.482.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Charles Heimberg</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La science de l’éducation à Lyon: entre initiative d’état et histoire pédagogique locale, la greffe d’une positivité scientifique sur une tradition spiritualiste (1884-1945)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Maulini</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/raised.024.0005⟩</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Gautherin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historia de la educación</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 34, pp.245. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14201/hedu201534245262⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04487658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les revues syndicales des instituteurs français et l’Éducation nouvelle (1921-1932)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue suisse des sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25656/01:10790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Institut Rousseau : l’Education nouvelle en héritage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Droux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elphège Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Haenggeli-Jenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Hors-Texte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 102, pp.32-38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24452/sjer.41.2.5⟩</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'école unique, une émancipation collective ou individuelle ? Du début du XXe siècle aux années 1930</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, n° 43 (1), pp.103-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tele.043.0103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Institut Rousseau : les archives du siècle de l'enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Droux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elphège Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Haenggeli-Jenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traverse. Revue d'Histoire/Zeitschrift für Geschichte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20, pp. 109-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-391085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Mole</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...28 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24452/sjer.41.2.1⟩</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, n° 43 (1), pp.31-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tele.043.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...64 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24140/issn.1645-7250.rle43.14⟩</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L'École rénovée » : une revue d'éducation nouvelle entre anarchisme et syndicalisme (1908-1909)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, n° 31 (1), pp.9-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.031.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">David Steel, Marie Souvestre (1835-1905), pédagogue pionnière et féministe</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476815v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'idéal laïque, en France, à l'épreuve de l'affaire Francisco Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d'histoire du mouvement ouvrier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26, pp.134-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-520382⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’enseignement de l’histoire au Congrès des Amicales d’instituteurs de 1905</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cartable de Clio, revue suisse sur les didactiques de l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9, pp. 251-262</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’« éducation intégrale » à la sélection des élites : déplacements d’une idée pédagogique révolutionnaire dans les années 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Penser l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 22 (Hors-série), pp.217-225</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’« égalité dans la diversité » : un modèle de justice à la préhistoire de l’école unique (1898-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 159, pp.23-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rfp.665⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École laïque et socialisme : de l’émancipation politique à l’émancipation sociale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Centre de Recherches en Education, Université de Saint Etienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27, pp.13-34</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Tortillet (M.-T. Laurin, 1876-1930), l’instituteur syndicaliste et la pédagogie du travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le cartable de Clio, revue suisse sur les didactiques de l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 5, pp. 313-321</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autre école des premiers instituteurs syndicalistes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, n° 28 (2), pp.67-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/tele.028.0067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04476684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’idéal laïque du point de vue du syndicalisme révolutionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Centre de Recherches en Education, Université de Saint Etienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 24, pp.41-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1905 : la « coéducation des sexes » en débats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clio. Femmes, Genre, Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 46, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/clio.13854⟩</w:t>
+              <w:t xml:space="preserve">, 2003, 18, pp.43-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/clio.610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...1389 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04476820v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04855442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptions de l’école émancipatrice chez les instituteurs syndicalistes (1900-1935)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Giles Candar; Guy Dreux; Christian Laval. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socialismes et éducation au XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Le Bord de l’Eau, pp. 185-197, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05061955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’école unique avant les Compagnons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bruno Garnier et Martine Safra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Compagnons de l’Université nouvelle : Histoire, mémoire et postérité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUR, pp. 27-42, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convergences, coopérations et concurrences avec les fédérations internationales d’enseignants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Bureau international d’éducation, matrice de l’internationalisme éducatif (premier 20e siècle). Pour une charte des aspirations mondiales en matière éducative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp. 432-443, 2022, 9782807619203</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04479561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portrait 1.2 Adolphe Ferrière (1879-1960)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Bureau international d’éducation, matrice de l’internationalisme éducatif (premier 20e siècle). Pour une charte des aspirations mondiales en matière éducative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp. 66-67, 2022, 9782807619203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04497604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Mole</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Guillaume dans une controverse libertaire sur l’école du peuple (1913)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Charles Buttier, Charles Heimberg et Nora Köhler. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">James Guillaume. L’émancipation par les savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Noir et Rouge., pp. 210-222, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Classes spéciales, écoles rurales : différencier pour reconstruire un universel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Boss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Droux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Bureau international d’éducation, matrice de l’internationalisme éducatif (premier 20e siècle). Pour une charte des aspirations mondiales en matière éducative</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Peter Lang, pp. 432-443, 2022, 9782807619203</w:t>
+              <w:t xml:space="preserve">, pp. 269-294, 2022, 9782807619203</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Classes spéciales, écoles rurales : différencier pour reconstruire un universel</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paix ou révolution ? Dissensions politiques et pédagogiques entre les Fédérations internationales d’instituteurs (années 1920)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internationalismes éducatifs entre débats et combats (fin du 19e - premier 20e siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 117-140, 2020, 9782807616691</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A School for Rural Areas ? Negotiations and Compromises at the “Congrès de l’école rurale” (1925)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Champollion. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territorialization of Education. Trend or Necessity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE, pp. 29-44, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une école pour les territoires ruraux ? Négociations et accommodements au « Congrès de l’école rurale » (1925)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Champollion. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territorialisation de l’éducation. Tendance ou nécessité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Iste éditions, pp. 39-51, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Del Institut Rousseau al Bureau international d'éducation : el « espiritu de Genebra » en la Nueva educacion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cécile Boss</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La nueva educacion. En el centenario del Instituto-Escuela</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 111-123, pp.La nueva educacion. En el centenario del Instituto-Escuela, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04497708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation intégrale. Variations sémantiques et politiques d’un idéal scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Claire Husser et Louise Ferté. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’institution scolaire au prisme de la modernité. Jalons pour une étude des discours pédagogiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, pp. 137-152, 2019, 978-2-343-17019-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La neutralité revendiquée du Bureau international d’éducation. Vers une éducation nouvelle généralisée par la science piagétienne (1921-1934)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, pp. 269-294, 2022, 9782807619203</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xavier Riondet, Rita Hofstetter, Henri-Louis Go. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les acteurs de l’éducation nouvelle au XXe siècle. Itinéraires et connexions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Grenoble, pp. 195-223, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Noir et Rouge., pp. 210-222, 2022</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Buisson, l’institution scolaire et la République sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gilles Candar, Guy Dreux &amp; Christian Laval. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socialismes et éducation au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Le Bord de l’Eau, pp. 133-147, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Débats au Congrès de l’école rurale (1925) : réconcilier l’institution et son milieu ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éduquer dans et hors l'école. Lieux et milieux de formation. XVIIe-XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.45456⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, ISTE, pp. 29-44, 2020</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04527786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Chabot, la connaissance de l’enfance et les risques de la mesure (1857-1924)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70 ans de sciences de l’éducation à Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 8-10, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Iste éditions, pp. 39-51, 2019</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visées politiques des instituteurs et liberté de conscience des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La pensée critique des enseignants. Éléments d'histoire et de théorisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Del Institut Rousseau al Bureau international d'éducation : el « espiritu de Genebra » en la Nueva educacion</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04480208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Société pédagogique romande dans le mouvement des internationalismes éducatifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, pp. 111-123, pp.La nueva educacion. En el centenario del Instituto-Escuela, 2019</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Bâtisseurs de l'école romande. 150 ans du Syndicat des enseignants romands et de l'Éducateur.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 294-307, 2015, 978-2-8257-1039-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, L’Harmattan, pp. 137-152, 2019, 978-2-343-17019-0</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04480364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Lapierre, un instituteur dans le développement de l’internationalisme pédagogique (1923-1932)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joëlle Droux et Rita Hofstetter. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Globalisation des mondes de l’éducation. Circulations, connexions, réfractions (19e-20e siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp. 53-74, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Grenoble, pp. 195-223, 2018</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853516v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hérédité ou démocratie. Les aptitudes selon Alfred Fouillée et Célestin Bouglé (fin 19e/début 20e siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Garnier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Problèmes de l’école démocratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions, pp. 77-97, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Éditions Le Bord de l’Eau, pp. 133-147, 2018</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Thamin, un spiritualiste en science de l’éducation (1857-1933)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70 ans de sciences de l’éducation à Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp. 4-6, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04513125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Au Congrès d’Angers (1906) : République triomphante ou inachevée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éric Favey, Alain Kerlan &amp; André Robert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Ligue de l’Enseignement, un objet politique à identifier, des origines à nos jours : actes de la journée d’étude du 16 mai 2012, Université Louis Lumière – Lyon 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ligue de l’enseignement / Université Lyon2, pp. 20-23, 2012</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, pp. 8-10, 2015</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élever des producteurs&amp;quot; dès l’école primaire ? Controverses autour du congrès de Nancy des amicales d’instituteurs (1909)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guy Brucy, Françoise Laot &amp; Emmanuel de Lescure. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvement ouvrier et formation. Genèses : de la fin du 19e siècle à l’après Seconde Guerre mondiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L’Harmattan, pp. 47-64, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freinet au Congrès mondial de Nice (1932) : une révolution sociale par l’Éducation nouvelle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Gutierrez, Laurent Besse &amp; Antoine Prost. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réformer l’école. L’apport de l’Éducation nouvelle (1930-1970)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUG, pp. 63-75, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, CNRS Éditions, pp. 77-97, 2015</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Culture scolaire, idéal laïque et différences filles/garçons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Rochefort. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le pouvoir du genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Mirail, pp. 99-109, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...515 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04853549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4575,4683 +4648,4683 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Années 1930 : l’évolution intellectuelle et politique d’acteurs de l’éducation face aux désillusions de l’éducation pacifiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISCHE 46, SWG Crises and educational renewal in a complex world, 1870-1950</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question sociale chez quelques philosophes spiritualistes de l’éducation et chez Ferdinand Buisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque : « Qui sont les philosophes de l’éducation ? » </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société française de philosophie de l'éducation (Sofphied), Jun 2024, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04852361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Dottrens à l’École expérimentale du Mail (Genève, 1928-1952)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Schneuwly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque : "Innovation, réforme, expérimentation en éducation : perspectives historiques (XVIIe-XXIe siècles)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association transdisciplinaire pour les recherches historiques sur l'éducation (ATRHE), Jun 2024, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Schneuwly</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, Association transdisciplinaire pour les recherches historiques sur l'éducation (ATRHE), Jun 2024, Caen, France</w:t>
+                <w:t xml:space="preserve">halshs-04852369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayonnement transfrontalier de l’Institut J.-J. Rousseau de Genève : Ain, Rhône, Isère, Haute-Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée de culture commune « Recherche et formation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSPE de Grenoble, Nov 2022, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, INSPE de Grenoble, Nov 2022, Annecy, France</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Buisson : une « morale sans Dieu » pour la transformation de la société</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Éducation au politique : formation à la citoyenneté, morale, enseignement des religions (Approches internationales (XIXe-XXe siècles)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éducation, Cultures, Politiques (ECP) - Université Lyon2, Nov 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Éducation, Cultures, Politiques (ECP) - Université Lyon2, Nov 2022, Lyon, France</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04852397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’antipédagogisme et l’extrême gauche en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire et actualité de « l’anti-pédagogisme »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Journée d’études INSPÉ et CIRNEF, Université de Caen, Nov 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Journée d’études INSPÉ et CIRNEF, Université de Caen, Nov 2021, Caen, France</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tout esprit libre est un agent de révolte&amp;quot;. Engagements pédagogiques et politiques de Laisant dans les années 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Charles-Ange Laisant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nantes, Oct 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Nantes, Oct 2021, Nantes, France</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pédagogie expérimentale face au conservatisme scolaire (Genève, premier 20e siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Looking from Above and Below: Rethinking the Social in the History of Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Standing Conference for the History of Education (ISCHE), Jun 2021, Örebro (online), Suède</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La pédagogie expérimentale face au conservatisme scolaire (Genève, premier 20e siècle)</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controverses au cœur de Bureau International d’Éducation, entre Éducation nouvelle et science piagétienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genève, une plateforme de l’internationalisme éducatif au 20e siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève - Héloïse, Sep 2017, Genève, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école de Genève, Construction internationalistes polyphoniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pédagogie de la démocratie et de la résistance en Europe au XXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Colloque Héloïse, Feb 2019, Barcelone, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école unique avant les Compagnons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Les Compagnons de l’université nouvelle. Histoire, mémoire et postérité"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité universitaire d'information pédagogique (CUIP), Nov 2019, Sèvres, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04858873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">École publique et éducation nouvelle. Un débat en 1950 en Suisse romande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Looking from Above and Below: Rethinking the Social in the History of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, International Standing Conference for the History of Education (ISCHE), Jun 2021, Örebro (online), Suède</w:t>
+              <w:t xml:space="preserve">, ISCHE (SWG Reforpro), Jul 2019, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des convictions sociales et politiques progressistes mais conservatrices face aux réformes scolaires ? (France, Suisse, 1900-1930)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education and nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCHE (SWG Reforpro), Aug 2018, Berlin, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syndicalistes et pédagogues. Enjeux sociaux et politiques de l’Éducation nouvelle (1900-1932)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario L’Educazione nuova - Incontri / scambi / influenze</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIRCES (Nice) - Dipartimento di Scienze Umane (L’Aquila), Feb 2018, L’Aquila, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Idéal laïque, éducation morale, justice sociale début 20e/début 21e siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assises de la laïcité (la laïcité à l’école, diffusion et débats autour de résultats de recherche)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 2, Oct 2017, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une éducation nouvelle dans l’enseignement secondaire ? Les positions du Bureau international des Fédérations nationales du personnel de l’Enseignement secondaire public (BIES), années 1920-1930 (Standing Working Group &amp;quot;Reformism(s), Progressivism(s), Conservatism(s) in education: what critical argumentations?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Standing Conference for the History of Education (ISCHE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Buenos Aires, Argentina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controverses autour des conceptions nouvelles de l’éducation dans l’entre-deux-guerres (France, Suisse romande) (symposium &amp;quot;Reformism (s), Progressivism (s), Conservatism (s) in education: what critical argumentations ?&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education and body</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCHE 38 (International Standing Conference for the History of Education), Aug 2017, Chicago, États-Unis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La neutralité militante du Bureau International d’Éducation. L’Éducation nouvelle au prisme de la science piagétienne ? » (symposium &amp;quot;Itinéraires et interconnexions des acteur-trice-s de l’Éducation Nouvelle au fil du 20e siècle&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Hofstetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genève, une plateforme de l’internationalisme éducatif au 20e siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève - Héloïse, Sep 2017, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Congrès REF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les instituteurs syndicalistes et les œuvres post-scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Continuer l'École : Édouard Petit, la post école et la République 1895-1917</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESPE, Nov 2017, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controverses au cœur de Bureau International d’Éducation, entre Éducation nouvelle et science piagétienne&amp;quot; (panel « Internationalismes d’entre-deux-guerres : controverses et résistances&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Hofstetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pédagogie de la démocratie et de la résistance en Europe au XXe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Colloque Héloïse, Feb 2019, Barcelone, France</w:t>
+              <w:t xml:space="preserve">Colloque "Genève, une plateforme de l’internationalisme éducatif au 20e siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève - Héloïse, Sep 2017, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Comité universitaire d'information pédagogique (CUIP), Nov 2019, Sèvres, France</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Éducation nouvelle dans les écoles romandes ? Enthousiasme et résistances dans la temporalité d’une réforme (Suisse romande), (panel « L’Éducation nouvelle… pour toujours ? Temporalités plurielles des horizons rêvés… »)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société Suisse pour la Recherche en Education (SSRE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Fribourg, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISCHE (SWG Reforpro), Jul 2019, Porto, Portugal</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freinet et les syndicats d’instituteurs (1920-1934)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque "La pédagogie Freinet, une histoire en devenir"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Comité Universitaire d'Information Pédagogique (CUIP), Nov 2017, Sèvres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISCHE (SWG Reforpro), Aug 2018, Berlin, France</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paix ou révolution ? Divergences pédagogiques et politiques entre les Fédérations internationales d’instituteurs (entre-deux-guerres), (panel &amp;quot;Conjurer la guerre via la science et l’éducation. Internationalismes éducatifs de l’entre-deux-guerres&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès SSRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Fribourg, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, LIRCES (Nice) - Dipartimento di Scienze Umane (L’Aquila), Feb 2018, L’Aquila, Italie</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les relations Célestin Freinet/Adolphe Ferrière dans la construction d’internationalismes éducatifs divergents (panel &amp;quot;Grande figure pédagogique en réseau : l’emblème d’Adolphe Ferrière et de l’Éducation nouvelle&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Louis Go</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Riondet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Genève, une plateforme de l’internationalisme éducatif au 20e siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Lyon 2, Oct 2017, Lyon, France</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Archives Institut J.-J. Rousseau : quels usages des sources pour une étape genevoise de l’itinéraire des pédagogues européens ? (panel &amp;quot;De la conservation à la valorisation d’un patrimoine éducatif : enjeux et défis&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Reymond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Genève, une plateforme de l’internationalisme éducatif au 20e siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève - Héloïse, Sep 2017, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Buenos Aires, Argentina</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les instituteurs syndicalistes, James Guillaume et les conceptions libertaires de l’école du peuple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "James Guillaume. L’émancipation par l’instruction"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, Nov 2016, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISCHE 38 (International Standing Conference for the History of Education), Aug 2017, Chicago, États-Unis</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la coéducation au pacifisme : une vision sexuée de l’éducation morale ? (années 1900-1920)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "On ne naît pas garçons ou filles, on le devient"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESPE/Université ParisV, Jan 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856482v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constructions de l’école républicaine : enjeux sociaux de la morale laïque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "L’éducation laïque et ses temporalités : usages et mésusages d’un concept"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, Feb 2016, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réception et discussion des orientations de la Ligue internationale pour l’Éducation nouvelle par les instituteurs de Suisse romande. Autour du congrès de la SPR de 1924</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Culture and education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCHE 37 (International Standing Conference for the History of Education), Jun 2015, Istanbul, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cartes postales des écoles de filles et de garçons (début 20e) : quels stéréotypes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Le genre dans les sphères de l’éducation, de la formation et du travail. Mises en images et représentations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Reims / Association des enseignants et chercheurs en sciences de l’éducation (AECSE), Oct 2015, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le congrès de 1936 de la Société pédagogique de Suisse romande (SPR) : débat sur le rôle social et politique de l’école (Standing Working Group “Teachers and teachers associations critical thinking”)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education and culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISCHE 37 (International Standing Conference for the History of Education), Jun 2015, Istanbul, 23-27 juin, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La critique de l’unification scolaire dans les colonnes de L’École émancipée (1974-1978)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "40 ans après la création du collège unique, éclairages socio-historiques sur la loi du 11 juillet 1975"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 2 / Association transdisciplinaire pour les recherches historiques sur l'éducation (ATHRE), Nov 2015, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Militantisme syndical et pédagogique dans les années 1900-1930</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "L’élève acteur ? Passé et présent de l’Éducation nouvelle à l’école"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Jean Monnet de Saint-Étienne, Mar 2014, Saint-Étienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856497v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Ligue en connexion avec d’autres organisations internationales : collaborations, interactions, tensions (1920-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Haenggeli-Jenni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Hofstetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès REF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude "La Ligue internationale pour l’Éducation nouvelle : entre unité et diversité (1920-1940)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives Institut J.-J. Rousseau / ERHISE, Nov 2014, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ESPE, Nov 2017, Avignon, France</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une pédagogie pour la paix ? Débats dans les organisations nationales et internationales d’instituteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISCHE 36 (International Standing Conference for the History of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Rita Hofstetter</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856494v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une pédagogie internationaliste ? La Fédération Internationale des Associations d’Instituteurs et l’Internationale des travailleurs de l’enseignement dans les années 1920</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISCHE 35 (International Standing Conference for the History of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2014, Riga, Latvia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une pédagogie internationaliste ? La Fédération internationale des associations d’instituteurs et l’Internationale des travailleurs de l’enseignement dans l’entre-deux-guerres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque ENIUGH, Fourth European Congress on World and Global History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856493v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les récits des élèves français : une conscience politique en construction ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Quand les élèves racontent l’histoire nationale"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éducation, Cultures, Politiques (ECP) / université Lyon 2 / Ifé-ENS de Lyon, UJM Saint-Etienne), May 2014, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archives des sciences de l’éducation : la part des instituteurs syndicalistes, intellectuels sans-grade d’un champ scientifique en voie de constitution (début 20e)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international « Archives des savoirs : problèmes et enjeux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, Jun 2014, Genève, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation intégrale, du socialisme révolutionnaire au radical-socialisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude "Modernité et innovation pédagogiques au 19e siècle"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENS Lyon, Apr 2014, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le problème des oppositions ‘de gauche’ aux projets d’unification scolaire (début 20e siècle) (Symposium &amp;quot;Réformer l’école, réformer l’enseignement. Perspectives historiques sur la démocratisation&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Lapierre, unionism and international educational cooperatio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECER EERA Network 17 (Histories of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liaisons Lyon-Ain-Genève en science(s) de l’éducation (début XXe siècle) (panel &amp;quot;À la croisée d’aires académiques contrastées. Les sciences de l’éducation, à l’interface de pressions locales et internationales&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées suisses d’histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Fribourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place du pacifisme dans la constitution d’une pédagogie critique dans l’entre-deux-guerres (Standing Working Group (SWG) &amp;quot;Teachers and teachers associations critical thinking&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISCHE 35 (International Standing Conference for the History of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Riga, Latvia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856502v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’éducation intégrale. Variations politiques d’un modèle de réforme scolaire (fin 19e/début 20e)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférences "Réformer l’école"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen, Oct 2012, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Logique collective et logique individuelle dans le processus scolaire d’émancipation (20e siècle) (symposium &amp;quot;Républicanisme scolaire et émancipation&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Formes d’éducation et processus d’émancipation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CREAD, May 2012, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856509v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un enseignement critique pour développer l’esprit critique des élèves ? Les positions des instituteurs syndicalistes dans l’entre-deux-guerres (Standing Working Group “Teachers and teachers associations critical thinking”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISCHE 34 (International Standing Conference for the History of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le congrès d’Angers (1906) et la ‘République triomphante’ d’Aristide Briand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude sur la Ligue de l’enseignement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon2 / Ligue de l'enseignement, May 2012, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856510v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les instituteurs syndicalistes et l’éducation nouvelle, dans la presse corporative de l’entre-deux-guerres (symposium &amp;quot;Les revues : vecteurs et miroirs de la circulation des savoirs pédagogiques au sein des espaces nationaux et internationaux&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISCHE 34 (International Standing Conference for the History of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Genève, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une psychologie scientifique pour les instituteurs ? Entre attentes, engagement et ambivalence : les filiales de Lyon et de l’Ain de la Société Binet (1900-1928)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève - Héloïse, Sep 2017, Genève, France</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Seguy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude de la Société Binet-Simon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INETOP, Oct 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Fribourg, Suisse</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question sociale dans le Nouveau dictionnaire de pédagogie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Buisson, 1911-2011 : d’une crise de l’éducation à l’autre ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUFM, Université de Franche-Comté, May 2011, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Comité Universitaire d'Information Pédagogique (CUIP), Nov 2017, Sèvres, France</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856511v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pédagogie et politique. École laïque et république sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres L’École en débats</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUFM de l’Académie de Montpellier, Mar 2011, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Fribourg, Suisse</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Science de l’éducation à Lyon : entre initiative d’État et histoire pédagogique locale, la greffe d’une positivité scientifique sur une tradition spiritualiste (1884-1945)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Gautherin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Désiré Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Genève, France</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856559v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pensée critique enseignante face à un idéal éducatif donné comme réalisé : l’exemple de l’école russe (1922-1925) (Standing Working Group &amp;quot;La pensée critique des enseignants aux temps de la mondialisation&amp;quot;)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Standing Conference for the History of Education (ISCHE 32)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Amsterdam, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève - Héloïse, Sep 2017, Genève, France</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rénover l’éducation en temps de crise : tensions politiques autour du congrès de Nice (1932) de la LIEN (Ligue internationale de l’éducation nouvelle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "L’Éducation nouvelle au service d’une nation à réformer : entre espoirs et réalités (1930-1970)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève, Nov 2016, Genève, France</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’idéal laïque, en France, à l’épreuve de l’affaire Francisco Ferrer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Centenaire de l’assassinat de Francisco Ferrer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Théâtre St Gervais de Genève, Oct 2009, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ESPE/Université ParisV, Jan 2016, Paris, France</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élever des producteurs&amp;quot; dès l’école primaire ? Controverses autour du congrès de Nancy des amicales d’instituteurs (1909)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque "Syndicalisme et formations".</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Picardie et GEHFA (Groupe d’études "Histoire de la formation des adultes"), Jan 2008, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Genève, Feb 2016, Genève, Switzerland</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école laïque comme une &amp;quot;maison de verre&amp;quot; : la position de Ferdinand Buisson face aux associations catholiques et aux syndicats d’instituteurs (1905-1909)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’étude sur « Le particulier, le commun, l’universel »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut national de recherche pédagogique (INRP), May 2008, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISCHE 37 (International Standing Conference for the History of Education), Jun 2015, Istanbul, France</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What kind of school for social equality : école unique or école des producteurs (a school for children from working class) ? Controversy in the French Left-Wing before 1914</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Education and Inequality, Historical Approaches to Schooling and Social Stratification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Standing Conference for the History of Education (ISCHE 30), Jul 2008, Newark, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Reims / Association des enseignants et chercheurs en sciences de l’éducation (AECSE), Oct 2015, Reims, France</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des instituteurs critiques en science de l’éducation dans les années 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2007, Strasbourg, 28-31 août, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, ISCHE 37 (International Standing Conference for the History of Education), Jun 2015, Istanbul, 23-27 juin, France</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’&amp;quot;égalité dans la diversité&amp;quot;: un mot d’ordre équivoque aux origines de l’école unique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international de sociologie "Repenser la justice dans le domaine de l’éducation et de la formation"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRP / UMR Éducation &amp; Politiques, May 2006, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Lyon 2 / Association transdisciplinaire pour les recherches historiques sur l'éducation (ATHRE), Nov 2015, Lyon, France</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’éducation intégrale à la sélection des élites : déplacements d’une idée pédagogique révolutionnaire dans les années 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Les idées et les faits font-ils des histoires en éducation ?"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rouen / laboratoire CIVIIC, May 2006, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Jean Monnet de Saint-Étienne, Mar 2014, Saint-Étienne, France</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856621v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filles et garçons à travers les approches critiques de l’école républicaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque pluridisciplinaire et comparatif "Genre, laïcité(s), religion (1905-2005)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GSRL / CNRS-EPHE / IUFM de l’académie de Lyon, May 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Archives Institut J.-J. Rousseau / ERHISE, Nov 2014, Genève, Switzerland</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école unique avant l’école unique : retour sur une idée controversée (début XXe)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque bi-disciplinaire international "Inégalités d’accès aux savoirs, processus cognitifs et rapports sociaux"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers / Laboratoire SACO, Jun 2005, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Londres, United Kingdom</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856634v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question d’une ouverture de la culture scolaire au monde de la production, en France entre 1900 et 1914. Condition d’une pédagogie émancipatrice ou demande institutionnelle d’adaptation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISCHE 26 (International Standing Conference for the History of Education)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Genève, Jul 2004, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...2108 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9261,461 +9334,461 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1922-2022 : un siècle de réflexions pédagogiques pour une &amp;lt;i&amp;gt;ère nouvelle&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vergnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Sciences de l'éducation pour l'ère nouvelle : revue internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 55 (3-4), 2022</w:t>
+              <w:t xml:space="preserve">, 55 (3-4), 218 p., 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rapport à la vérité dans l’éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Heimberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maulini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Raisons éducatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 24, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réceptions de l’Éducation nouvelle : débats, contestations, appropriations politiques. Revue suisse des sciences de l’éducation. Schweizerische Zeitschrift für Bildungswissenchaften, 41 (2).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Hofstetter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue suisse des sciences de l'éducation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 41 (2), pp.263-293, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.24452/sjer.41.2.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier &amp;quot;École publique et émancipation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Télémaque. Philosophie, Education, Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 43, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dossier &amp;quot;École et laïcité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Foray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue du Centre de Recherches en Education, Université de Saint Etienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 24, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9725,346 +9798,346 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Institut Rousseau à Genève. Épicentre d’une mutation pédagogique mondiale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archives Institut Jean-Jacques Rousseau (AIJJR). 2021, 978-2-8399-3454-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-04480138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">70 ans de sciences de l’éducation à Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André-D. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Poizat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Meirieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Gautherin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André-D. Robert</w:t>
+                <w:t xml:space="preserve">hal-04513089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école laïque pour une République sociale. Controverses pédagogiques et politiques (1900-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes / INRP, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04852920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sciences de l’éducation à Lyon. L’ISPEF, 60 ans d’histoire et plus…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...43 lines deleted...]
-              <w:t xml:space="preserve">2015</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Désiré Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Lumière-Lyon2, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...136 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04855443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10074,112 +10147,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crises du modèle scolaire français (1898-1914) : quelle école pour une république sociale ? (abstract de thèse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontre internationale francophone des doctorants en sciences de l’éducation "Le doctora(n)t en sciences de l’éducation. Enjeux, défis, perspectives"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2007, Genève, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId185"/>
+      <w:footerReference w:type="default" r:id="rId186"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10326,51 +10399,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463903v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mole" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15i1j" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975088v2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778882v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14393/che-v23-e2024-52" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862377v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hp1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04486542v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sabix.3376" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527771v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.15445" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629012v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476728v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Heimberg" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maulini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raised.024.0005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510365v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476733v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25656/01:20322" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895346v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.41.2.5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527588v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476723v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Hofstetter" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.41.2.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476735v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24140/issn.1645-7250.rle43.14" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527737v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.13854" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476807v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Seguy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.482.0011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487658v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Robert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gautherin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/hedu201534245262" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476810v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25656/01:10790" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855440v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Droux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elph&#232;ge Gobet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Haenggeli-Jenni" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476814v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.043.0103" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-7B0THM5S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528547v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-391085" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476811v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foray" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.043.0031" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476815v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.031.0009" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479478v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-520382" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527578v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527532v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476817v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.665" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855441v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527629v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476684v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.028.0067" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-8PM4RJT5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476820v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.610" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855442v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061955v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853341v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04497604v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479561v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04497603v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boss" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510473v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04497621v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853390v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853513v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497708v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853393v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853465v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853500v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527786v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.45456" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513382v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480208v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853518v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480364v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853516v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513125v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853544v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853547v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853522v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853549v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448065v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04852361v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04852369v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Schneuwly" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855821v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04852397v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855763v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855765v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855767v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855861v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858873v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855827v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855854v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855857v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856460v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856443v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856466v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856446v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855859v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856440v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856447v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856459v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856452v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856442v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Louis Go" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Riondet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856441v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Reymond" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856458v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856482v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856480v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856488v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856487v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856490v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856486v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856497v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856492v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856494v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856500v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856493v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856496v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856495v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856503v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856499v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856498v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856504v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856502v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856505v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856508v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856510v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856509v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856507v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856506v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856511v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856512v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856559v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; D&#233;sir&#233; Robert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856568v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856513v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856574v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856598v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856578v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856576v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856602v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856621v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856627v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856639v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856634v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856642v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855862v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vergnon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856342v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856438v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856340v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856337v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04480138v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513089v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-D. Robert" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Poizat" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meirieu" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852920v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855443v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856609v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05463903v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mole" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15i1j" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548383v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975088v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778882v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14393/che-v23-e2024-52" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862377v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hp1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04486542v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sabix.3376" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527771v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.15445" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629012v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476728v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Heimberg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maulini" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raised.024.0005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510365v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476733v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25656/01:20322" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895346v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.41.2.5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527588v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476723v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Hofstetter" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24452/sjer.41.2.1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476735v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24140/issn.1645-7250.rle43.14" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.13854" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476807v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Seguy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lsdle.482.0011" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487658v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Robert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gautherin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/hedu201534245262" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476810v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25656/01:10790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855440v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Droux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elph&#232;ge Gobet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Haenggeli-Jenni" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476814v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.043.0103" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-7B0THM5S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-391085" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476811v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Foray" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.043.0031" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476815v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.031.0009" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479478v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-520382" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527578v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527532v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476817v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.665" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855441v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527629v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476684v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tele.028.0067" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-8PM4RJT5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855442v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04476820v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.610" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061955v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853341v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479561v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04497604v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510473v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04497603v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Boss" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04497621v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853390v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853513v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497708v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853393v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853465v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853500v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527786v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.45456" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513382v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480208v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04480364v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853516v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853518v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513125v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853544v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853547v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853522v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853549v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448065v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04852361v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04852369v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Schneuwly" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855821v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04852397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855763v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855765v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855767v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855861v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855830v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858873v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855827v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855854v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855857v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856460v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856443v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856466v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856446v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855859v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856440v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856447v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856459v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856452v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856442v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Louis Go" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Riondet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856441v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Reymond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856458v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856482v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856480v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856488v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856487v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856490v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856486v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856497v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856492v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856494v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856500v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856493v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856496v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856495v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856503v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856499v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856498v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856504v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856502v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856505v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856509v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856508v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856510v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856507v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856506v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856511v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856512v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856559v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; D&#233;sir&#233; Robert" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856568v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856513v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856574v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856598v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856578v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856576v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856602v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856627v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856621v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856639v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856634v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856642v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855862v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vergnon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856342v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856438v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856340v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856337v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-04480138v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513089v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;-D. Robert" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Poizat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Meirieu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852920v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855443v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856609v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>