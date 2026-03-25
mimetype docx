--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -923,203 +923,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01523274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La politique et la guerre. Pour comprendre le XXe siècle européen. Hommage à Jean-Jacques Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cœuré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Audoin-Rouzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Duclert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Agnès Vienot Noesis, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02011785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Front populaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">La Découverte &amp; Syros, 2002, Repères, 2-7071-3402-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01523251v1</w:t>
-              </w:r>
-[...112 lines deleted...]
-                <w:t xml:space="preserve">halshs-02011785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les années vingt</w:t>
               </w:r>
@@ -1356,147 +1356,50 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04031988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corruption, Empire and Colonialism in the Modern Era</w:t>
-[...95 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">L'argent immoral et les profiteurs de guerre à l'époque contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1518,57 +1421,154 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'argent immoral et les profiteurs de la guerre (1870-1945)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Paris, France. Peter Lang, 2021, Pour une histoire nouvelle de l'Europe ; 16, 978-2-8076-1664-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03010074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corruption, Empire and Colonialism in the Modern Era</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Kroeze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pol Dalmau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Springer Singapore, 2021, Palgrave Studies in Comparative Global History, 978-981-16-0254-2. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03010074v1</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-981-16-0255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04031945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">History of Transparency in Politics and Society</w:t>
               </w:r>
@@ -2034,50 +2034,138 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Patronage et corruption politiques dans l'Europe contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Ivo Engels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2, Armand Colin, 2014, Les coulisses du politique dans l'Europe contemporaine, 978-2-200-27437-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01519120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Scandales et corruption à l'époque contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2105,145 +2193,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">3, Armand Colin, 2014, Les coulisses du politique dans l'Europe contemporaine, 978-2-200-27436-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519121v1</w:t>
-              </w:r>
-[...86 lines deleted...]
-                <w:t xml:space="preserve">halshs-01519120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La politique vue d'en bas.</w:t>
               </w:r>
@@ -2733,178 +2733,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04734851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une norme disputée. L’indemnité parlementaire en France (1789-1914)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Portalez</w:t>
+                <w:t xml:space="preserve">L’argent en politique : Rémunération des élus et financements des partis en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Jaurès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, L’argent des politiques : rémunération des élus et financement des partis en Europe, 1-2 (235-236), pp.15-36</w:t>
+              <w:t xml:space="preserve">, 2020, L’argent des politiques : rémunération des élus et financement des partis en Europe, 1-2 (235-236), pp.3-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03009470v1</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">hal-03009178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une norme disputée. L’indemnité parlementaire en France (1789-1914)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Monier</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Portalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Jaurès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, L’argent des politiques : rémunération des élus et financement des partis en Europe, 1-2 (235-236), pp.3-13</w:t>
+              <w:t xml:space="preserve">, 2020, L’argent des politiques : rémunération des élus et financement des partis en Europe, 1-2 (235-236), pp.15-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03009178v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03009470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un territoire de la dissuasion nucléaire : le plateau d’Albion</w:t>
               </w:r>
@@ -3122,50 +3122,123 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02387500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Compte rendu de : Florence Tamagne, Le crime du Palace. Enquête sur l'une des plus grandes affaires criminelles des années 1930, Paris, Payot Rivages, 2017, 287 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoires contemporains</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Varia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618669v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Des politiques blancs comme neige</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3187,130 +3260,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La vie des idées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519820v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-01618669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un faux Jaurès espagnol</w:t>
               </w:r>
@@ -3441,286 +3441,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Entre modèle et anti-modèle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neue Politische Literatur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 59 (1), pp.43-62</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01519806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comment lutter contre la corruption?&amp;quot;,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fulgeras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lhomme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment lutter contre la corruption?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fulgéras Anne-José</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Esprit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, La corruption maladie de la démocratie, 402, pp.63-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519814v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-01519806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La corruption politique: une histoire européenne</w:t>
               </w:r>
@@ -3769,165 +3769,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enquêter sur la corruption: Jaurès et la commission Rochette</w:t>
+                <w:t xml:space="preserve">La corruption politique: une histoire européenne&amp;quot;,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Jaurès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, "la corruption et ses critiques: des débats en Europe vers 1900", 209, pp.71-92</w:t>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01519736v1</w:t>
+                <w:t xml:space="preserve">hal-01330869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La corruption politique: une histoire européenne&amp;quot;,</w:t>
+                <w:t xml:space="preserve">Enquêter sur la corruption: Jaurès et la commission Rochette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Jaurès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013</w:t>
+              <w:t xml:space="preserve">, 2013, "la corruption et ses critiques: des débats en Europe vers 1900", 209, pp.71-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01330869v1</w:t>
+                <w:t xml:space="preserve">halshs-01519736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquêter sur la corruption: Jaurès et la commission Rochette&amp;quot;,</w:t>
               </w:r>
@@ -3976,312 +3976,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défendre des terroristes en 1935. Le procès de l'attentat de Marseille</w:t>
+                <w:t xml:space="preserve">Défendre des &amp;quot;terroristes&amp;quot; dans la France de 1935.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Mouvement social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">, 2012, Défendre l'ennemi public, 2012-3 (240), pp.105-120</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01330865v1</w:t>
+                <w:t xml:space="preserve">halshs-01519798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’attentat de Marseille (9 octobre 1934) : régicide et terrorisme dans les années trente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Révolution française - Cahiers de l’Institut d’histoire de la Révolution française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, L’attentat, objet d'histoire, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lrf.461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01657478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;quot;Une République corrompue?&amp;quot;,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Nouvel observateur</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Défendre des &amp;quot;terroristes&amp;quot; dans la France de 1935.</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Défendre des terroristes en 1935. Le procès de l'attentat de Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Mouvement social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, Défendre l'ennemi public, 2012-3 (240), pp.105-120</w:t>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...57 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/lrf.461⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01657478v1</w:t>
+                <w:t xml:space="preserve">hal-01330865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux regards sur une histoire</w:t>
               </w:r>
@@ -4483,51 +4483,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Gorgulov, assassin de Paul Doumer (1932)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cœuré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4862,200 +4862,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04038764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le retour de Russie des archives françaises. Le cas du fonds de la Sûreté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Cœuré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vingtième siècle. Revue d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 45 (1), pp.133-139. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/xxs.1995.3390⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01967200v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Archives publiques et sûreté de l'État, 1890-1940</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jean Jaurès cahiers trimestriels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 135, pp.20-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04038756v1</w:t>
-              </w:r>
-[...102 lines deleted...]
-                <w:t xml:space="preserve">halshs-01967200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une fête contre-révolutionnaire dans les Asturies de la fin du XVIIIe siècle</w:t>
               </w:r>
@@ -5292,251 +5292,251 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Emprisonnés par raison d'État</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pierre Allorant, Walter Badier, Noëlline Castagnez. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Procès politiques: tribune ou tremplin pour l'opposition? France, XIXe-XXe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUR, pp.119-131, 2024, 978-2-7535-9845-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04734825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">“To new revolutions”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corruption, Anti-Corruption, Vigilance, and State Building from Early to Late Modern Times</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Routledge, pp.153-166, 2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4324/9781003386674-11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4324/9781003386674-11⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-04734841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daladier &amp;quot;le taureau du Vaucluse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Didier Lavrut et Pascal Trarieux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures politiques: images, représentations, portraits caricatures dans le Midi rhodanien de 1789 à 1939</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, éditions de la Fenestrelle, pp.285-303, 2024, 978-2-37871-140-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04734790v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-04734825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outsiders?</w:t>
               </w:r>
@@ -5598,50 +5598,136 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04112560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La &amp;quot;inmensa fuerza oculta del dinero</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédéric Monier; Louis Ferran Toledano; Joan Pubill; Maria Gemma Rubí. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La sombras de la transparencia: Secreto, corrupción y "estado profundo" en la España contemporánea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comares editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.3-19, 2022, Comares historia, 978-84-1369-323-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04032012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduccion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -5693,143 +5779,57 @@
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comares editorial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.IX-XX, 2022, Comares historia, 978-84-1369-323-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04032045v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">halshs-04032012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elites et clientélisme en terres méditerranéennes</w:t>
               </w:r>
@@ -5891,403 +5891,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Élites et clientélisme en terres méditerranéennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Briquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Paul Pellegrinetti. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour une histoire politique de la France méditerranéenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.449-456, 2021, Histoire, 978-2753581661</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324712v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction: Corruption, Empire and Colonialism in the Modern Era: Towards a Global Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronald Kroeze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pol Dalmau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corruption, Empire and Colonialism in the Modern Era</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-19, 2021, Palgrave Studies in Comparative Global History, 978-981-16-0254-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-16-0255-9_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer</w:t>
-[...30 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-04031961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Briquet</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des &amp;quot;tigres à face humaine&amp;quot; : l'argent immoral, antipatriotique et illégitime en temps de guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Gemma Rubí I Casals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour une histoire politique de la France méditerranéenne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.449-456, 2021, Histoire, 978-2753581661</w:t>
+              <w:t xml:space="preserve">Frédéric Monier, Olivier Dard, Jens Ivo Engels. L'argent immoral et les profiteurs de guerre à l'époque contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.349-365, 2021, 978-2-8076-1664-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03010162v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colonial and Corruption History: Conclusions and Future Research Perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Ivo Engels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Corruption, Empire and Colonialism in the Modern Era : a global perspective. Ronald Kroeze, Pol Dalmau, Frédéric Monier (editors)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave Macmillan, pp.339-355, 2021, Palgrave Studies in Comparative Global History, 978-981-16-0254-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-16-0255-9_13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04031954v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03010162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El dinero de los diputados: remuneración, profesionalización y corrupción en Francia, 1789-1848</w:t>
               </w:r>
@@ -7076,112 +7076,418 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Conspiration et corruption : la morale politique en débats »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citoyenneté, République, démocratie en France (1789-1899</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Mais la véritable corruption n’existe plus » Les patronages à l’ère de la critique »,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patronage et corruption politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens Ivo Engels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scandales et corruption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330888v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le pouvoir personnel »,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalie Petiteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citoyenneté, République, démocratie en France (1789-1899)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conspiration et corruption : la morale politique en débats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Louis Hincker. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Citoyenneté, République, démocratie. France, 1789-1899</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atlande, pp.269-285, 2014, Clés concours, 978-2350302744</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01523308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Ivo Engels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7201,436 +7507,130 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivier Dard; Jens Ivo Engels; Andreas Fahrmeir; Frédéric Monier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandales et corruption à l'époque contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Armand Colin, pp.13-28, 2014, Les coulisses du politique dans l'Europe contemporaine, 9782200274368</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...236 lines deleted...]
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mais la véritable corruption n'existe plus'.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Monier; Olivier Dard; Jens Ivo Engels. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patronage et corruption politiques dans l'Europe contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, Armand Colin, pp.13-32, 2014, Les coulisses du politique dans l'Europe contemporaine, 978-2-200-27437-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01523303v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01330912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La République des 'faveurs</w:t>
               </w:r>
@@ -7991,51 +7991,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’ombre à la lumière. Les archives françaises de retour de Moscou (1940-2002)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cœuré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8108,77 +8108,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Becker historien. Pour comprendre le XXe siècle européen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Audoin-Rouzeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Cœuré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Duclert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8449,441 +8449,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01954123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les 'villes corrompues': genèse contemporaine de nouvelles perceptions (fin XIXe-début Xxe s.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « Failles françaises dans la lutte contre la corruption »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Propositions pour une histoire comparée: micro politique et normes publiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Monier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque « La corruption au Québec et dans les démocraties occidentales »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La vertu au premier rang&amp;quot;? Socialistes et communistes français face à la corruption (1892-1941)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vertu et politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société des études robespierristes, Sep 2014, Paris, France. pp.339-352</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01519778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Propositions pour une histoire comparée: micro politique et normes publiques</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réprimer la corruption: conflits politiques et réponses pénales dans la France de la IIIe République</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque « La corruption au Québec et dans les démocraties occidentales »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Ottawa, Canada</w:t>
+              <w:t xml:space="preserve">Colloque « Comprendre et lutter contre la corruption »,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01330892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches historiques sur la corruption: débats et perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Institut des hautes études juridiques. Conférence en ligne sur : http://www.ihej.org/frederic-monier-lhistoire-de-la-corruption/</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La corruption injustifiable: débats publics, pratiques de pouvoir, cultures politiques (19e-20e siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence au New Europe College</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Bucarest, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01330909v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01330892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une histoire comparée des faveurs et de la corruption: France et Allemagne, 19e-20e siècles</w:t>
               </w:r>
@@ -9407,51 +9407,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une norme démocratique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Monier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Portalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9559,51 +9559,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="18FC38A3"/>
+    <w:nsid w:val="137487B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9707,51 +9707,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="88A7A70E"/>
+    <w:nsid w:val="5139C214"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9941,51 +9941,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-monier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1099-207X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057604703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000117432238" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pock.hypotheses.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05233026v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Monier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519115v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330950v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Ivo Engels" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330958v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Fahrmeir" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519119v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prochasson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330941v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Petiteau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523251v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02011785v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie C&#339;ur&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audoin-Rouzeau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Becker" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Duclert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523244v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523231v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031988v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Ferran Toledano Gonzalez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pubill Brugu&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Maria Rubi Casals" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031945v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Kroeze" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Dalmau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0255-9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010074v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009843v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/themen-entdecken/geschichte/sozial-und-kulturgeschichte/55486/history-of-transparency-in-politics-and-society" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770150v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Mattina" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038699v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837915v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519123v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519121v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519120v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519118v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523290v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387493v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04041780v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734851v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009470v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Portalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009178v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02163843v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20198804001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387507v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387500v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Rub&#237;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55509/ayer/115-2019-01" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519820v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01618669v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519815v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candar Gilles" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519810v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330881v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fulgeras" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lhomme" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519814v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulg&#233;ras Anne-Jos&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519806v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519735v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519736v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330869v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330870v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330865v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330874v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519798v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657478v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.461" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04041794v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038817v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038792v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.2001.1157" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967208v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xxs.2000.2870" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729538v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mat.2000.404244" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038787v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.1999.1791" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038782v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038764v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038756v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967200v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Naud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xxs.1995.3390" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038736v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhmc.1994.1718" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038753v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038733v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xxs.1993.3000" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734841v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003386674-11" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734790v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734825v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04112560v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003290087-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04032045v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comares.com/libro/las-sombras-de-la-transparencia_145522/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04032012v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03898982v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Briquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031961v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-16-0255-9_1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0255-9_1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324712v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031954v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0255-9_13" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010162v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Gemma Rub&#237; I Casals" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031938v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009962v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511423v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.champ-vallon.com/virgile-cirefice-gregoire-le-quang-charles-riondet-dir-la-part-de-lombre/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558818v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/demopolis/1190" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038706v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038724v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519788v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031916v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519756v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330886v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519807v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523308v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330933v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330888v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523303v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330912v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523297v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330929v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330937v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644202v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329918v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02020650v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien-Yves Laurent" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionscnrs/1510" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.1510" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02011806v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036454v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036450v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954123v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519778v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330899v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330902v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330911v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330909v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330892v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644240v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644210v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954306v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523319v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523324v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644199v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644208v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02404207v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/frederic-monier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1099-207X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/057604703" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000117432238" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pock.hypotheses.org" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05233026v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Monier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519115v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330950v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Ivo Engels" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330958v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Fahrmeir" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519119v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Prochasson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330941v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Petiteau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523274v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02011785v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie C&#339;ur&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Audoin-Rouzeau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Becker" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Duclert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523251v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523244v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523231v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031988v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Ferran Toledano Gonzalez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pubill Brugu&#232;s" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Maria Rubi Casals" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010074v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031945v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Kroeze" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Dalmau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0255-9" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009843v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vandenhoeck-ruprecht-verlage.com/themen-entdecken/geschichte/sozial-und-kulturgeschichte/55486/history-of-transparency-in-politics-and-society" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770150v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Mattina" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038699v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marton" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837915v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519123v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519121v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519118v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523290v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007778v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387493v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04041780v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734851v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009178v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009470v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Portalez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02163843v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20198804001" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387507v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02387500v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Rub&#237;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.55509/ayer/115-2019-01" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01618669v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519820v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519815v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candar Gilles" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519810v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519806v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330881v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fulgeras" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lhomme" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519814v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulg&#233;ras Anne-Jos&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519735v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330869v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519736v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330870v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519798v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01657478v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lrf.461" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330874v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330865v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04041794v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038817v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038792v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.2001.1157" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967208v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xxs.2000.2870" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03729538v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mat.2000.404244" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038787v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/polix.1999.1791" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038782v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038764v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01967200v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Naud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xxs.1995.3390" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038756v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038736v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rhmc.1994.1718" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038753v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038733v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/xxs.1993.3000" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734825v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734841v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003386674-11" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04734790v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04112560v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003290087-9" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04032012v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.comares.com/libro/las-sombras-de-la-transparencia_145522/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04032045v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03898982v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Briquet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324712v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031961v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-16-0255-9_1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0255-9_1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03010162v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Gemma Rub&#237; I Casals" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-0255-9_13" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031938v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009962v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02511423v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.champ-vallon.com/virgile-cirefice-gregoire-le-quang-charles-riondet-dir-la-part-de-lombre/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558818v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770152v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/demopolis/1190" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038706v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04038724v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519788v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031916v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519756v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330912v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330886v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330888v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330933v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523308v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519807v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523303v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523297v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330929v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330937v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644202v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329918v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02020650v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien-Yves Laurent" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/editionscnrs/1510" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.1510" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02011806v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036454v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04036450v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954123v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330902v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330899v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01519778v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330892v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330911v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01330909v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644240v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644210v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954306v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523319v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01523324v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644199v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644208v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02404207v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>