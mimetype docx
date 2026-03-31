--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -391,51 +391,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La crise dans les vœux aux Français : l’ethos présidentiel au défi de la conjoncture et du rituel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 115, pp.37-50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.22945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
@@ -446,441 +446,788 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03546070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violence des échanges en milieu tempéré. Ce que les images du discours managérial font (dire) au public : lorsque la loi du marché résiste à l’indignation collective</w:t>
+                <w:t xml:space="preserve">Autorité et pouvoir : questions de mots, questions de société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologies pratiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, N° 33 (3), pp.71-79. </w:t>
+              <w:t xml:space="preserve">Raison présente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, N° 192 (4), pp.5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sopr.033.0067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rpre.192.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03549459v1</w:t>
+                <w:t xml:space="preserve">hal-03549499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autorité et pouvoir : questions de mots, questions de société</w:t>
+                <w:t xml:space="preserve">Mike Davis : Los Angeles ou l'urbanité contre la société</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raison présente</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Pensée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03549499v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion : Où va le concept de « fait social » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Marcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Moulene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Christophe Marcel et Frédéric Moulène. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le « fait social » de Durkheim Actualités au prisme de quelques recherches contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.343-350, 2024, Annales littéraires, 978-2-38549-116-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mike Davis : Los Angeles ou l'urbanité contre la société</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ce que le concept de « fait social » fait à la sociologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Marcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Christophe Marcel et Frédéric Moulène. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Pensée</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03549519v1</w:t>
+              <w:t xml:space="preserve">Le « fait social » de Durkheim. Actualités au prisme de quelques recherches contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.11-19, 2024, Annales littéraires, 978-2-38549-116-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05561045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser l'économie avec Karl Polanyi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Moulene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La langue du management et de l'économie à l'ère néolibérale. Formes sociales et littéraires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/lectures.20195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03550059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse de contenu versus analyse du discours : les leçons d'une recherche sur la performance politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Moulene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia Garin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maude Vadot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enjeux méthodologiques actuels en sciences du langage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 26, pp.395-397, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/questionsdecommunication.9442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03549578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le « fait social » de Durkheim.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Marcel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses Universitaires de Franche-Comté - Annales Littéraire. , 2024, Annales Littéraires - Série Faits de sociologie, Sandra Bazin-Henry, 978-2-38549-116-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04952886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance du discours managérial entre partenaires institutionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Cordelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Gramaccia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -890,51 +1237,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le musée de l’histoire des sciences de gestion comme artefact critique face au modèle instrumental de l'enseignement de la gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -976,650 +1323,423 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JHMO 2024 « Histoire et critique » 29èmes journées d'histoire du management et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Saint-Étienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04535392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Saving the Pensions” : the Power of an Established Discourse and its Limits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference Research Advances in Social Sciences, International Sociological Association (ISA) &amp; UNESCO Janusz Korczak Chair</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Varsovie, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Media's defense to social scientist's charge of hegemony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’International Association for Media &amp; Communication Research (IAMCR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La sociologie au sein de l’analyse du discours », Colloque « Sociologie et sciences du langage : quel dialogue, quelles interactions ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Sociologie et sciences du langage : quel dialogue, quelles interactions ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La novlangue d’Orwell : quelle portée opératoire pour analyser le discours contemporain ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Fiction et sciences sociales : bonnes et mauvaises fréquentations », Centre Européen de sociologie et de sciences politiques, Université de Paris I Panthéon-Sorbonne-EHESS, CNAM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand dire l'économie, c'est (ne pas) faire les réformes : Penser l'efficacité du discours économique avec Karl Polanyi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moulene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Dietschy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Discours économique, discours du travail, discours du management : représentation / fiction »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03550076v1</w:t>
-              </w:r>
-[...225 lines deleted...]
-                <w:t xml:space="preserve">hal-03549578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1766,51 +1886,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875148v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Giordano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moulene" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Poivret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Szpirglas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.116.0091" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952904v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952933v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Kastberg Sj&#246;blom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546070v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22945" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549459v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sopr.033.0067" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549499v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.192.0005" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549519v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952886v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Marcel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549600v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cordelier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gramaccia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535392v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549970v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550014v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550044v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550043v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550076v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dietschy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550059v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.20195" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549578v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Garin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Vadot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.9442" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875148v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Giordano" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moulene" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Poivret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Szpirglas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.116.0091" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952904v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952933v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margareta Kastberg Sj&#246;blom" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546070v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22945" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549499v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rpre.192.0005" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549519v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05561126v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Marcel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufc.univ-fcomte.fr/le-fait-social-de-durkheim.html" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05561045v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550059v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.20195" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549578v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Garin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Vadot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/questionsdecommunication.9442" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549600v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cordelier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gramaccia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535392v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549970v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550044v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550043v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03550076v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dietschy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>