--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -100,395 +100,395 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment on: “Neural Correlates of Balance Skill Learning in Young and Older Individuals: A Systematic Review and Meta-Analysis”</w:t>
+                <w:t xml:space="preserve">Dehydration certainly affects gross motor skills, but what about fine motor skills such as postural balance?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports medicine - Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40798-025-00814-z⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 125, pp.3407-3412. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-025-05994-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913707v1</w:t>
+                <w:t xml:space="preserve">hal-05298150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Warm-Up Routines on Postural Balance: Theoretical Considerations and Practical Precautions</w:t>
+                <w:t xml:space="preserve">Comment on: “Neural Correlates of Balance Skill Learning in Young and Older Individuals: A Systematic Review and Meta-Analysis”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1887-1901. </w:t>
+              <w:t xml:space="preserve">Sports medicine - Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (1), pp.9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40279-025-02269-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40798-025-00814-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05141927v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dehydration certainly affects gross motor skills, but what about fine motor skills such as postural balance?</w:t>
+                <w:t xml:space="preserve">Effects of Warm-Up Routines on Postural Balance: Theoretical Considerations and Practical Precautions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 125, pp.3407-3412. </w:t>
+              <w:t xml:space="preserve">Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1887-1901. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00421-025-05994-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40279-025-02269-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05298150v1</w:t>
+                <w:t xml:space="preserve">hal-05141927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustained intermittent and continuous isometric muscle actions induce different levels of fatigue for the same force-time integral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Speller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu de Oréguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -548,51 +548,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warm-Up Improves Balance Control Differently in the Dominant and Non-Dominant Leg in Young Sportsmen According to Their Experience in Asymmetric or Symmetric Sports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alfredo Brighenti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Stella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -659,265 +659,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03636617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can Compression Garments Reduce Inter-Limb Balance Asymmetries?</w:t>
+                <w:t xml:space="preserve">Local exercise based on voluntary contractions produces greater warm-up effects on balance control than electro-induced contractions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Baige</w:t>
+                <w:t xml:space="preserve">Sacha Zéronian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16, pp.835784. </w:t>
+              <w:t xml:space="preserve">Neuroscience Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 772, pp.136458. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2022.835784⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2022.136458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03578111v1</w:t>
+                <w:t xml:space="preserve">hal-03548843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local exercise based on voluntary contractions produces greater warm-up effects on balance control than electro-induced contractions</w:t>
+                <w:t xml:space="preserve">Can Compression Garments Reduce Inter-Limb Balance Asymmetries?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacha Zéronian</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Kévin Baige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 772, pp.136458. </w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, pp.835784. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neulet.2022.136458⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2022.835784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03548843v1</w:t>
+                <w:t xml:space="preserve">hal-03578111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does the time of day differently impact the effects of an exercise program on postural control in older subjects? A pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -984,564 +984,564 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03647906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The optimal exploitation of sensory electrical stimulation for regulating postural balance depends on participants’ intrinsic balance abilities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of Limb Dominance on Postural Balance in Sportsmen Practicing Symmetric and Asymmetric Sports: A Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Maffulli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jocn.2021.09.009⟩</w:t>
+              <w:t xml:space="preserve">Symmetry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (11), pp.2199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/sym13112199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03548858v1</w:t>
+                <w:t xml:space="preserve">hal-03548855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Limb Dominance on Postural Balance in Sportsmen Practicing Symmetric and Asymmetric Sports: A Pilot Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The tightening parameters of the vibratory devices modify their disturbing postural effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Julien Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicola Maffulli</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís-Millán González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier García-Massó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symmetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/sym13112199⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 126, pp.110624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2021.110624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03548855v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between the level of mental fatigue induced by a prolonged cognitive task and the degree of balance disturbance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betty Hachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Ceyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Brain Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 239 (7), pp.2273-2283. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00221-021-06139-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The tightening parameters of the vibratory devices modify their disturbing postural effects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The optimal exploitation of sensory electrical stimulation for regulating postural balance depends on participants’ intrinsic balance abilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Zéronian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 126, pp.110624. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 93, pp.88-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2021.110624⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jocn.2021.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366913v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03548858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wearing compression garments differently affects monopodal postural balance in high-level athletes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Baige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1588,64 +1588,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the application of somatosensory and excitomotor electrical stimulation during quiet upright standing balance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacha Zéronian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1686,291 +1686,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03035369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balance control is impaired by mental fatigue due to the fulfilment of a continuous cognitive task or by the watching of a documentary</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Does monopedal postural balance differ between the dominant leg and the non-dominant leg? A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-020-05758-2⟩</w:t>
+              <w:t xml:space="preserve">Human Movement Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 74, pp.102686. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.humov.2020.102686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02651431v1</w:t>
+                <w:t xml:space="preserve">hal-02965036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does monopedal postural balance differ between the dominant leg and the non-dominant leg? A review</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Balance control is impaired by mental fatigue due to the fulfilment of a continuous cognitive task or by the watching of a documentary</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Hachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Ceyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Trajin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Movement Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 74, pp.102686. </w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 238 (4), pp.861-868. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.humov.2020.102686⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00221-020-05758-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02965036v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Compression Garments on Balance Control in Young Healthy Active Subjects: A Hierarchical Cluster Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Baige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2024,776 +2024,783 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03002627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of plantar cutaneous sensitivity on daily fluctuations of postural control and gait in institutionalized older adults: a hierarchical cluster analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Voluntary and electrically-induced muscle fatigue differently affect postural control mechanisms in unipedal stance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Cabianca-Martin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Zeronian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chronobiology International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07420528.2019.1594869⟩</w:t>
+              <w:t xml:space="preserve">Experimental Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 237 (2), pp.313-323. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00221-018-5418-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02166993v1</w:t>
+                <w:t xml:space="preserve">hal-02122270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de programmes d’entraînement basés sur des contractions ipsilatérales volontaires et stimulées sur la force musculaire et le contrôle postural monopodal du membre controlatéral</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Optimization of the Effects of Physical Activity on Plantar Sensation and Postural Control With Barefoot Exercises in Institutionalized Older Adults: A Pilot Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Korchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1123/japa.2018-0016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02396287v1</w:t>
+                <w:t xml:space="preserve">hal-02122275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Voluntary and electrically-induced muscle fatigue differently affect postural control mechanisms in unipedal stance</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La fatigue mentale affecte le contrôle postural seulement en absence de vision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Z. Zeronian</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Hachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00221-018-5418-9⟩</w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (6), pp.444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.105⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122270v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the Effects of Physical Activity on Plantar Sensation and Postural Control With Barefoot Exercises in Institutionalized Older Adults: A Pilot Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effets de la dominance des membres sur le contrôle postural monopodal selon la motricité et l’état physiologique des sujets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Noëlle Bru</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Aging and Physical Activity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1123/japa.2018-0016⟩</w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (6), pp.444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122275v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fatigue mentale affecte le contrôle postural seulement en absence de vision</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effets de programmes d’entraînement basés sur des contractions ipsilatérales volontaires et stimulées sur la force musculaire et le contrôle postural monopodal du membre controlatéral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Noëlle Bru</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 49 (6), pp.444. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.105⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 49 (6), pp.443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02396291v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de la dominance des membres sur le contrôle postural monopodal selon la motricité et l’état physiologique des sujets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La fatigue musculaire induite par des contractions volontaires et électro-induites affecte différemment les mécanismes de contrôle postural monopodal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Hachard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49 (6), pp.444. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.103⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02396288v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02396290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of wearing ski-boots with different rigidity characteristics on postural control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier García-Massó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Delaygue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2860,3820 +2867,3849 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La fatigue musculaire induite par des contractions volontaires et électro-induites affecte différemment les mécanismes de contrôle postural monopodal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence of plantar cutaneous sensitivity on daily fluctuations of postural control and gait in institutionalized older adults: a hierarchical cluster analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Korchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Monce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cabianca-Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2019.10.104⟩</w:t>
+              <w:t xml:space="preserve">Chronobiology International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 36 (6), pp.870-882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07420528.2019.1594869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02396290v1</w:t>
+                <w:t xml:space="preserve">hal-02166993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ski Boots Do Not Impair Standing Balance by Restricting Ankle-Joint Mobility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier García-Massó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Ledez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Human Factors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 61 (2), pp.214-224. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0018720818801734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Warm-up Optimizes Postural Control but Requires Some Minutes of Recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merbouha Boulahbel Nouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 32 (10), pp.2725-2729. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1519/JSC.0000000000002592⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatigue does not conjointly alter postural and cognitive performance when standing in a shooting position under dual-task conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Luis Bermejo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier García-Massó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sports Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, pp.1-7. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02640414.2017.1313443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet du moment de la journée sur les performances posturales de sujets très âgés institutionnalisés</w:t>
+                <w:t xml:space="preserve">Influence de l’interface sol-pied sur la fonction d’équilibration suite à un programme d’entraînement de 3 mois chez des personnes âgées institutionnalisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Martin-Cabianca</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 47 (5-6), pp.352-353. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 47 (5-6), pp.345-346. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2017.10.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2017.10.043⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02361251v1</w:t>
+                <w:t xml:space="preserve">hal-02361233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l’interface sol-pied sur la fonction d’équilibration suite à un programme d’entraînement de 3 mois chez des personnes âgées institutionnalisées</w:t>
+                <w:t xml:space="preserve">Effet du moment de la journée sur les performances posturales de sujets très âgés institutionnalisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Noëlle Bru</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Monce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Martin-Cabianca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 47 (5-6), pp.345-346. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2017.10.024⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 47 (5-6), pp.352-353. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2017.10.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361233v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inter-joint coordination of posture on a seesaw device</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier García-Massó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 34, pp.72-79. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jelekin.2017.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02097584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical activity limits the effects of age and Alzheimer's disease on postural control [L'activité physique limite les effets de l’âge et de la maladie d'Alzheimer sur le contrôle postural]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Debove</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 47 (4), pp.301--304</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01759870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of training programs based on ipsilateral voluntary and stimulated contractions on muscle strength and monopedal postural control of the contralateral limb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merbouha Boulahbel Nouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 117 (9), pp.1799-1806. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00421-017-3676-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02122320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une période d’échauffement optimise le contrôle postural, mais requiert quelques minutes de récupération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Abdelhafid Kadri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Merbouha Boulahbel Nouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 47 (5-6), pp.351-352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neucli.2017.10.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The impact of time of day on the gait and balance control of Alzheimers patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Debove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chronobiology International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 33 (2), pp.161-168. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3109/07420528.2015.1124885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01581273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les performances posturale et cognitive divergent et varient selon l’état physiologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Garcà-A-Massà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Huertas Olmedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Pablos Abella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, pp.415. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rehabilitation and Improvement of the Postural Function</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">The difficulty of postural tasks amplifies the effects of fatigue on postural stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Luis Bermejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier García-Massó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Gomis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentino Huertas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioMed Research International </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 115 (3), pp.489-495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00421-014-3038-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2015/703679⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02087879v1</w:t>
+                <w:t xml:space="preserve">hal-02122456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication des articulations du genou et de la hanche dans le contrôle postural sur un plateau mobile</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Rehabilitation and Improvement of the Postural Function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimilian Pau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis-Millán González</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.045⟩</w:t>
+              <w:t xml:space="preserve">BioMed Research International </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2015, pp.1-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2015/703679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361263v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02087879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The difficulty of postural tasks amplifies the effects of fatigue on postural stability</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Implication des articulations du genou et de la hanche dans le contrôle postural sur un plateau mobile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Garcà-A-Massà</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Applied Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00421-014-3038-z⟩</w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 45 (4-5), pp.405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02122456v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de la locomotion au cours de la journée chez des patients atteints de la maladie d’Alzheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Couderc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Debove</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 45 (4-5), pp.418. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.neucli.2015.10.084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques and Methods for Testing the Postural Function in Healthy and Pathological Subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BioMed Research International </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 2015, pp.1-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2015/891390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02087903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference Selection Influences the Reliability of Conclusions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">La difficulté de la tâche posturale accentue les effets de la fatigue sur la stabilité posturale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Bermejo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. García-Massó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-G. Bataller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F.-H. Olmedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s40279-014-0235-1⟩</w:t>
+              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (5), pp.510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2014.09.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01712212v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La difficulté de la tâche posturale accentue les effets de la fatigue sur la stabilité posturale</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence de la rigidité des chaussures de ski alpin sur le contrôle de l’équilibre dynamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 44 (5), pp.510. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2014.09.053⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 44 (5), pp.511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2014.09.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361376v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la rigidité des chaussures de ski alpin sur le contrôle de l’équilibre dynamique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effet de chaussures de ski-alpin sur le contrôle de l’équilibre dynamique de skieurs novices et influence du déverrouillage du collier des chaussures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 44 (5), pp.511. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2014.09.056⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 44 (5), pp.512-513. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucli.2014.09.061⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361373v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de chaussures de ski-alpin sur le contrôle de l’équilibre dynamique de skieurs novices et influence du déverrouillage du collier des chaussures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Reference Selection Influences the Reliability of Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Crémieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vuillerme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe P. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérome Gauchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophysiologie Clinique = Clinical Neurophysiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucli.2014.09.061⟩</w:t>
+              <w:t xml:space="preserve">Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44 (10), pp.1473 - 1474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40279-014-0235-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361369v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01712212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How experienced alpine-skiers cope with restrictions of ankle degrees-of-freedom when wearing ski-boots in postural exercises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Amarantini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 19 (2), pp.341-346. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jelekin.2007.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of Two Types of Neuromuscular Electrical Stimulation Training on Vertical Jump Performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Dupui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Hazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Strength and Conditioning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 22 (4), pp.1273-1278. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1519/JSC.0b013e3181739e9c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insertion of the force applied to handles into centre of pressure calculation modifies the amplitude of centre of pressure shifts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Modifications of anticipatory postural adjustments in a rock climbing task: The effect of supporting wall inclination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2005.10.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 16 (4), pp.336-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2005.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02367193v1</w:t>
+                <w:t xml:space="preserve">hal-02367197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modifications of anticipatory postural adjustments in a rock climbing task: The effect of supporting wall inclination</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Insertion of the force applied to handles into centre of pressure calculation modifies the amplitude of centre of pressure shifts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electromyography and Kinesiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jelekin.2005.08.002⟩</w:t>
+              <w:t xml:space="preserve">Gait &amp; Posture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24 (3), pp.382-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gaitpost.2005.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02367197v1</w:t>
+                <w:t xml:space="preserve">hal-02367193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of expertise and visual contribution on postural control in soccer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scandinavian Journal of Medicine and Science in Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 16 (5), pp.345-348. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-0838.2005.00502.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postural Performance and Strategy in the Unipedal Stance of Soccer Players at Different Levels of Competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Athletic Training</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 41 (2), pp.172 - 176</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is postural control affected by expertise in alpine skiing?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Electrical Stimulation Superimposed onto Voluntary Muscular Contraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passelergue Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dupui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bjsm.2005.018127⟩</w:t>
+              <w:t xml:space="preserve">Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 35 (11), pp.951-966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2165/00007256-200535110-00003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02367223v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Stimulation Superimposed onto Voluntary Muscular Contraction</w:t>
+                <w:t xml:space="preserve">Effets neuromusculaires de l'électrostimulation transcutanée surimposée et combinée à l'activité volontaire : une revue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dupui</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sports Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2165/00007256-200535110-00003⟩</w:t>
+              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 48 (3), pp.126-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2004.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02367231v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02440713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets neuromusculaires de l'électrostimulation transcutanée surimposée et combinée à l'activité volontaire : une revue</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Is postural control affected by expertise in alpine skiing?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">O. Edeline</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de Réadaptation et de Médecine Physique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.annrmp.2004.10.001⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Sports Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 39 (11), pp.835-837. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bjsm.2005.018127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02440713v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of anticipatory postural adjustments in a rocking on heels movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 358 (2), pp.115-118. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neulet.2004.01.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical effect of additional supports in a rocking on heels movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 18 (1), pp.78-84. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0966-6362(02)00163-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of steep gradient supporting walls in rock climbing: biomechanical analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gait &amp; Posture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 13 (2), pp.86-94. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0966-6362(00)00098-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6683,91 +6719,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between the level of mental fatigue induced by a prolonged cognitive task and the degree of balance disturbance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betty Hachard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Ceyte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6782,322 +6818,322 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de l'ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des paramètres de serrage des vibrateurs sur le contrôle postural bipodal lors de la stimulation vibratoire du tendon d'Achille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Maitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier García-Massó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís-Millán González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relations entre temps d'appui unipodal et indices d'asymétrie chez la personne âgée : une analyse multivariée avec classification hiérarchique en clusters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Pivron-Braquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Janin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la sensibilité cutanée plantaire sur les variations quotidiennes du contrôle postural et de la marche chez les personnes âgées institutionnalisées : analyse en cluster</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Est-ce que le moment de la journée peut influencer les effets d'un programme d'activités physiques sur le contrôle postural de personnes âgées institutionnalisées ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Noé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Korchi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7106,106 +7142,106 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème congrès international de l’ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361501v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Est-ce que le moment de la journée peut influencer les effets d'un programme d'activités physiques sur le contrôle postural de personnes âgées institutionnalisées ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence de la sensibilité cutanée plantaire sur les variations quotidiennes du contrôle postural et de la marche chez les personnes âgées institutionnalisées : analyse en cluster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Korchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7214,156 +7250,156 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème congrès international de l’ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361485v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of exercise and support conditions on the postural balance of healthy and/or pathological subjects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Semaine de l'international à l'U-Sports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des pressions plantaires au cours d'un exercice de course à pied réalisé pieds-nus ou en chaussures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7378,461 +7414,461 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de la force et de la puissance musculaire: mécanismes physiologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1ère Journée d’étude Internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2014, Annaba, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet du port de chaussures de ski -alpin sur le contrôle postural de skieurs novices et influence du serrage des chaussures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La biomécanique comme outil d’analyse de la technique en escalade : Exemple du contrôle de l’équilibre sur support vertical ou déversant.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international sur l’escalade de compétition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2003, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomechanical analysis of rock climbing on overhanging walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference on Science and Technology in Climbing and Mountaineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2002, Leeds, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implication des membres supérieurs lors d’un mouvement de bascule sur les talons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives - ACAPS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2001, Valence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7842,363 +7878,363 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d’une stimulation plantaire mince sur le temps d’appui unipodal chez les personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Pivron-Braquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Janin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet d'une stimulation électrique somatosensorielle et excitomotrice sur le quadriceps fémoral lors d'une tâche posturale monopodale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effets d’une stimulation plantaire mince sur la coordination posturale chez les personnes âgées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Pivron-Braquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thierry Paillard</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Janin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03548965v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03548937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets d’une stimulation plantaire mince sur la coordination posturale chez les personnes âgées</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Effet d'une stimulation électrique somatosensorielle et excitomotrice sur le quadriceps fémoral lors d'une tâche posturale monopodale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marc Janin</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Zéronian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03548937v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03548965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le port de vêtements de compression n’influence pas le contrôle de l’équilibre de manière homogène chez de jeunes sujets actifs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Baige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noëlle Bru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8213,707 +8249,707 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Est-ce que la pratique sportive de haut niveau influence l’impact du port de manchons de compression sur le contrôle de l’équilibre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Baige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27ème Congrès de la Société Francophone Posture, Équilibre et Locomotion – SOFPEL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of thin plantar stimulation on postural coordination patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Pivron-Braquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Janin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Posture and Gait Research World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jun 2019, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">, Jun 2019, Édimbourg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des chaussures de ski-alpin sur le contrôle postural de skieurs de haut niveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les performances et stratégies posturales diffèrent selon le niveau de compétition chez les footballeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térence Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès de l’Association Posture Equilibre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, Villeneuve-d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratique intensive du ski alpin et altération de la performance posturale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème congrès international de l’Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2005, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dynamic role of anticipatory postural adjustments in a rocking on heels movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIème congrès de la société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2002, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l’influence de la posture initiale sur les ajustements posturaux suite au délestage volontaire d’une prise en escalade.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Quaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des Sciences de la vie et de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 1999, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8923,130 +8959,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rehabilitation and Improvement of the Postural Function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Pau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis-Millán González</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">149 pp, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9056,130 +9092,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rehabilitation and Improvement of the Postural Function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gonzalez Luis-Milan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimiliano Pau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02443262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9189,319 +9225,319 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les interactions posture-mouvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Licence STAPS : APSA, sciences de la vie, sociologie, histoire, psychologie, tout en un. 2ème édition. Sous la direction de J. Slawinski, N. Termoz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, 2020, 9782100809202</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ajustements posturaux anticipés (p 113-118)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Influence des facteurs anthropométriques sur le contrôle postural (p143-150)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Posture et équilibration humaine (Ed. Thierry Paillard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361671v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence des facteurs anthropométriques sur le contrôle postural (p143-150)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Les ajustements posturaux anticipés (p 113-118)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Posture et équilibration humaine (Ed. Thierry Paillard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02361617v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02361671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bases biomécaniques du contrôle postural (p 5-10)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Noé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Posture et équilibration humaine (Ed. Thierry Paillard)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02361661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId224"/>
+      <w:footerReference w:type="default" r:id="rId227"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9648,51 +9684,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913707v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric No&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-025-00814-z" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141927v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maitre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-025-02269-4" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298150v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05994-w" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772423v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Speller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Or&#233;guy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2024.10.045" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636617v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Brighenti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Stella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Schena" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mourot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19084562" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578111v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Baige" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.835784" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548843v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Z&#233;ronian" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2022.136458" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Korchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Bru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-022-00467-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548858v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocn.2021.09.009" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548855v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdelhafid Kadri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Maffulli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym13112199" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548873v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Hachard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Ceyte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-021-06139-z" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366913v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s-Mill&#225;n Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garc&#237;a-Mass&#243;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2021.110624" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960728v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72347-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035369v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2020.11.016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02651431v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Trajin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-020-05758-2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965036v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2020.102686" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002627v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2020.582514" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166993v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Monce" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cabianca-Martin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07420528.2019.1594869" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396287v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.102" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122270v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hachard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Catherine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zeronian" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5418-9" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122275v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/japa.2018-0016" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396291v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.105" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396288v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.103" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122302v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delaygue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Melon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1452973" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396290v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.104" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122282v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ledez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720818801734" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122298v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merbouha Boulahbel Nouar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000002592" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122307v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Bermejo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2017.1313443" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361251v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Cabianca" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2017.10.043" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361233v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2017.10.024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097584v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2017.04.003" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759870v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debove" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Couderc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122320v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3676-z" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361256v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2017.10.040" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581273v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/07420528.2015.1124885" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361203v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garc&#224;-A-Mass&#224;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huertas Olmedo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pablos Abella" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.071" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087879v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimilian Pau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Mill&#225;n Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/703679" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361263v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.045" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122456v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Bermejo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gomis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentino Huertas" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-014-3038-z" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361269v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bru" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.084" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57DL7RLT-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087903v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/891390" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01712212v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuillerme" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Perrin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rome Gauchard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-014-0235-1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361376v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Bermejo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garc&#237;a-Mass&#243;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-G. Bataller" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-H. Olmedo" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.09.053" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361373v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.09.056" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361369v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.09.061" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361452v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2007.09.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367188v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dupui" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Hazard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e3181739e9c" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367193v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2005.10.001" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P94FBRBW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367197v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2005.08.002" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ9RCTL1-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367221v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2005.00502.x" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QT3G19B8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367213v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Rivi&#232;re" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marion" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Montoya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367223v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsm.2005.018127" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367231v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passelergue Philippe" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2165/00007256-200535110-00003" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440713v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Edeline" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2004.10.001" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0VJCQ12R-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367235v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Quaine" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2004.01.009" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KVJXCR9-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367238v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0966-6362(02)00163-7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S7QSLSBJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367239v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0966-6362(00)00098-9" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0RP2BSJK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548904v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548920v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548927v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pivron-Braquet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Janin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361501v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361485v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367406v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367388v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367390v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367392v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367402v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367401v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Martin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367396v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548948v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548965v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548937v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548956v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548958v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361558v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367393v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367422v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Rivi&#232;re" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367394v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367398v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367395v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357367v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Pau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443262v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalez Luis-Milan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076878v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361671v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361617v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361661v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298150v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maitre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric No&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-025-05994-w" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913707v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40798-025-00814-z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05141927v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-025-02269-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772423v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Speller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Or&#233;guy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbmt.2024.10.045" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636617v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Brighenti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Stella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Schena" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mourot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19084562" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548843v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Z&#233;ronian" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2022.136458" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03578111v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Baige" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2022.835784" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647906v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Korchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Bru" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13102-022-00467-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548855v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Abdelhafid Kadri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Maffulli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/sym13112199" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366913v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s-Mill&#225;n Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garc&#237;a-Mass&#243;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2021.110624" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548873v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Hachard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Ceyte" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-021-06139-z" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548858v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jocn.2021.09.009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960728v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72347-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035369v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2020.11.016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965036v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.humov.2020.102686" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02651431v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Trajin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-020-05758-2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03002627v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2020.582514" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122270v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hachard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Catherine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zeronian" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5418-9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122275v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/japa.2018-0016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396291v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.105" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-209DW2J7-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396288v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.103" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396287v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.102" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02396290v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2019.10.104" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R8C47CX6-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122302v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delaygue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Melon" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14763141.2018.1452973" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166993v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Monce" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cabianca-Martin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07420528.2019.1594869" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122282v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ledez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0018720818801734" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122298v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merbouha Boulahbel Nouar" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000002592" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122307v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Bermejo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2017.1313443" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361233v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2017.10.024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-30T8BXDN-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361251v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin-Cabianca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2017.10.043" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097584v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2017.04.003" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01759870v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debove" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Couderc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122320v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-017-3676-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361256v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2017.10.040" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581273v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/07420528.2015.1124885" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361203v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garc&#224;-A-Mass&#224;" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huertas Olmedo" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pablos Abella" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.071" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122456v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Bermejo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Gomis" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentino Huertas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00421-014-3038-z" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087879v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimilian Pau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Mill&#225;n Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/703679" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361263v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.045" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361269v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bru" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2015.10.084" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-57DL7RLT-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087903v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/891390" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361376v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Bermejo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Garc&#237;a-Mass&#243;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-G. Bataller" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.-H. Olmedo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.09.053" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361373v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.09.056" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361369v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucli.2014.09.061" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01712212v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Cr&#233;mieux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vuillerme" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Perrin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rome Gauchard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40279-014-0235-1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361452v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amarantini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2007.09.003" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367188v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dupui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Hazard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0b013e3181739e9c" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367197v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelekin.2005.08.002" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQ9RCTL1-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367193v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Quaine" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2005.10.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P94FBRBW-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367221v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0838.2005.00502.x" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QT3G19B8-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367213v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Rivi&#232;re" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Marion" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Montoya" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367231v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passelergue Philippe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2165/00007256-200535110-00003" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440713v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Edeline" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annrmp.2004.10.001" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0VJCQ12R-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367223v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjsm.2005.018127" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367235v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Quaine" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2004.01.009" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8KVJXCR9-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367238v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0966-6362(02)00163-7" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S7QSLSBJ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367239v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0966-6362(00)00098-9" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0RP2BSJK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548904v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548920v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548927v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pivron-Braquet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Janin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361485v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361501v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367406v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367388v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367390v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367392v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367402v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367401v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Martin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367396v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548948v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548937v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548965v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548956v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548958v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361558v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367393v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367422v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Rivi&#232;re" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367394v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367398v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367395v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357367v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Pau" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443262v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalez Luis-Milan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076878v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361617v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02361671v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361661v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>