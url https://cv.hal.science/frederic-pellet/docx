--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -430,394 +430,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical evidence of site effects contributing to triggering the Las Colinas landslide during the 2001 Mw = 7.7 El Salvador earthquake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical modeling of thermally-induced fractures in a large rock salt mass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic L Pellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zezhong Zhang</w:t>
+                <w:t xml:space="preserve">D.T. Ngo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Alain Fleurisson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frederic L Pellet</w:t>
+                <w:t xml:space="preserve">F.L. Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Landslides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Rock Mechanics and Geotechnical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10 (5), pp.844 - 855. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10346-018-1040-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jrmge.2018.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01890312v1</w:t>
+                <w:t xml:space="preserve">hal-01890283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of slope topography on acceleration amplification and interaction between slope topography and seismic input motion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zezhong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Alain Fleurisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soil Dynamics and Earthquake Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 113, pp.420 - 431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.soildyn.2018.06.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01890296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of thermally-induced fractures in a large rock salt mass</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical evidence of site effects contributing to triggering the Las Colinas landslide during the 2001 Mw = 7.7 El Salvador earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zezhong Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Alain Fleurisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F.L. Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rock Mechanics and Geotechnical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 10 (5), pp.844 - 855. </w:t>
+              <w:t xml:space="preserve">Landslides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jrmge.2018.04.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10346-018-1040-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01890283v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01890312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A case study of site effects on seismic ground motions at Xishan Park ridge in Zigong, Sichuan, China</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zezhong Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Alain Fleurisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -870,183 +870,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01890289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rock mechanics is meeting the challenge of geo-energies</w:t>
+                <w:t xml:space="preserve">Editorial: Underground urban development and geoenvironmental issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Procedia Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 191, pp.1104 - 1107. </w:t>
+              <w:t xml:space="preserve">Environmental Geotechnics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 4 (1), pp.1 - 2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.proeng.2017.05.284⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1680/jenge.2017.4.1.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01545763v1</w:t>
+                <w:t xml:space="preserve">hal-01890304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Underground urban development and geoenvironmental issues</w:t>
+                <w:t xml:space="preserve">Rock mechanics is meeting the challenge of geo-energies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Geotechnics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 4 (1), pp.1 - 2. </w:t>
+              <w:t xml:space="preserve">Procedia Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 191, pp.1104 - 1107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1680/jenge.2017.4.1.1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2017.05.284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01890304v1</w:t>
+                <w:t xml:space="preserve">hal-01545763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a Tool Condition Monitoring System for Impregnated Diamond Bits in Rock Drilling Applications</w:t>
               </w:r>
@@ -1130,225 +1130,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01438489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the degradation of old subway galleries using a continuum approach</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the characterization of the ground-TBM contact</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tunnelling and Underground Space Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Tunnels et espace souterrain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 257, pp.314-318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438486v1</w:t>
+                <w:t xml:space="preserve">hal-01551457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the characterization of the ground-TBM contact</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the degradation of old subway galleries using a continuum approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taous Kamel Daca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Limam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Silvani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tunnels et espace souterrain</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tunnelling and Underground Space Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (77-93), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tust.2016.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01551457v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01438486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micro-structural analysis of time-dependent cracking in shale</w:t>
               </w:r>
@@ -1969,212 +1969,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01267636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contact between a tunnel lining and a damage-susceptible viscoplastic medium</w:t>
+                <w:t xml:space="preserve">On the 3D numerical modelling of the time-dependent development of the Damage Zone around underground galleries during and after excavation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Pellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohsen Roosefid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Modeling in Engineering and Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tunnelling and Underground Space Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tust.2009.07.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01267644v1</w:t>
+                <w:t xml:space="preserve">hal-01267648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the 3D numerical modelling of the time-dependent development of the Damage Zone around underground galleries during and after excavation</w:t>
+                <w:t xml:space="preserve">Contact between a tunnel lining and a damage-susceptible viscoplastic medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Pellet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tunnelling and Underground Space Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer Modeling in Engineering and Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01267648v1</w:t>
+                <w:t xml:space="preserve">hal-01267644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damage evaluation with P-wave velocity measurements during uniaxial compression tests on argillaceous rocks</w:t>
               </w:r>
@@ -2380,51 +2380,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attila Hajdu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical and Analytical Methods in Geomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3673,191 +3673,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02103088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of dynamic crack propagation under quasi-static loading</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Numerical modeling of rock fracturing in geothermal systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Bruel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference of the International Association of Computer Methods and Advances in Geomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Wuhan, China</w:t>
+              <w:t xml:space="preserve">6th International Conference on Coupled THMC Processes in Geosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01630160v1</w:t>
+                <w:t xml:space="preserve">hal-01559086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of rock fracturing in geothermal systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling of dynamic crack propagation under quasi-static loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dac T Ngo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bruel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Coupled THMC Processes in Geosystems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">15th International Conference of the International Association of Computer Methods and Advances in Geomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Wuhan, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01559086v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01630160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the Effectiveness of Risk Reduction Measures for EQ Associated Geo-Hazards</w:t>
               </w:r>
@@ -4266,51 +4266,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D Numerical modelling of the Excavation Damaged Zone around underground openings designed for Radioactive Wastes Repositories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohsen Roosefid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Deleruyelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4554,173 +4554,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01723500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 24: Rock creep mechanics</w:t>
+                <w:t xml:space="preserve">Rock damage mechanics, Chapter 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CRC Press / Balkema – Taylor &amp; Francis Group, Leiden, </w:t>
+              <w:t xml:space="preserve">CRC Press / Balkema – Taylor &amp; Francis Group, Leiden. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rock Mechanics and Engineering: Vol. 1 Principles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vol 1, pp.745-770, 2016</w:t>
+              <w:t xml:space="preserve">Rock Mechanics and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vol. 1: Principles, pp.65-107, 2016, ISRM Book series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438459v1</w:t>
+                <w:t xml:space="preserve">hal-01438465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rock damage mechanics, Chapter 3</w:t>
+                <w:t xml:space="preserve">Chapter 24: Rock creep mechanics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic L Pellet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CRC Press / Balkema – Taylor &amp; Francis Group, Leiden. </w:t>
+              <w:t xml:space="preserve">CRC Press / Balkema – Taylor &amp; Francis Group, Leiden, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rock Mechanics and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vol. 1: Principles, pp.65-107, 2016, ISRM Book series</w:t>
+              <w:t xml:space="preserve">Rock Mechanics and Engineering: Vol. 1 Principles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vol 1, pp.745-770, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01438465v1</w:t>
+                <w:t xml:space="preserve">hal-01438459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5106,51 +5106,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dac Thuong Ngo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic L Pellet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2019.106802" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078917v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bruel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40948-019-00108-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367625v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Almakari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dublanchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chauris" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB017898" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890312v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zezhong Zhang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alain Fleurisson" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-018-1040-y" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890296v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2018.06.019" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7907SDFR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890283v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Ngo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Pellet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrmge.2018.04.008" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890289v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2018.07.004" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9P1HTL30-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545763v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.05.284" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890304v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jenge.2017.4.1.1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438489v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Perez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Karakus" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-016-1150-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438486v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Kamel Daca" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Limam" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Silvani" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2016.03.004" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WQ76TKVF-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01551457v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270091v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pellet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267597v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Keshavarz Bakhshaiesh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boulon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2013.02.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2QJLSH5H-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267605v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Amini Hosseini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2011.09.006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DV6D6ZD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267610v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-010-0130-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G1ZRVG29-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267636v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vallier, F." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mitani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Esaki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-009-0074-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-X8V8S460-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267644v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267648v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Roosefid" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Deleruyelle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2009.07.002" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8TPFGBRD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267651v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fabre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(asce)1532-3641(2007)7:6(431)" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267657v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2006.02.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QNF02MFD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267668v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attila Hajdu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267665v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K Jafari" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267674v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267677v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buzzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0267-7261(03)00063-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5MPX1S58-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267685v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269552v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gatelier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1365-1609(02)00029-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Q0DZ6W2-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267681v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boidy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouvard Anne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0886-7798(02)00066-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QX2RG64-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01025347v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Langre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1620-7742(01)01308-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50RVH5BB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egger Peter" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269565v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Descoeudres Fran&#231;ois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04096222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlin Jiang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois X Passel&#232;gue" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890409v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103088v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Maiolino" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630160v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dac T Ngo" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559086v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259169v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01231751v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maiolino" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01231747v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267230v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267237v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368925v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deleruyelle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890424v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723500v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438459v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438465v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01377245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Hadj Hassen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thenevin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emad Jahangir" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01269649v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488428v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dac Thuong Ngo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic L Pellet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engfracmech.2019.106802" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078917v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bruel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40948-019-00108-1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367625v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Almakari" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dublanchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chauris" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JB017898" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890283v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.T. Ngo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Pellet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jrmge.2018.04.008" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890296v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zezhong Zhang" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alain Fleurisson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soildyn.2018.06.019" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7907SDFR-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890312v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10346-018-1040-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890289v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2018.07.004" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9P1HTL30-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890304v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1680/jenge.2017.4.1.1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545763v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2017.05.284" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438489v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Perez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat Karakus" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-016-1150-6" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01551457v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438486v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Kamel Daca" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Limam" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Silvani" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2016.03.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WQ76TKVF-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01270091v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Pellet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267597v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Keshavarz Bakhshaiesh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Boulon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enggeo.2013.02.002" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2QJLSH5H-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267605v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Amini Hosseini" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2011.09.006" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8DV6D6ZD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267610v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Loret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00024-010-0130-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G1ZRVG29-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267636v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vallier, F." TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Mitani" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Esaki" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00603-009-0074-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-X8V8S460-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267648v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohsen Roosefid" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Deleruyelle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tust.2009.07.002" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8TPFGBRD-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267644v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267651v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fabre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(asce)1532-3641(2007)7:6(431)" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267657v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrmms.2006.02.004" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QNF02MFD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267668v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attila Hajdu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267665v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K Jafari" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267674v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267677v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Buzzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0267-7261(03)00063-0" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5MPX1S58-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267685v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269552v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gatelier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1365-1609(02)00029-1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5Q0DZ6W2-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267681v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boidy" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouvard Anne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0886-7798(02)00066-4" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7QX2RG64-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01025347v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel de Langre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Doar&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1620-7742(01)01308-3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50RVH5BB-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269557v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egger Peter" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269565v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Descoeudres Fran&#231;ois" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04096222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinlin Jiang" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois X Passel&#232;gue" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890409v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103088v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Maiolino" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01559086v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630160v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dac T Ngo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01259169v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01231751v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Maiolino" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01231747v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267230v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267237v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368925v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deleruyelle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01890424v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01723500v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438465v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01438459v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01377245v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Hadj Hassen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Thenevin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emad Jahangir" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01269649v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>